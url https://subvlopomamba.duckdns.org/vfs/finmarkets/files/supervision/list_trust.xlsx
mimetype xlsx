--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -48,51 +48,51 @@
   <si>
     <t>по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
     <t>Наименование организации</t>
   </si>
   <si>
     <t>Адрес юридического лица</t>
   </si>
   <si>
     <t>Телефоны</t>
   </si>
   <si>
     <t>№ лицензии</t>
   </si>
   <si>
     <t>Срок действия</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t xml:space="preserve">Отчет по видам деятельности: Лицензия на осуществление деятельности по управлению ценными бумагами </t>
   </si>
   <si>
-    <t>по состоянию на 11.01.2026</t>
+    <t>по состоянию на 13.01.2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>"Азиатско-Тихоокеанский Банк" (Акционерное общество)</t>
   </si>
   <si>
     <t>2801023444</t>
   </si>
   <si>
     <t>1022800000079</t>
   </si>
   <si>
     <t>675004, Амурская область, г. Благовещенск, ул. Амурская, д. 225</t>
   </si>
   <si>
     <t>(4162) 222-35-9</t>
   </si>
   <si>
     <t>010-11701-001000</t>
   </si>
   <si>
     <t>28.10.2008</t>
   </si>
@@ -3006,51 +3006,51 @@
   <si>
     <t>125284, город Москва, вн. тер. г. муниципальный округ Хорошевский, ш. Хорошёвское, д. 32А, помещ. 2/5</t>
   </si>
   <si>
     <t>+7 (499) 719-80-01</t>
   </si>
   <si>
     <t>045-14230-001000</t>
   </si>
   <si>
     <t>14.08.2024</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «АЛОР +»</t>
   </si>
   <si>
     <t>7709221010</t>
   </si>
   <si>
     <t>1027700075941</t>
   </si>
   <si>
-    <t>115162, город Москва, вн. тер. г. муниципальный округ Донской, ул. Шаболовка, д. 31Г, этаж/пом. антресоль 2 эт. /4</t>
+    <t>115162, город Москва, ВН. ТЕР. Г. МУНИЦИПАЛЬНЫЙ ОКРУГ ДОНСКОЙ, УЛ ШАБОЛОВКА, Д. 31Г</t>
   </si>
   <si>
     <t>+7 (495) 980-24-98</t>
   </si>
   <si>
     <t>045-14083-001000</t>
   </si>
   <si>
     <t>17.01.2020</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Альпари-Брокер»</t>
   </si>
   <si>
     <t>1655164523</t>
   </si>
   <si>
     <t>1081690059330</t>
   </si>
   <si>
     <t>125424, город Москва, ШОССЕ ВОЛОКОЛАМСКОЕ ДОМ 73 ЭТ 4 ПОМ I КОМ 32-34, ОФ 413</t>
   </si>