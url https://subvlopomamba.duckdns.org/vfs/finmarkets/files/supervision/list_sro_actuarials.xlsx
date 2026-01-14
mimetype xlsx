--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -53,51 +53,51 @@
   <si>
     <t>Сокращенное наименование саморегулируемой организации</t>
   </si>
   <si>
     <t>ОГРН</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Почтовый адрес (место нахождения) исполнительного органа</t>
   </si>
   <si>
     <t>Адрес официального сайта в информационно-телекоммуникационной сети "Интернет"</t>
   </si>
   <si>
     <t>Количество членов саморегулируемой организации актуариев</t>
   </si>
   <si>
     <t>Исключение сведений из реестра</t>
   </si>
   <si>
     <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на 11.01.2026</t>
+    <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на 12.01.2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>26.12.2014</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Саморегулируемая организация актуариев "Ассоциация профессиональных актуариев"</t>
   </si>
   <si>
     <t>АПА</t>
   </si>
   <si>
     <t>1137799022085</t>
   </si>
   <si>
     <t>7703480716</t>
   </si>
   <si>
     <t>119071, город Москва, вн. тер. г. Муниципальный округ Донской, пр-кт Ленинский, д. 19, стр. 1, этаж 2, пом/ком II/13</t>
   </si>