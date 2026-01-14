--- v1 (2026-01-14)
+++ v2 (2026-01-14)
@@ -53,102 +53,102 @@
   <si>
     <t>Сокращенное наименование саморегулируемой организации</t>
   </si>
   <si>
     <t>ОГРН</t>
   </si>
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>Почтовый адрес (место нахождения) исполнительного органа</t>
   </si>
   <si>
     <t>Адрес официального сайта в информационно-телекоммуникационной сети "Интернет"</t>
   </si>
   <si>
     <t>Количество членов саморегулируемой организации актуариев</t>
   </si>
   <si>
     <t>Исключение сведений из реестра</t>
   </si>
   <si>
     <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на 12.01.2026</t>
+    <t>Государственный реестр саморегулируемых организаций актуариев по состоянию на 13.01.2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>26.12.2014</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Саморегулируемая организация актуариев "Ассоциация профессиональных актуариев"</t>
   </si>
   <si>
     <t>АПА</t>
   </si>
   <si>
     <t>1137799022085</t>
   </si>
   <si>
     <t>7703480716</t>
   </si>
   <si>
     <t>119071, город Москва, вн. тер. г. Муниципальный округ Донской, пр-кт Ленинский, д. 19, стр. 1, этаж 2, пом/ком II/13</t>
   </si>
   <si>
     <t>actuaries.org.ru</t>
   </si>
   <si>
-    <t>135</t>
+    <t>139</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ассоциация гильдия актуариев</t>
   </si>
   <si>
     <t>1027703013579</t>
   </si>
   <si>
     <t>7703358064</t>
   </si>
   <si>
     <t>123001, город Москва, Вспольный пер., д. 3, оф. 1, комната 9</t>
   </si>
   <si>
     <t>www.guildofactuaries.ru</t>
   </si>
   <si>
-    <t>211</t>
+    <t>217</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="0"/>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>