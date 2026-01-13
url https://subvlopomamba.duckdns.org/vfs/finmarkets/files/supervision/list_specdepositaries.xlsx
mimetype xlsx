--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -67,51 +67,51 @@
   <si>
     <t>Страница в сети Internet</t>
   </si>
   <si>
     <t xml:space="preserve">Реестр лицензий на осуществление деятельности специализированных депозитариев инвестиционных фондов, паевых инвестиционных фондов и негосударственных пенсионных фондов </t>
   </si>
   <si>
     <t>Сокращенное наименование</t>
   </si>
   <si>
     <t>по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
     <t xml:space="preserve">Реестр аннулированных лицензий на осуществление деятельности специализированных депозитариев инвестиционных фондов, паевых инвестиционных фондов и негосударственных пенсионных фондов </t>
   </si>
   <si>
     <t>Полное наименование</t>
   </si>
   <si>
     <t>Вид лицензируемой деятельности на финансовом рынке</t>
   </si>
   <si>
     <t>Дата прекращения действия лицензии</t>
   </si>
   <si>
-    <t>по состоянию на 11.01.2026</t>
+    <t>по состоянию на 12.01.2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Закрытое акционерное общество "Первый Специализированный Депозитарий"</t>
   </si>
   <si>
     <t>ЗАО "ПРСД"</t>
   </si>
   <si>
     <t>Осуществление деятельности специализированного депозитария инвестиционных фондов, паевых инвестиционных фондов и негосударственных пенсионных фондов</t>
   </si>
   <si>
     <t>7710198911</t>
   </si>
   <si>
     <t>1027700373678</t>
   </si>
   <si>
     <t>22-000-1-00001</t>
   </si>
   <si>
     <t>08.08.1996</t>
   </si>