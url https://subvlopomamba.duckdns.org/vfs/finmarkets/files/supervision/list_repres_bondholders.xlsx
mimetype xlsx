--- v0 (2026-01-11)
+++ v1 (2026-01-15)
@@ -31,51 +31,51 @@
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="252">
   <si>
     <t>Полное фирменное наименование (для некоммерческой организации - наименование)</t>
   </si>
   <si>
     <t>Дата включения лица в список</t>
   </si>
   <si>
     <t xml:space="preserve">Номер лицензии на осуществление профессиональной деятельности на рынке ценных бумаг, лицензии управляющей компании на осуществление деятельности по управлению инвестиционными фондами, паевыми инвестиционными фондами и негосударственными пенсионными фондами и (или) лицензии на осуществление банковских операций и дата ее выдачи (при наличии)
 </t>
   </si>
   <si>
     <t>Адрес в пределах места нахождения, указанный в едином государственном реестре юридических лиц</t>
   </si>
   <si>
     <t xml:space="preserve">Основной государственный регистрационный номер (ОГРН), за которым в единый государственный реестр юридических лиц внесена запись о создании лица, включенного в список, и дата внесения указанной записи </t>
   </si>
   <si>
     <t>Список лиц, осуществляющих деятельность представителей владельцев облигаций, по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Список лиц, осуществляющих деятельность представителей владельцев облигаций, по состоянию на 10.01.2026</t>
+    <t>Список лиц, осуществляющих деятельность представителей владельцев облигаций, по состоянию на 14.01.2026</t>
   </si>
   <si>
     <t>26.12.2014</t>
   </si>
   <si>
     <t>Акционерное общество "Центральная трастовая компания"</t>
   </si>
   <si>
     <t>115088, город Москва, вн.тер.г. муниципальный округ Южнопортовый, ул. Шарикоподшипниковская, д.15, стр.1</t>
   </si>
   <si>
     <t>1077760573923 от 25.09.2007</t>
   </si>
   <si>
     <t>1) Лицензия на осуществление деятельности по управлению инвестиционными фондами, паевыми инвестиционными фондами и негосударственными пенсионными фондами № 21-000-1-00575 от 17.07.2008</t>
   </si>
   <si>
     <t>15.01.2015</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "ЛП Трасти Сервисез"</t>
   </si>
   <si>
     <t>127006, город Москва, вн.тер.г. Муниципальный округ Тверской, ул. Долгоруковская, д. 7</t>
   </si>
@@ -331,51 +331,51 @@
   <si>
     <t>127566, город Москва, вн.тер.г. Муниципальный округ Алтуфьевский, ш. Алтуфьевское, д. 48, к. 2, этаж 5, помещ. 17, ком. 2</t>
   </si>
   <si>
     <t>1127747136340 от 12.11.2012</t>
   </si>
   <si>
     <t>04.10.2018</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Гражданские консультации"</t>
   </si>
   <si>
     <t>город Москва, улица Крупской, дом 4, корпус 2, этаж подв. пом. III, оф. 3Е</t>
   </si>
   <si>
     <t>1157746195991 от 16.03.2015</t>
   </si>
   <si>
     <t>15.02.2019</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "АЛОР +"</t>
   </si>
   <si>
-    <t>115162, город Москва, вн.тер.г. Муниципальный округ Донской, ул. Шаболовка, д.31Г, этаж/пом.антресоль 2 эт./4</t>
+    <t>115162, город Москва, вн.тер.г. Муниципальный округ Донской, ул. Шаболовка, д.31Г</t>
   </si>
   <si>
     <t>1027700075941 от 30.07.2002</t>
   </si>
   <si>
     <t>1) Лицензия на осуществление брокерской деятельности № 077-04827-100000 от 13.03.2001; 2) Лицензия на осуществление депозитарной деятельности № 077-10965-000100 от 22.01.2008; 3) Лицензия на осуществление дилерской деятельности № 077-13011-010000 от 01.04.2010; 4) Лицензия на управление ценными бумагами № 045-14083-001000 от 17.01.2020</t>
   </si>
   <si>
     <t>06.05.2019</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью Консалтинговая группа "Профиль"</t>
   </si>
   <si>
     <t>454112, Челябинск, Челябинская область, проспект Победы, 290, офис 312</t>
   </si>
   <si>
     <t>1067448020595 от 11.04.2006</t>
   </si>
   <si>
     <t>28.05.2019</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Юнилайн Капитал Менеджмент"</t>
   </si>