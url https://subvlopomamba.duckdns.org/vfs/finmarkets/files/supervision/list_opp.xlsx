--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -17,101 +17,101 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Work\From D\Новые реестры FO\list_opp\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12135"/>
   </bookViews>
   <sheets>
     <sheet name="Действующие" sheetId="1" r:id="rId1"/>
     <sheet name="Исключенные" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6813" uniqueCount="5526">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6815" uniqueCount="5527">
   <si>
     <t xml:space="preserve">                                                                                      </t>
   </si>
   <si>
     <t>Идентификационный номер налогоплательщика (ИНН)</t>
   </si>
   <si>
     <t>(действующие операторы по приему платежей)</t>
   </si>
   <si>
     <t>Номер телефона</t>
   </si>
   <si>
     <t>Дата исключения сведений об операторе по приему платежей из реестра</t>
   </si>
   <si>
     <t>Основной государственный регистрационный номер (ОГРН)</t>
   </si>
   <si>
     <t xml:space="preserve"> Дата внесения сведений об операторе по приему платежей в реестр</t>
   </si>
   <si>
     <t>(недействующие операторы по приему платежей)</t>
   </si>
   <si>
     <t>(информация актуальна на дату исключения сведений об операторе по приему платежей из реестра операторов по приему платежей)</t>
   </si>
   <si>
     <t>Адрес в пределах места нахождения, указанный в едином государственном реестре юридических лиц</t>
   </si>
   <si>
     <t>Полное / полное фирменное наименование на русском языке</t>
   </si>
   <si>
     <t>Адрес электронной почты
 (при наличии)</t>
   </si>
   <si>
     <t>Адрес официального сайта(ов) в информационно-телекоммуникационной сети «Интернет»
 (при наличии)</t>
   </si>
   <si>
     <t>Сокращенное / сокращенное фирменное наименование на русском языке
 (при наличии)</t>
   </si>
   <si>
     <t>Реестр операторов по приему платежей по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Реестр операторов по приему платежей по состоянию на 11.01.2026</t>
+    <t>Реестр операторов по приему платежей по состоянию на 12.01.2026</t>
   </si>
   <si>
     <t>27.02.2024</t>
   </si>
   <si>
     <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЦИФРОВЫЕ ИННОВАЦИИ»</t>
   </si>
   <si>
     <t>ООО «ЦИФРОВЫЕ ИННОВАЦИИ»</t>
   </si>
   <si>
     <t>1239200001116</t>
   </si>
   <si>
     <t>9200015508</t>
   </si>
   <si>
     <t>299029, город Севастополь, вн. тер. г. Ленинский муниципальный округ, ул. Токарева, д. 11, офис 1</t>
   </si>
   <si>
     <t>e-sev.ru</t>
   </si>
   <si>
     <t>8(978)280 32 31</t>
   </si>
@@ -2953,13695 +2953,13698 @@
   <si>
     <t>Общество с ограниченной ответственностью «Служба благоустройства»</t>
   </si>
   <si>
     <t>ООО «Служба благоустройства»</t>
   </si>
   <si>
     <t>1246200001970</t>
   </si>
   <si>
     <t>6200003289</t>
   </si>
   <si>
     <t>391430, Рязанская область, м. о. Сасовский, г. Сасово, ул. Ленина, д. 42</t>
   </si>
   <si>
     <t>8(4913)35 07 04</t>
   </si>
   <si>
     <t>tvk-s@mail.ru</t>
   </si>
   <si>
     <t>02.09.2024</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью «Многофункциональный расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «МРЦ»</t>
+  </si>
+  <si>
+    <t>1050900918991</t>
+  </si>
+  <si>
+    <t>0917000354</t>
+  </si>
+  <si>
+    <t>369000, Карачаево-Черкесская Республика, г. Черкесск, ул. Международная, д. 109, офис 9</t>
+  </si>
+  <si>
+    <t>8(918)716 43 90</t>
+  </si>
+  <si>
+    <t>р.х.lаzаrenkо@mail.ru</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью «Платежные решения»</t>
   </si>
   <si>
     <t>ООО «Платежные решения»</t>
   </si>
   <si>
     <t>1155476100702</t>
   </si>
   <si>
     <t>5408005565</t>
   </si>
   <si>
     <t>630090, Новосибирская область, г. Новосибирск, пр-кт Академика Лаврентьева, д. 6/1, офис 42</t>
   </si>
   <si>
     <t>https://kengu24.ru</t>
   </si>
   <si>
     <t>8(383)373 05 71</t>
   </si>
   <si>
     <t>tstarostina@kengu24.ru</t>
   </si>
   <si>
+    <t>Акционерное общество «Энергосбытовая компания «Восток»</t>
+  </si>
+  <si>
+    <t>АО «ЭК «Восток»</t>
+  </si>
+  <si>
+    <t>1037739123696</t>
+  </si>
+  <si>
+    <t>7705424509</t>
+  </si>
+  <si>
+    <t>107045, город Москва, пер. Просвирин, д. 4</t>
+  </si>
+  <si>
+    <t>www.vostok-electra.ru</t>
+  </si>
+  <si>
+    <t>8(495)775 24 97</t>
+  </si>
+  <si>
+    <t>info@vostok-electra.ru</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью «Скопинский расчетно-кассовый центр»</t>
   </si>
   <si>
     <t>ООО «Скопинский РКЦ»</t>
   </si>
   <si>
     <t>1246200007668</t>
   </si>
   <si>
     <t>6200008819</t>
   </si>
   <si>
     <t>391800, Рязанская область, г. о. город Скопин, г. Скопин, ул. Комсомольская, зд. 7</t>
   </si>
   <si>
     <t>https://skopin-rkc.ru</t>
   </si>
   <si>
     <t>8(49156)5 06 48</t>
   </si>
   <si>
     <t>skop_rkc@mail.ru</t>
   </si>
   <si>
-    <t>Акционерное общество «Энергосбытовая компания «Восток»</t>
-[...22 lines deleted...]
-  <si>
     <t>Общество с ограниченной ответственностью «Компания «Аргиллит»</t>
   </si>
   <si>
     <t>ООО «Компания «Аргиллит»</t>
   </si>
   <si>
     <t>1174205000210</t>
   </si>
   <si>
     <t>4223115122</t>
   </si>
   <si>
     <t>652723, Кемеровская область - Кузбасс, г. Киселевск, ул. 50 лет города, д. 40, офис 9</t>
   </si>
   <si>
     <t>8(38464)5 72 18</t>
   </si>
   <si>
     <t>company-argillit@yandex.ru</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью «Многофункциональный расчетный центр»</t>
-[...19 lines deleted...]
-  <si>
     <t>03.09.2024</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «ВТС»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «ВТС»</t>
+  </si>
+  <si>
+    <t>1146174000829</t>
+  </si>
+  <si>
+    <t>6143083302</t>
+  </si>
+  <si>
+    <t>347360, Ростовская область, г. о. город Волгодонск, г. Волгодонск, ул. М. Горького, д. 91, помещ. 2, ком. 7</t>
+  </si>
+  <si>
+    <t>https://южныйокруг.рф/</t>
+  </si>
+  <si>
+    <t>8(863)923 88 88</t>
+  </si>
+  <si>
+    <t>rc_vts@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-информационный центр Нягань»</t>
+  </si>
+  <si>
+    <t>ООО «РИЦ Нягань»</t>
+  </si>
+  <si>
+    <t>1198617011075</t>
+  </si>
+  <si>
+    <t>8610029090</t>
+  </si>
+  <si>
+    <t>628181, Ханты-Мансийский автономный округ - Югра, г. о. Нягань, г. Нягань, мкр. 2, д. 35, помещ. 27-31</t>
+  </si>
+  <si>
+    <t>8(34672)5 74 40</t>
+  </si>
+  <si>
+    <t>ric_nyagan@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетный кассовый центр»</t>
+  </si>
+  <si>
+    <t>1203300001805</t>
+  </si>
+  <si>
+    <t>3327144983</t>
+  </si>
+  <si>
+    <t>600015, Владимирская область, г. о. город Владимир, г. Владимир, ул. Разина, д. 21, этаж 1, помещ. 60</t>
+  </si>
+  <si>
+    <t>www.erkc33.ru</t>
+  </si>
+  <si>
+    <t>8(4922)77 88 21</t>
+  </si>
+  <si>
+    <t>info@erkc33.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество Расчетный информационный центр «РИЦ»</t>
+  </si>
+  <si>
+    <t>АО «РИЦ»</t>
+  </si>
+  <si>
+    <t>1254400002306</t>
+  </si>
+  <si>
+    <t>4400024998</t>
+  </si>
+  <si>
+    <t>156009, Костромская область, г. о. город Кострома, г. Кострома, ул. Волжская 2-я, д. 19</t>
+  </si>
+  <si>
+    <t>Ric-koc.ru</t>
+  </si>
+  <si>
+    <t>8(4942)62 80 24</t>
+  </si>
+  <si>
+    <t>Ric2020@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Нижнетагильская Энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>АО «НТЭСК»</t>
+  </si>
+  <si>
+    <t>1165658068366</t>
+  </si>
+  <si>
+    <t>5612164639</t>
+  </si>
+  <si>
+    <t>622001, Свердловская область, г. о. город Нижний Тагил, г. Нижний Тагил, ул. Красноармейская, д. 60</t>
+  </si>
+  <si>
+    <t>https://ntesk.ru/</t>
+  </si>
+  <si>
+    <t>8(3435)23 01 02</t>
+  </si>
+  <si>
+    <t>info@ntesk.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Городской информационно-вычислительный центр»</t>
+  </si>
+  <si>
+    <t>АО «ГорИВЦ»</t>
+  </si>
+  <si>
+    <t>1252300009477</t>
+  </si>
+  <si>
+    <t>2366052685</t>
+  </si>
+  <si>
+    <t>354065, Краснодарский край, г. Сочи, ул. Чайковского, д. 2</t>
+  </si>
+  <si>
+    <t>https://www.sochi-ivc.ru</t>
+  </si>
+  <si>
+    <t>8(862)254 08 01</t>
+  </si>
+  <si>
+    <t>IVC-URIST@SOCHI-IVC.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «УКА»</t>
+  </si>
+  <si>
+    <t>ООО «УКА»</t>
+  </si>
+  <si>
+    <t>1154246000435</t>
+  </si>
+  <si>
+    <t>4246020050</t>
+  </si>
+  <si>
+    <t>652474, Кемеровская область - Кузбасс, г. Анжеро-Судженск, ул. Камышинская, д. 15</t>
+  </si>
+  <si>
+    <t>8(38453)6 80 07</t>
+  </si>
+  <si>
+    <t>ooo-auk@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-информационный центр Владимирской области»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРИЦ Владимирской области»</t>
+  </si>
+  <si>
+    <t>1143328002400</t>
+  </si>
+  <si>
+    <t>3328496339</t>
+  </si>
+  <si>
+    <t>600000, Владимирская область, г. о. город Владимир, г. Владимир, ул. Княгининская, д. 7</t>
+  </si>
+  <si>
+    <t>eric33.ru</t>
+  </si>
+  <si>
+    <t>8(4922)45 17 99</t>
+  </si>
+  <si>
+    <t>info@eric33.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЕРЦ - Финансовая логистика»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРЦ - Финансовая логистика»</t>
+  </si>
+  <si>
+    <t>1116658001074</t>
+  </si>
+  <si>
+    <t>6658376074</t>
+  </si>
+  <si>
+    <t>620073, Свердловская область, г. о. город Екатеринбург, г. Екатеринбург, ул. Академика Шварца, стр. 14А, офис 301</t>
+  </si>
+  <si>
+    <t>8(343)305 10 06</t>
+  </si>
+  <si>
+    <t>a.zaykov@frisbee-pay.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «444»</t>
+  </si>
+  <si>
+    <t>ООО «444»</t>
+  </si>
+  <si>
+    <t>1093925008594</t>
+  </si>
+  <si>
+    <t>3917503804</t>
+  </si>
+  <si>
+    <t>238300, Калининградская область, р-н Гурьевский, г. Гурьевск, пер. Прудовый, д. 2 А, кв. 13</t>
+  </si>
+  <si>
+    <t>8(4012)74 12 40</t>
+  </si>
+  <si>
+    <t>ug-ggo@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационно-расчетный центр Томской области»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ ТО»</t>
+  </si>
+  <si>
+    <t>1197031063492</t>
+  </si>
+  <si>
+    <t>7017465208</t>
+  </si>
+  <si>
+    <t>634034, Томская область, г. о. город Томск, г. Томск, ул. Котовского, д. 19, офис 419</t>
+  </si>
+  <si>
+    <t>https://eirc-to.ru</t>
+  </si>
+  <si>
+    <t>8(3822)48 47 00</t>
+  </si>
+  <si>
+    <t>office@eirc-to.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1152651023360</t>
+  </si>
+  <si>
+    <t>2632102723</t>
+  </si>
+  <si>
+    <t>357500, Ставропольский край, г. Пятигорск, ул. Университетская, д. 5</t>
+  </si>
+  <si>
+    <t>https://erkc-kmv.ru; https://erkc-pay.ru</t>
+  </si>
+  <si>
+    <t>8(793)33 05 75; 8(793)33 11 91</t>
+  </si>
+  <si>
+    <t>erkc@kmv.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный информационно-вычислительный центр «Симплекс»</t>
+  </si>
+  <si>
+    <t>ООО «РИВЦ «Симплекс»</t>
+  </si>
+  <si>
+    <t>1173926027527</t>
+  </si>
+  <si>
+    <t>3906360745</t>
+  </si>
+  <si>
+    <t>236039, Калининградская область, г. Калининград, ул. Большая песочная, д. 23</t>
+  </si>
+  <si>
+    <t>https://simplex39.ru</t>
+  </si>
+  <si>
+    <t>8(4012)63 15 60</t>
+  </si>
+  <si>
+    <t>info@simplex39.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «АТМ-Барс»</t>
+  </si>
+  <si>
+    <t>ООО «АТМ-Барс»</t>
+  </si>
+  <si>
+    <t>1191690056392</t>
+  </si>
+  <si>
+    <t>1626015975</t>
+  </si>
+  <si>
+    <t>422192, Республика Татарстан (Татарстан), р-н Мамадышский, г. Мамадыш, ул. Домолазова, д. 42/23А</t>
+  </si>
+  <si>
+    <t>https://atmbars.ru/</t>
+  </si>
+  <si>
+    <t>8(917)263 94 97</t>
+  </si>
+  <si>
+    <t>AG131300@atmbars.ru</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью «Центр начисления»</t>
   </si>
   <si>
     <t>ООО «Центр начисления»</t>
   </si>
   <si>
     <t>1056405306650</t>
   </si>
   <si>
     <t>6453080252</t>
   </si>
   <si>
     <t>410035, Саратовская область, г. Саратов, ул. им Батавина П. Ф., д. 4</t>
   </si>
   <si>
     <t>8(8452)65 61 34</t>
   </si>
   <si>
     <t>Centernach@yandex.ru</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью «АТМ-Барс»</t>
-[...316 lines deleted...]
-  <si>
     <t>04.09.2024</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью «Омская энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>ООО «ОЭК»</t>
+  </si>
+  <si>
+    <t>1145543005442</t>
+  </si>
+  <si>
+    <t>5503248039</t>
+  </si>
+  <si>
+    <t>644042, Омская область, г. Омск, пр-кт Карла Маркса, д. 41/15</t>
+  </si>
+  <si>
+    <t>https://www.omesc.ru/</t>
+  </si>
+  <si>
+    <t>8(3812)29 33 29</t>
+  </si>
+  <si>
+    <t>info@omesc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Расчетный кассовый центр «АЙТЕК»</t>
+  </si>
+  <si>
+    <t>ООО РКЦ «АЙТЕК»</t>
+  </si>
+  <si>
+    <t>1176952018253</t>
+  </si>
+  <si>
+    <t>6919003520</t>
+  </si>
+  <si>
+    <t>171721, Тверская область, г. Весьегонск, ул. Заречная, д. 2, офис 1</t>
+  </si>
+  <si>
+    <t>8(4822)35 77 37</t>
+  </si>
+  <si>
+    <t>sergey_kbor@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью "Единый информационно-расчетный центр Республики Башкортостан"</t>
+  </si>
+  <si>
+    <t>ООО "ЕИРЦ РБ"</t>
+  </si>
+  <si>
+    <t>1190280043601</t>
+  </si>
+  <si>
+    <t>0278950990</t>
+  </si>
+  <si>
+    <t>450047, Республика Башкортостан, г. Уфа, Г. О. ГОРОД УФА, УЛ. БАКАЛИНСКАЯ, Д. 9/8</t>
+  </si>
+  <si>
+    <t>http://www.eirc-rb.ru/</t>
+  </si>
+  <si>
+    <t>8(347)295 38 38</t>
+  </si>
+  <si>
+    <t>secretary@eirc-rb.ru</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью «СеверСпецСтрой»</t>
   </si>
   <si>
     <t>ООО «СеверСпецСтрой»</t>
   </si>
   <si>
     <t>1171101008320</t>
   </si>
   <si>
     <t>1103044996</t>
   </si>
   <si>
     <t>169915, Республика Коми, м. о. Воркута, г. Воркута, ул. Лермонтова, д. 9А</t>
   </si>
   <si>
     <t>https://sssr.irc-online.ru</t>
   </si>
   <si>
     <t>8(912)501 06 05</t>
   </si>
   <si>
     <t>severspecstroy11@gmail.ru</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью «Единый расчетно-информационный центр»</t>
   </si>
   <si>
     <t>ООО «ЕРИЦ»</t>
   </si>
   <si>
     <t>1078608000646</t>
   </si>
   <si>
     <t>8608052984</t>
   </si>
   <si>
     <t>628486, Ханты-Мансийский автономный округ - Югра, г. Когалым, ул. Мира, д. 16А</t>
   </si>
   <si>
     <t>https://www.erickgl.ru</t>
   </si>
   <si>
     <t>+7 (346) 674-30-43</t>
   </si>
   <si>
     <t>eric@erickog.ru</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью «Цифровой Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>ООО «ЦРЦ»</t>
+  </si>
+  <si>
+    <t>1102632000360</t>
+  </si>
+  <si>
+    <t>2632097463</t>
+  </si>
+  <si>
+    <t>357506, Ставропольский край, г. Пятигорск, ул. Подстанционная, д. 13А, кабинет 304</t>
+  </si>
+  <si>
+    <t>8(8793)40 77 13</t>
+  </si>
+  <si>
+    <t>info@crc-rosseti.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ейский информационный расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ»</t>
+  </si>
+  <si>
+    <t>1112361001950</t>
+  </si>
+  <si>
+    <t>2361007696</t>
+  </si>
+  <si>
+    <t>353691, Краснодарский край, Ейский, г. Ейск, ул. Коммунистическая, д. 20/6, помещения 60-73</t>
+  </si>
+  <si>
+    <t>8(86132)7 30 63</t>
+  </si>
+  <si>
+    <t>ооо_eirc@mail.ru</t>
+  </si>
+  <si>
+    <t>05.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосбытовая компания Кузбасса»</t>
+  </si>
+  <si>
+    <t>ООО «ЭСКК»</t>
+  </si>
+  <si>
+    <t>1074205021219</t>
+  </si>
+  <si>
+    <t>4205140782</t>
+  </si>
+  <si>
+    <t>650066, Кемеровская область - Кузбасс, г. Кемерово, пр-кт Октябрьский, д. 53/2</t>
+  </si>
+  <si>
+    <t>eskk.ru</t>
+  </si>
+  <si>
+    <t>8(3842)57 42 33</t>
+  </si>
+  <si>
+    <t>eskk@eskk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Уральский Центр Расчетного Обслуживания»</t>
+  </si>
+  <si>
+    <t>ООО «Уральский ЦРО»</t>
+  </si>
+  <si>
+    <t>1106625002901</t>
+  </si>
+  <si>
+    <t>6625059457</t>
+  </si>
+  <si>
+    <t>623400, Свердловская область, г. Каменск-Уральский, ул. Сибирская, д. 10</t>
+  </si>
+  <si>
+    <t>8(900)207 00 65</t>
+  </si>
+  <si>
+    <t>jettata@mail.ru</t>
+  </si>
+  <si>
+    <t>1111690031551</t>
+  </si>
+  <si>
+    <t>1659111152</t>
+  </si>
+  <si>
+    <t>420141, Республика Татарстан (Татарстан), г. Казань, ул. Юлиуса Фучика, д. 99А, офис 6</t>
+  </si>
+  <si>
+    <t>www.расчетжкх.рф</t>
+  </si>
+  <si>
+    <t>8(843)261 04 70; 8(843)261 04 96</t>
+  </si>
+  <si>
+    <t>info@kvartplata.org</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ясная Поляна»</t>
+  </si>
+  <si>
+    <t>ООО «Ясная Поляна»</t>
+  </si>
+  <si>
+    <t>1115445000857</t>
+  </si>
+  <si>
+    <t>5445265441</t>
+  </si>
+  <si>
+    <t>633011, Новосибирская область, г. о. город Бердск, г. Бердск, ул. Морская, зд. 3ж, ком. 1</t>
+  </si>
+  <si>
+    <t>8(923)119 37 10</t>
+  </si>
+  <si>
+    <t>borvihabuhg@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Регистрационный кассовый центр»</t>
+  </si>
+  <si>
+    <t>1112443000119</t>
+  </si>
+  <si>
+    <t>2443038864</t>
+  </si>
+  <si>
+    <t>662150, Красноярский край, г. Ачинск, ул. Давыдова, д. 1</t>
+  </si>
+  <si>
+    <t>8(391)515 75 03</t>
+  </si>
+  <si>
+    <t>mupob128@yandex.ru</t>
+  </si>
+  <si>
+    <t>06.09.2024</t>
+  </si>
+  <si>
+    <t>1167456134944</t>
+  </si>
+  <si>
+    <t>7456034496</t>
+  </si>
+  <si>
+    <t>455023, Челябинская область, г. Магнитогорск, ул. Ленинградская, д. 17, каб. 301</t>
+  </si>
+  <si>
+    <t>erkc-info.ru</t>
+  </si>
+  <si>
+    <t>8(3519)49 50 50</t>
+  </si>
+  <si>
+    <t>erkc@erkc-info.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Пермская энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>ПАО «Пермэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1055902200353</t>
+  </si>
+  <si>
+    <t>5904123809</t>
+  </si>
+  <si>
+    <t>614007, Пермский край, г. Пермь, ул. Тимирязева, д. 37</t>
+  </si>
+  <si>
+    <t>https://permenergosbyt.ru/</t>
+  </si>
+  <si>
+    <t>8(342)216 10 06</t>
+  </si>
+  <si>
+    <t>Peskopp@energos.perm.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр г.о. Сызрань»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРКЦ г.о. Сызрань»</t>
+  </si>
+  <si>
+    <t>1216300052583</t>
+  </si>
+  <si>
+    <t>6325077342</t>
+  </si>
+  <si>
+    <t>446001, Самарская область, г. о. Сызрань, г. Сызрань, ул. Советская, д. 125</t>
+  </si>
+  <si>
+    <t>http://www.erkc63.ru</t>
+  </si>
+  <si>
+    <t>8(8464)37 37 47</t>
+  </si>
+  <si>
+    <t>ERKCsekretar@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый платежный агент»</t>
+  </si>
+  <si>
+    <t>ООО «Единый платежный агент»</t>
+  </si>
+  <si>
+    <t>1027800520615</t>
+  </si>
+  <si>
+    <t>7801135852</t>
+  </si>
+  <si>
+    <t>199155, город Санкт-Петербург, ул. Уральская, д. 33</t>
+  </si>
+  <si>
+    <t>8(953)245 24 58</t>
+  </si>
+  <si>
+    <t>julia.chernova@lada-pskov.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «БРЦ»</t>
+  </si>
+  <si>
+    <t>ООО «БРЦ»</t>
+  </si>
+  <si>
+    <t>1155001003442</t>
+  </si>
+  <si>
+    <t>5001104643</t>
+  </si>
+  <si>
+    <t>143912, Московская область, г. Балашиха, ш. Леоновское, д. 5, помещение 13</t>
+  </si>
+  <si>
+    <t>8(965)141 96 69</t>
+  </si>
+  <si>
+    <t>mokus8282@mail.ru</t>
+  </si>
+  <si>
+    <t>09.09.2024</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Почта России»</t>
+  </si>
+  <si>
+    <t>АО «Почта России»</t>
+  </si>
+  <si>
+    <t>1197746000000</t>
+  </si>
+  <si>
+    <t>7724490000</t>
+  </si>
+  <si>
+    <t>125252, город Москва, ул. 3-я Песчаная, д. 2А</t>
+  </si>
+  <si>
+    <t>https://www.pochta.ru</t>
+  </si>
+  <si>
+    <t>8(495)956 20 67</t>
+  </si>
+  <si>
+    <t>office@russianpost.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «НОВАПЛАТ»</t>
+  </si>
+  <si>
+    <t>ООО «НОВАПЛАТ»</t>
+  </si>
+  <si>
+    <t>1125029009380</t>
+  </si>
+  <si>
+    <t>5029167298</t>
+  </si>
+  <si>
+    <t>368320, Республика Дагестан, р-н Левашинский, с. Леваши, ул. Магомедали Магомедова, д. 16</t>
+  </si>
+  <si>
+    <t>www.novaplat.ru</t>
+  </si>
+  <si>
+    <t>8(963)411 57 57</t>
+  </si>
+  <si>
+    <t>info@novaplat.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единый расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>АО «ЕРКЦ»</t>
+  </si>
+  <si>
+    <t>1085838000632</t>
+  </si>
+  <si>
+    <t>5838045873</t>
+  </si>
+  <si>
+    <t>442960, Пензенская область, г. Заречный, ул. Строителей, д. 4А</t>
+  </si>
+  <si>
+    <t>https://erkc-zato.ru/index.php</t>
+  </si>
+  <si>
+    <t>8(8412)61 12 34</t>
+  </si>
+  <si>
+    <t>info@erkc-zato.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЭКС ПЛАТ»</t>
+  </si>
+  <si>
+    <t>ООО «ЭКС ПЛАТ»</t>
+  </si>
+  <si>
+    <t>1144025005453</t>
+  </si>
+  <si>
+    <t>4025442047</t>
+  </si>
+  <si>
+    <t>248003, Калужская область, г. о. город Калуга, г. Калуга, пер. Малый, д. 8</t>
+  </si>
+  <si>
+    <t>http://kitps.ru/</t>
+  </si>
+  <si>
+    <t>8(902)396 38 03</t>
+  </si>
+  <si>
+    <t>fedulova_evgeniya@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ургал-РКЦ»</t>
+  </si>
+  <si>
+    <t>ООО «Ургал-РКЦ»</t>
+  </si>
+  <si>
+    <t>1162724065899</t>
+  </si>
+  <si>
+    <t>2728000088</t>
+  </si>
+  <si>
+    <t>682071, Хабаровский край, р-н Верхнебуреинский, рп. Новый Ургал, ул. Донецкая, д. 9</t>
+  </si>
+  <si>
+    <t>8(914)171 62 13</t>
+  </si>
+  <si>
+    <t>uk_urgal@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-расчетный центр «Дубна»</t>
+  </si>
+  <si>
+    <t>ООО «ИРЦ «Дубна»</t>
+  </si>
+  <si>
+    <t>1055001802734</t>
+  </si>
+  <si>
+    <t>5010031617</t>
+  </si>
+  <si>
+    <t>141985, Московская область, г. Дубна, ул. Сахарова А. Д., д. 4, помещ. II</t>
+  </si>
+  <si>
+    <t>www.irc-dubna.ru</t>
+  </si>
+  <si>
+    <t>8(496)217 19 00; 8(496)217 19 05</t>
+  </si>
+  <si>
+    <t>info@irc-dubna.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационные Социальные Системы»</t>
+  </si>
+  <si>
+    <t>ООО «ИНСОЦ»</t>
+  </si>
+  <si>
+    <t>1082130009312</t>
+  </si>
+  <si>
+    <t>2130042453</t>
+  </si>
+  <si>
+    <t>428024, Чувашская Республика - Чувашия, г. о. город Чебоксары, г. Чебоксары, пр-кт Мира, д. 21, помещ. 3, ком. 1</t>
+  </si>
+  <si>
+    <t>www.insoc.ru</t>
+  </si>
+  <si>
+    <t>8(8352)32 15 32; 8(8352)32 53 20</t>
+  </si>
+  <si>
+    <t>info@insoc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр расчетов»</t>
+  </si>
+  <si>
+    <t>ООО «Центр расчетов»</t>
+  </si>
+  <si>
+    <t>1156679001929</t>
+  </si>
+  <si>
+    <t>6679065175</t>
+  </si>
+  <si>
+    <t>620142, Свердловская область, г. о. город Екатеринбург, г. Екатеринбург, ул. Фрунзе, соор. 35А, офис 1-9</t>
+  </si>
+  <si>
+    <t>8(343)226 11 20</t>
+  </si>
+  <si>
+    <t>cr@cr-ter.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Центр управления МКД»</t>
+  </si>
+  <si>
+    <t>ООО УК «Центр управления МКД»</t>
+  </si>
+  <si>
+    <t>1112443002880</t>
+  </si>
+  <si>
+    <t>2443021892</t>
+  </si>
+  <si>
+    <t>662159, Красноярский край, г. о. город Ачинск, г. Ачинск, мкр. Юго-Восточный район, д. 34, помещ. 81</t>
+  </si>
+  <si>
+    <t>8(39151)5 73 73</t>
+  </si>
+  <si>
+    <t>uk-sibir@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-аналитический центр по жилищно-коммунальному хозяйству»</t>
+  </si>
+  <si>
+    <t>ООО «ИАЦ по ЖКХ»</t>
+  </si>
+  <si>
+    <t>1245300004916</t>
+  </si>
+  <si>
+    <t>5300017004</t>
+  </si>
+  <si>
+    <t>173001, Новгородская область, г. Великий Новгород, ул. Стратилатовская, д. 3</t>
+  </si>
+  <si>
+    <t>www.vn-iac.ru</t>
+  </si>
+  <si>
+    <t>8(8162)77 53 68</t>
+  </si>
+  <si>
+    <t>info@vn-iac.ru</t>
+  </si>
+  <si>
+    <t>10.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ВегаКредит»</t>
+  </si>
+  <si>
+    <t>ООО «ВегаКредит»</t>
+  </si>
+  <si>
+    <t>1136325002440</t>
+  </si>
+  <si>
+    <t>6325058244</t>
+  </si>
+  <si>
+    <t>446022, Самарская область, г. о. Сызрань, г. Сызрань, ул. Кадровая, д. 44, кв. 30</t>
+  </si>
+  <si>
+    <t>8(8464)91 23 00; 8(927)614 23 00</t>
+  </si>
+  <si>
+    <t>office@permfo.ru</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие «Почта Херсон»</t>
+  </si>
+  <si>
+    <t>ГУП «Почта Херсон»</t>
+  </si>
+  <si>
+    <t>1229500007901</t>
+  </si>
+  <si>
+    <t>9500007900</t>
+  </si>
+  <si>
+    <t>275700, Херсонская область, М. О. Скадовский, г. Скадовск, ул. Гагарина, д. 59</t>
+  </si>
+  <si>
+    <t>8(990)076 71 34</t>
+  </si>
+  <si>
+    <t>post@khogov.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Региональный информационный центр-Димитровград»</t>
+  </si>
+  <si>
+    <t>ООО «РИЦ-Димитровград»</t>
+  </si>
+  <si>
+    <t>1147329000994</t>
+  </si>
+  <si>
+    <t>7329014049</t>
+  </si>
+  <si>
+    <t>433507, Ульяновская область, г. Димитровград, пр-кт Димитрова, д. 13</t>
+  </si>
+  <si>
+    <t>8(84235)308 71</t>
+  </si>
+  <si>
+    <t>ricdd@ric-ul.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ "ЦМР КОСТОМУКШСКОГО МУНИЦИПАЛЬНОГО ОКРУГА"</t>
+  </si>
+  <si>
+    <t>МУП ЦМР</t>
+  </si>
+  <si>
+    <t>1051001672402</t>
+  </si>
+  <si>
+    <t>1004011848</t>
+  </si>
+  <si>
+    <t>186931, Республика Карелия, г. Костомукша, ул. Калевала, д. 13</t>
+  </si>
+  <si>
+    <t>8(814)595 21 24</t>
+  </si>
+  <si>
+    <t>mupcmr@rambler.ru</t>
+  </si>
+  <si>
+    <t>ООО «РЦ»</t>
+  </si>
+  <si>
+    <t>1127415000360</t>
+  </si>
+  <si>
+    <t>7415075359</t>
+  </si>
+  <si>
+    <t>456440, Челябинская область, г. Чебаркуль, ул. Дзержинского, д. 4</t>
+  </si>
+  <si>
+    <t>8(351)682 16 22</t>
+  </si>
+  <si>
+    <t>chebrc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Закрытое акционерное общество «Родниковский расчетно-кассовый центр жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>ЗАО «Родниковский РКЦ ЖКХ»</t>
+  </si>
+  <si>
+    <t>1113701000797</t>
+  </si>
+  <si>
+    <t>3701047235</t>
+  </si>
+  <si>
+    <t>155250, Ивановская область, р-н Родниковский, г. Родники, ул. Советская, д. 8А</t>
+  </si>
+  <si>
+    <t>8(49336)2 54 07</t>
+  </si>
+  <si>
+    <t>rkcentr@gmail.com</t>
+  </si>
+  <si>
+    <t>11.09.2024</t>
+  </si>
+  <si>
+    <t>1095003006438</t>
+  </si>
+  <si>
+    <t>5046023546</t>
+  </si>
+  <si>
+    <t>108840, город Москва, г. Троицк, пр-кт Октябрьский, д. 13, помещ. 1</t>
+  </si>
+  <si>
+    <t>https://eirc-troick.housev.ru/</t>
+  </si>
+  <si>
+    <t>8(495)840 99 15</t>
+  </si>
+  <si>
+    <t>irc-troitsk2010@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Вайнах Пэй»</t>
+  </si>
+  <si>
+    <t>АО «Вайнах Пэй»</t>
+  </si>
+  <si>
+    <t>1072032000534</t>
+  </si>
+  <si>
+    <t>2005004411</t>
+  </si>
+  <si>
+    <t>364059, Чеченская Республика, г. Грозный, ул. имени Вахи Алиева (Висаитовский р-н), д. 181, кв. 20</t>
+  </si>
+  <si>
+    <t>www.vainahpay.ru</t>
+  </si>
+  <si>
+    <t>8(8712)29 39 29</t>
+  </si>
+  <si>
+    <t>m.ahmed-95@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Березниковский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1205900004199</t>
+  </si>
+  <si>
+    <t>5911081420</t>
+  </si>
+  <si>
+    <t>618416, Пермский край, г. о. город Березники, г. Березники, ул. Свердлова, д. 69, помещ. вход с торца со стороны улицы Парижской, ком. 4</t>
+  </si>
+  <si>
+    <t>8(3424)29 06 34</t>
+  </si>
+  <si>
+    <t>ooobrc@bk.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единый расчетно-консультационный центр»</t>
+  </si>
+  <si>
+    <t>АО ЕРКЦ</t>
+  </si>
+  <si>
+    <t>1147024000694</t>
+  </si>
+  <si>
+    <t>7024038937</t>
+  </si>
+  <si>
+    <t>636000, Томская область, г. Северск, пр-кт Коммунистический, д. 40</t>
+  </si>
+  <si>
+    <t>http://www.erkc.vseversk.ru/</t>
+  </si>
+  <si>
+    <t>8(3823)54 66 78</t>
+  </si>
+  <si>
+    <t>public@ric.tomica.ru</t>
+  </si>
+  <si>
+    <t>12.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ОДНО КАСАНИЕ»</t>
+  </si>
+  <si>
+    <t>ООО «ОДНО КАСАНИЕ»</t>
+  </si>
+  <si>
+    <t>1176313063695</t>
+  </si>
+  <si>
+    <t>6311173695</t>
+  </si>
+  <si>
+    <t>443013, Самарская область, г. Самара, ул. Гагарина, д. 7Б, офис 1</t>
+  </si>
+  <si>
+    <t>8(964)980 15 80</t>
+  </si>
+  <si>
+    <t>orange@odnokasanie.ru</t>
+  </si>
+  <si>
+    <t>13.09.2024</t>
+  </si>
+  <si>
+    <t>1170571012182</t>
+  </si>
+  <si>
+    <t>0554003239</t>
+  </si>
+  <si>
+    <t>368300, Республика Дагестан, г. о. Каспийск, г. Каспийск, ул. Махачкалинская, зд. 98А</t>
+  </si>
+  <si>
+    <t>8(909)479 21 50</t>
+  </si>
+  <si>
+    <t>oooerc2017@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Расчетно-информационный центр «ЖРП 8»</t>
+  </si>
+  <si>
+    <t>ООО РИЦ «ЖРП 8»</t>
+  </si>
+  <si>
+    <t>1111840008378</t>
+  </si>
+  <si>
+    <t>1840001629</t>
+  </si>
+  <si>
+    <t>426050, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. 9 Января, д. 257, помещ. 20</t>
+  </si>
+  <si>
+    <t>https://ricgrp8.ru</t>
+  </si>
+  <si>
+    <t>8(3412)45 24 58</t>
+  </si>
+  <si>
+    <t>jrp-8@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационный расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ИРКЦ»</t>
+  </si>
+  <si>
+    <t>1244200013595</t>
+  </si>
+  <si>
+    <t>4214045486</t>
+  </si>
+  <si>
+    <t>652877, Кемеровская область - Кузбасс, г. о. Междуреченский, г. Междуреченск, ул. Кузнецкая, д. 31</t>
+  </si>
+  <si>
+    <t>https://irkcm.ru/</t>
+  </si>
+  <si>
+    <t>8(38475)617 17</t>
+  </si>
+  <si>
+    <t>m_irkc@rikt.ru</t>
+  </si>
+  <si>
+    <t>16.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационно-расчетный центр»</t>
+  </si>
+  <si>
+    <t>1133453000185</t>
+  </si>
+  <si>
+    <t>3453000163</t>
+  </si>
+  <si>
+    <t>403791, Волгоградская область, р-н Жирновский, г. Жирновск, ул. Ломоносова, д. 54А</t>
+  </si>
+  <si>
+    <t>eirc-pfo.ru</t>
+  </si>
+  <si>
+    <t>8(84454)5 51 59</t>
+  </si>
+  <si>
+    <t>eirc-g@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчётно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1176451006555</t>
+  </si>
+  <si>
+    <t>6443022413</t>
+  </si>
+  <si>
+    <t>410000, Саратовская область, м. р-н Марксовский, г. п. город Маркс, г. Маркс, пр-кт Ленина, д. 36</t>
+  </si>
+  <si>
+    <t>8(927)222 83 75</t>
+  </si>
+  <si>
+    <t>mcrkp@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Многофункциональный центр»</t>
+  </si>
+  <si>
+    <t>ООО «МФЦ»</t>
+  </si>
+  <si>
+    <t>1215900005958</t>
+  </si>
+  <si>
+    <t>5948062737</t>
+  </si>
+  <si>
+    <t>618703, Пермский край, г. о. Добрянский, рп. Полазна, ул. Культуры, д. 2</t>
+  </si>
+  <si>
+    <t>8(342)657 92 11</t>
+  </si>
+  <si>
+    <t>rkz_polaz@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Межпоселенческий расчетно-кассовый центр за жилищно-коммунальные услуги»</t>
+  </si>
+  <si>
+    <t>ООО «МРКЦ»</t>
+  </si>
+  <si>
+    <t>1072713000392</t>
+  </si>
+  <si>
+    <t>2713015099</t>
+  </si>
+  <si>
+    <t>682910, Хабаровский край, р-н имени Лазо, рп. Переяславка, ул. Октябрьская, д. 31</t>
+  </si>
+  <si>
+    <t>https://мркц.рф</t>
+  </si>
+  <si>
+    <t>8(42154)21 7 76</t>
+  </si>
+  <si>
+    <t>kvitlazo@yandex.ru; kvartiralazo@bk.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Каминжиниринг»</t>
+  </si>
+  <si>
+    <t>АО «Каминжиниринг»</t>
+  </si>
+  <si>
+    <t>1224100000970</t>
+  </si>
+  <si>
+    <t>4100042072</t>
+  </si>
+  <si>
+    <t>683017, Камчатский край, г. о. Петропавловск-Камчатский, г. Петропавловск-Камчатский, ул. Владивостокская, д. 9</t>
+  </si>
+  <si>
+    <t>https://aoken.ru/</t>
+  </si>
+  <si>
+    <t>8(4152)25 25 37</t>
+  </si>
+  <si>
+    <t>info@aoken.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Расчетно-кассовый центр жилищно-коммунального хозяйства города Нефтеюганска»</t>
+  </si>
+  <si>
+    <t>АО «РКЦ ЖКХ»</t>
+  </si>
+  <si>
+    <t>1078604000155</t>
+  </si>
+  <si>
+    <t>8604039887</t>
+  </si>
+  <si>
+    <t>628301, Ханты-Мансийский автономный округ - Югра, г. Нефтеюганск, ул. Строителей, стр. 4</t>
+  </si>
+  <si>
+    <t>https://rkczkh.ru</t>
+  </si>
+  <si>
+    <t>8(3463)23 37 18</t>
+  </si>
+  <si>
+    <t>rkc_jkx@mail.ru</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ АВТОНОМНОЕ УЧРЕЖДЕНИЕ «РАСЧЕТНО-КАССОВЫЙ ЦЕНТР ПО ЖИЛИЩНО-КОММУНАЛЬНОМУ ХОЗЯЙСТВУ ГОРОДА ПЕТРОПАВЛОВСКА-КАМЧАТСКОГО»</t>
+  </si>
+  <si>
+    <t>МАУ «РКЦ»</t>
+  </si>
+  <si>
+    <t>1024101039291</t>
+  </si>
+  <si>
+    <t>4100005458</t>
+  </si>
+  <si>
+    <t>683024, Камчатский край, г. Петропавловск-Камчатский, ул. Амурская, д. 3</t>
+  </si>
+  <si>
+    <t>http://www.rkc-pk.ru/</t>
+  </si>
+  <si>
+    <t>8(4152)25 18 95; 8(4152)25 23 32</t>
+  </si>
+  <si>
+    <t>mail@rkc-pk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищно-коммунальные услуги»</t>
+  </si>
+  <si>
+    <t>1220800001223</t>
+  </si>
+  <si>
+    <t>0800003201</t>
+  </si>
+  <si>
+    <t>358014, Республика Калмыкия, г. о. город Элиста, г. Элиста, мкр. 8, д. 18, кв. 78</t>
+  </si>
+  <si>
+    <t>8(905)409 33 27</t>
+  </si>
+  <si>
+    <t>OLGA-ERDNIEVA@MAIL.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СкайСенд»</t>
+  </si>
+  <si>
+    <t>ООО «СкайСенд»</t>
+  </si>
+  <si>
+    <t>1082314000306</t>
+  </si>
+  <si>
+    <t>2314021277</t>
+  </si>
+  <si>
+    <t>352508, Краснодарский край, Лабинский, г. Лабинск, ул. Революционная, д. 314</t>
+  </si>
+  <si>
+    <t>https://www.skysend.ru</t>
+  </si>
+  <si>
+    <t>8(861)201 12 21</t>
+  </si>
+  <si>
+    <t>support@isg.dev</t>
+  </si>
+  <si>
+    <t>17.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-Вычислительный Центр»</t>
+  </si>
+  <si>
+    <t>ООО «ИВЦ»</t>
+  </si>
+  <si>
+    <t>1103456000350</t>
+  </si>
+  <si>
+    <t>3439009622</t>
+  </si>
+  <si>
+    <t>403532, Волгоградская область, г. Фролово, ул. Ленина, д. 75</t>
+  </si>
+  <si>
+    <t>8(844)652 48 66; 8(909)382 13 27</t>
+  </si>
+  <si>
+    <t>ukagh@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Беловский центр коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «Беловский ЦКП»</t>
+  </si>
+  <si>
+    <t>1044202003284</t>
+  </si>
+  <si>
+    <t>4202024530</t>
+  </si>
+  <si>
+    <t>652600, Кемеровская область - Кузбасс, г. Белово, ул. Маркса, д. 5, литера А</t>
+  </si>
+  <si>
+    <t>https://bckp42.ru/</t>
+  </si>
+  <si>
+    <t>8(384)524 65 57</t>
+  </si>
+  <si>
+    <t>bckp@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Муниципальный расчетный центр»</t>
+  </si>
+  <si>
+    <t>1240300008497</t>
+  </si>
+  <si>
+    <t>0300028230</t>
+  </si>
+  <si>
+    <t>671700, Республика Бурятия, г. о. город Северобайкальск, г. Северобайкальск, пр-кт Ленинградский, д. 19, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(30130)2 13 39</t>
+  </si>
+  <si>
+    <t>mpmrc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РКО»</t>
+  </si>
+  <si>
+    <t>ООО «РКО»</t>
+  </si>
+  <si>
+    <t>1207300006330</t>
+  </si>
+  <si>
+    <t>7325169965</t>
+  </si>
+  <si>
+    <t>432071, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Красноармейская, зд. 76, оф. 42</t>
+  </si>
+  <si>
+    <t>8(8422)58 85 66</t>
+  </si>
+  <si>
+    <t>588566@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «Пандора»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «Пандора»</t>
+  </si>
+  <si>
+    <t>1161101050571</t>
+  </si>
+  <si>
+    <t>1103013814</t>
+  </si>
+  <si>
+    <t>169926, Республика Коми, г. Воркута, пгт Северный, ул. Народная, д. 14</t>
+  </si>
+  <si>
+    <t>8(912)951 71 80</t>
+  </si>
+  <si>
+    <t>ooo-rc.pandora@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Ярославский областной единый информационно-расчетный центр»</t>
+  </si>
+  <si>
+    <t>АО «ЯрОбл ЕИРЦ»</t>
+  </si>
+  <si>
+    <t>1167627099892</t>
+  </si>
+  <si>
+    <t>7604316391</t>
+  </si>
+  <si>
+    <t>150054, Ярославская область, г. о. город Ярославль, г. Ярославль, пр-кт Ленина, д. 61А</t>
+  </si>
+  <si>
+    <t>https://www.yarobleirc.ru/</t>
+  </si>
+  <si>
+    <t>+7 (485) 231-93-93</t>
+  </si>
+  <si>
+    <t>info@yarobleirc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Современные технологии и коммуникации»</t>
+  </si>
+  <si>
+    <t>ООО «СТК»</t>
+  </si>
+  <si>
+    <t>1045600700925</t>
+  </si>
+  <si>
+    <t>5602009112</t>
+  </si>
+  <si>
+    <t>461631, Оренбургская область, г. о. город Бугуруслан, г. Бугуруслан, ул. им. В. Кулакова, двлд. 44</t>
+  </si>
+  <si>
+    <t>8(35352)3 02 26; 8(912)340 68 25</t>
+  </si>
+  <si>
+    <t>Stk-buguruslan@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр оказания услуг»</t>
+  </si>
+  <si>
+    <t>ООО «ЦОУ»</t>
+  </si>
+  <si>
+    <t>1121510000171</t>
+  </si>
+  <si>
+    <t>1510009644</t>
+  </si>
+  <si>
+    <t>363750, Республика Северная Осетия - Алания, р-н Моздокский, г. Моздок, ул. Ермоленко, д. 20</t>
+  </si>
+  <si>
+    <t>8(86736)2 29 72</t>
+  </si>
+  <si>
+    <t>mozdok-irkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Межрегиональный расчетный центр»</t>
+  </si>
+  <si>
+    <t>1133443031479</t>
+  </si>
+  <si>
+    <t>3460011342</t>
+  </si>
+  <si>
+    <t>400002, Волгоградская область, г. Волгоград, ул. Песчанокопская, д. 2А, помещ. 207</t>
+  </si>
+  <si>
+    <t>МОЙМРЦ.РФ</t>
+  </si>
+  <si>
+    <t>8(967)838 71 00</t>
+  </si>
+  <si>
+    <t>glbuh@astrc.ru</t>
+  </si>
+  <si>
+    <t>18.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Связьтелеком»</t>
+  </si>
+  <si>
+    <t>ООО «Связьтелеком»</t>
+  </si>
+  <si>
+    <t>1140327001770</t>
+  </si>
+  <si>
+    <t>0326520326</t>
+  </si>
+  <si>
+    <t>670034, Республика Бурятия, г. о. город Улан-Удэ, г. Улан-Удэ, ул. Жуковского, д. 1, помещ. 98</t>
+  </si>
+  <si>
+    <t>8(902)564 28 20</t>
+  </si>
+  <si>
+    <t>a.i.aldarova@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Каменская управляющая компания»</t>
+  </si>
+  <si>
+    <t>ООО «Каменская УК»</t>
+  </si>
+  <si>
+    <t>1166196054232</t>
+  </si>
+  <si>
+    <t>6147039167</t>
+  </si>
+  <si>
+    <t>347801, Ростовская область, г. Каменск-Шахтинский, ул. Сапрыгина, д. 1, к. А</t>
+  </si>
+  <si>
+    <t>8(86365)787 28</t>
+  </si>
+  <si>
+    <t>uk-istok@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр города Уфы»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРКЦ г. Уфы»</t>
+  </si>
+  <si>
+    <t>1240200038605</t>
+  </si>
+  <si>
+    <t>0277967454</t>
+  </si>
+  <si>
+    <t>450098, Республика Башкортостан, г. о. город Уфа, г. Уфа, ул. Комсомольская, д. 165/1</t>
+  </si>
+  <si>
+    <t>erkcufa.ru</t>
+  </si>
+  <si>
+    <t>8(347)235 50 00</t>
+  </si>
+  <si>
+    <t>pr@erkcufa.ru</t>
+  </si>
+  <si>
+    <t>1246500002968</t>
+  </si>
+  <si>
+    <t>6500017155</t>
+  </si>
+  <si>
+    <t>694920, Сахалинская область, г. о. Углегорский, г. Углегорск, ул. Свободная, д. 1</t>
+  </si>
+  <si>
+    <t>8(924)184 01 85</t>
+  </si>
+  <si>
+    <t>doc80@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Телекомсервис»</t>
+  </si>
+  <si>
+    <t>ООО «Телекомсервис»</t>
+  </si>
+  <si>
+    <t>1082468028235</t>
+  </si>
+  <si>
+    <t>2460208499</t>
+  </si>
+  <si>
+    <t>660062, Красноярский край, г. Красноярск, ул. Телевизорная, д. 8, стр. 1, помещ. 1</t>
+  </si>
+  <si>
+    <t>https://sibtcs.ru/</t>
+  </si>
+  <si>
+    <t>8(391)249 90 59</t>
+  </si>
+  <si>
+    <t>info@kras.ts-sib.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПЕРСПЕКТИВА»</t>
+  </si>
+  <si>
+    <t>ООО «ПЕРСПЕКТИВА»</t>
+  </si>
+  <si>
+    <t>1172801003319</t>
+  </si>
+  <si>
+    <t>2804018153</t>
+  </si>
+  <si>
+    <t>676853, Амурская область, г. Белогорск, ул. Набережная, д. 80</t>
+  </si>
+  <si>
+    <t>https://perspektiva28.ru/</t>
+  </si>
+  <si>
+    <t>8(914)574 43 15</t>
+  </si>
+  <si>
+    <t>perspektiva_uk@list.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Тамбовская областная сбытовая компания»</t>
+  </si>
+  <si>
+    <t>АО «ТОСК»</t>
+  </si>
+  <si>
+    <t>1056882378464</t>
+  </si>
+  <si>
+    <t>6829017247</t>
+  </si>
+  <si>
+    <t>392000, Тамбовская область, г. Тамбов, ул. Студенецкая, д. 10</t>
+  </si>
+  <si>
+    <t>http://www.tosk68.ru</t>
+  </si>
+  <si>
+    <t>8(4752)78 63 00</t>
+  </si>
+  <si>
+    <t>tosk@tosk.tmb.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение «Современные городские технологии» городского округа - город Волжский Волгоградской области</t>
+  </si>
+  <si>
+    <t>МАУ «СГТ»</t>
+  </si>
+  <si>
+    <t>1163443052299</t>
+  </si>
+  <si>
+    <t>3435124053</t>
+  </si>
+  <si>
+    <t>404127, Волгоградская область, г. Волжский, ул. Александрова, д. 13</t>
+  </si>
+  <si>
+    <t>https://www.mfc-v.su/</t>
+  </si>
+  <si>
+    <t>8(8443)55 62 80</t>
+  </si>
+  <si>
+    <t>sovgorteh@volganet.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётно-кассовый центр «Тейковский»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ «Тейковский»</t>
+  </si>
+  <si>
+    <t>1163702079078</t>
+  </si>
+  <si>
+    <t>3704009326</t>
+  </si>
+  <si>
+    <t>155043, Ивановская область, г. Тейково, ул. Молодежная, д. 24, помещ. 1001</t>
+  </si>
+  <si>
+    <t>8(963)215 82 27</t>
+  </si>
+  <si>
+    <t>rktz.teikovsky@yandex.ru</t>
+  </si>
+  <si>
+    <t>19.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кассир»</t>
+  </si>
+  <si>
+    <t>ООО «Кассир»</t>
+  </si>
+  <si>
+    <t>1136193003044</t>
+  </si>
+  <si>
+    <t>6161067695</t>
+  </si>
+  <si>
+    <t>344068, Ростовская область, г. Ростов-на-Дону, пр-кт Михаила Нагибина, зд. 34, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(928)153 08 30</t>
+  </si>
+  <si>
+    <t>kassiraqua@gmail.com</t>
+  </si>
+  <si>
+    <t>Акционерное общество Вычислительный центр «Инкомус»</t>
+  </si>
+  <si>
+    <t>АО ВЦ «Инкомус»</t>
+  </si>
+  <si>
+    <t>1025900517060</t>
+  </si>
+  <si>
+    <t>5902181851</t>
+  </si>
+  <si>
+    <t>614000, Пермский край, г. Пермь, ул. Ленина, д. 49А</t>
+  </si>
+  <si>
+    <t>inkomus.ru</t>
+  </si>
+  <si>
+    <t>8(342)204 08 17</t>
+  </si>
+  <si>
+    <t>inkomus@inkomus.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Расчетный центр Урала»</t>
+  </si>
+  <si>
+    <t>АО «РЦ Урала»</t>
+  </si>
+  <si>
+    <t>1096659004640</t>
+  </si>
+  <si>
+    <t>6659190330</t>
+  </si>
+  <si>
+    <t>620141, Свердловская область, г. о. город Екатеринбург, г. Екатеринбург, ул. Артинская, д. 15, офис 501</t>
+  </si>
+  <si>
+    <t>www.rcurala.ru</t>
+  </si>
+  <si>
+    <t>8(343)232 99 04; 8(800)302 99 90</t>
+  </si>
+  <si>
+    <t>sdo@rcurala.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Саратовэнерго»</t>
+  </si>
+  <si>
+    <t>ПАО «Саратовэнерго»</t>
+  </si>
+  <si>
+    <t>1026402199636</t>
+  </si>
+  <si>
+    <t>6450014808</t>
+  </si>
+  <si>
+    <t>410002, Саратовская область, г. о. город Саратов, г. Саратов, ул. им. Мичурина И. В., д. 166/168</t>
+  </si>
+  <si>
+    <t>https://www.saratovenergo.ru/</t>
+  </si>
+  <si>
+    <t>8(8452)57 35 73</t>
+  </si>
+  <si>
+    <t>office@sarenergo.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Краснотурьинский расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «КРЦ»</t>
+  </si>
+  <si>
+    <t>1136617001234</t>
+  </si>
+  <si>
+    <t>6617023055</t>
+  </si>
+  <si>
+    <t>624440, Свердловская область, г. Краснотурьинск, ул. Серова, д. 10</t>
+  </si>
+  <si>
+    <t>8(34384)6 27 79</t>
+  </si>
+  <si>
+    <t>krc.sekretar@gmail.com</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>1101032000266</t>
+  </si>
+  <si>
+    <t>1006010021</t>
+  </si>
+  <si>
+    <t>186420, Республика Карелия, р-н Сегежский, г. Сегежа, ул. Мира, д. 14А</t>
+  </si>
+  <si>
+    <t>https://рцсегежа.рф</t>
+  </si>
+  <si>
+    <t>8(921)461 27 05</t>
+  </si>
+  <si>
+    <t>info@rcsegezha.ru; turkinanv@rcsegezha.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Современный платежный стандарт»</t>
+  </si>
+  <si>
+    <t>ООО «СПС»</t>
+  </si>
+  <si>
+    <t>1177847116622</t>
+  </si>
+  <si>
+    <t>7806265372</t>
+  </si>
+  <si>
+    <t>194044, город Санкт-Петербург, пр-кт Большой Сампсониевский, д. 42, литер Б, офис 114</t>
+  </si>
+  <si>
+    <t>http://modernpay.ru/</t>
+  </si>
+  <si>
+    <t>8(812)984 49 06</t>
+  </si>
+  <si>
+    <t>info@modernpay.ru</t>
+  </si>
+  <si>
+    <t>20.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Универсал - Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Универсал - РЦ»</t>
+  </si>
+  <si>
+    <t>1146623007300</t>
+  </si>
+  <si>
+    <t>6623105901</t>
+  </si>
+  <si>
+    <t>622001, Свердловская область, г. Нижний Тагил, ул. Газетная, д. 38, офис 3</t>
+  </si>
+  <si>
+    <t>8(900)204 28 47</t>
+  </si>
+  <si>
+    <t>universal-rc@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-Кассовый центр ЖКХ»</t>
+  </si>
+  <si>
+    <t>1091435009511</t>
+  </si>
+  <si>
+    <t>1435221173</t>
+  </si>
+  <si>
+    <t>677008, Республика Саха (Якутия), г. Якутск, ул. Лермонтова, д. 98, к. 1, кв. 47</t>
+  </si>
+  <si>
+    <t>https://rkc-jkh.ru</t>
+  </si>
+  <si>
+    <t>8(4112)40 27 07</t>
+  </si>
+  <si>
+    <t>rkc-jkh@mail.ru</t>
+  </si>
+  <si>
+    <t>1104633000185</t>
+  </si>
+  <si>
+    <t>4633023549</t>
+  </si>
+  <si>
+    <t>307178, Курская область, г. Железногорск, ул. Димитрова, д. 14, к. 1</t>
+  </si>
+  <si>
+    <t>https://www.rkc46.ru/</t>
+  </si>
+  <si>
+    <t>8(47148)3 90 60</t>
+  </si>
+  <si>
+    <t>kma-rkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосервис»</t>
+  </si>
+  <si>
+    <t>ООО «Энергосервис»</t>
+  </si>
+  <si>
+    <t>1094524000240</t>
+  </si>
+  <si>
+    <t>4524008445</t>
+  </si>
+  <si>
+    <t>641100, Курганская область, р-н Шумихинский, г. Шумиха, ул. Белоносова, д. 30</t>
+  </si>
+  <si>
+    <t>8(352)452 21 04</t>
+  </si>
+  <si>
+    <t>energocentral@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Каспэнергосбыт»</t>
+  </si>
+  <si>
+    <t>ООО «Каспэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1060545002539</t>
+  </si>
+  <si>
+    <t>0545019120</t>
+  </si>
+  <si>
+    <t>368300, Республика Дагестан, г. Каспийск, ул. Махачкалинская, зд. 98А</t>
+  </si>
+  <si>
+    <t>Каспэнергосбыт.рф</t>
+  </si>
+  <si>
+    <t>8(872)465 29 39</t>
+  </si>
+  <si>
+    <t>kaspensb@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «МегаФон Ритейл»</t>
+  </si>
+  <si>
+    <t>АО «МегаФон Ритейл»</t>
+  </si>
+  <si>
+    <t>1027809220317</t>
+  </si>
+  <si>
+    <t>7825695758</t>
+  </si>
+  <si>
+    <t>127006, город Москва, Оружейный пер., д. 41, офис 558</t>
+  </si>
+  <si>
+    <t>8(903)015 12 11</t>
+  </si>
+  <si>
+    <t>ludmila.iva.kosher@megafon.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Газпром энергосбыт Тюмень»</t>
+  </si>
+  <si>
+    <t>АО «Газпром энергосбыт Тюмень»</t>
+  </si>
+  <si>
+    <t>1058602102415</t>
+  </si>
+  <si>
+    <t>8602067215</t>
+  </si>
+  <si>
+    <t>628426, Ханты-Мансийский автономный округ - Югра, г. Сургут, пр-кт Мира, д. 43</t>
+  </si>
+  <si>
+    <t>gesbt.ru</t>
+  </si>
+  <si>
+    <t>8(3462)77 77 77</t>
+  </si>
+  <si>
+    <t>gesbt@energosales.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «А-ПЭЙ»</t>
+  </si>
+  <si>
+    <t>ООО «А-ПЭЙ»</t>
+  </si>
+  <si>
+    <t>1229300120510</t>
+  </si>
+  <si>
+    <t>9303021510</t>
+  </si>
+  <si>
+    <t>283045, Донецкая Народная Республика, г. о. Донецк, г. Донецк, ул. Профессоров Богославских, д. 5А, офис 9</t>
+  </si>
+  <si>
+    <t>8(977)797 50 82</t>
+  </si>
+  <si>
+    <t>apay.group@gmail.com</t>
+  </si>
+  <si>
+    <t>23.09.2024</t>
+  </si>
+  <si>
+    <t>АКЦИОНЕРНОЕ ОБЩЕСТВО «ЕДИНЫЙ ИНФОРМАЦИОННЫЙ РАСЧЕТНО-КОНСУЛЬТАЦИОННЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>АО «ЕИРКЦ»</t>
+  </si>
+  <si>
+    <t>1084401010924</t>
+  </si>
+  <si>
+    <t>4401095504</t>
+  </si>
+  <si>
+    <t>156013, Костромская область, г. Кострома, пр-кт Мира, д. 37-39/28</t>
+  </si>
+  <si>
+    <t>https://www.eirkc.ru/</t>
+  </si>
+  <si>
+    <t>8(4942)49 30 00</t>
+  </si>
+  <si>
+    <t>odo@k-sc.ru</t>
+  </si>
+  <si>
+    <t>24.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управление коммунальных расчетов и субсидий»</t>
+  </si>
+  <si>
+    <t>ООО «УКРиС»</t>
+  </si>
+  <si>
+    <t>1246200008405</t>
+  </si>
+  <si>
+    <t>6200009555</t>
+  </si>
+  <si>
+    <t>391920, Рязанская область, м. р-н Ухоловский, г. п. Ухоловское, рп. Ухолово, ул. Ленина, д. 19</t>
+  </si>
+  <si>
+    <t>8(49154)5 14 33</t>
+  </si>
+  <si>
+    <t>mup.ukris@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УРАЛЬСКИЙ ПРОЦЕССИНГОВЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>ООО «УПЦ»</t>
+  </si>
+  <si>
+    <t>1256600035240</t>
+  </si>
+  <si>
+    <t>6671337148</t>
+  </si>
+  <si>
+    <t>620146, Свердловская область, Г. О. ГОРОД ЕКАТЕРИНБУРГ, г. ЕКАТЕРИНБУРГ, УЛ. ВОЛГОГРАДСКАЯ, Д. 29А, ПОМЕЩ. 4</t>
+  </si>
+  <si>
+    <t>8(922)539 07 93</t>
+  </si>
+  <si>
+    <t>ARENDATC@INBOX.RU</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение «Жилищно-расчетный центр»</t>
+  </si>
+  <si>
+    <t>МАУ «ЖРЦ»</t>
+  </si>
+  <si>
+    <t>1244200014134</t>
+  </si>
+  <si>
+    <t>4214045510</t>
+  </si>
+  <si>
+    <t>652740, Кемеровская область - Кузбасс, г. о. Калтанский, г. Калтан, пр-кт Мира, д. 39</t>
+  </si>
+  <si>
+    <t>8(38472)3 41 58</t>
+  </si>
+  <si>
+    <t>buheco@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Телеком Плюс»</t>
+  </si>
+  <si>
+    <t>ООО «Телеком Плюс»</t>
+  </si>
+  <si>
+    <t>1112468005044</t>
+  </si>
+  <si>
+    <t>2466237009</t>
+  </si>
+  <si>
+    <t>362027, Республика Северная Осетия - Алания, г. Владикавказ, ул. Маркуса, д. 47</t>
+  </si>
+  <si>
+    <t>ркц15.рф</t>
+  </si>
+  <si>
+    <t>8(8672)33 31 66</t>
+  </si>
+  <si>
+    <t>atelecomplus@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кинешемский расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Кинешемский расчетный центр», ООО «КРЦ»</t>
+  </si>
+  <si>
+    <t>1103703001016</t>
+  </si>
+  <si>
+    <t>3703044543</t>
+  </si>
+  <si>
+    <t>155806, Ивановская область, г. Кинешма, ул. Маршала Василевского, д. 2</t>
+  </si>
+  <si>
+    <t>https://kinkrc.ru/</t>
+  </si>
+  <si>
+    <t>8(49331)5 82 46</t>
+  </si>
+  <si>
+    <t>kinkrc@yandex.ru</t>
+  </si>
+  <si>
+    <t>25.09.2024</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Чувашская энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>АО «Чувашская энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>1052128000033</t>
+  </si>
+  <si>
+    <t>2128700232</t>
+  </si>
+  <si>
+    <t>428020, Чувашская Республика - Чувашия, г. Чебоксары, ул. Федора Гладкова, д. 13, к. А</t>
+  </si>
+  <si>
+    <t>www.ch-sk.ru</t>
+  </si>
+  <si>
+    <t>8(8352)36 80 04</t>
+  </si>
+  <si>
+    <t>priem@ch-sk.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Областной Единый Информационно-Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>АО «ОЕИРЦ»</t>
+  </si>
+  <si>
+    <t>1127154017176</t>
+  </si>
+  <si>
+    <t>7121500561</t>
+  </si>
+  <si>
+    <t>300012, Тульская область, г. Тула, ул. Льва Толстого, зд. 114А, офис 229</t>
+  </si>
+  <si>
+    <t>https://oeirc.ru</t>
+  </si>
+  <si>
+    <t>8(4872)70 55 07</t>
+  </si>
+  <si>
+    <t>info@oeirc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Группа компаний «ОПТИМА»</t>
+  </si>
+  <si>
+    <t>ООО ГК «ОПТИМА»</t>
+  </si>
+  <si>
+    <t>1196451020655</t>
+  </si>
+  <si>
+    <t>6453161286</t>
+  </si>
+  <si>
+    <t>410086, Саратовская область, г. Саратов, ул. им. Благодарова К. В., д. 6, офис 2</t>
+  </si>
+  <si>
+    <t>gk-optima.com</t>
+  </si>
+  <si>
+    <t>8(8452)67 76 00</t>
+  </si>
+  <si>
+    <t>677600@gk-optima.com</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный Центр Дома Контакт»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ Дома Контакт»</t>
+  </si>
+  <si>
+    <t>1156451018536</t>
+  </si>
+  <si>
+    <t>6453142318</t>
+  </si>
+  <si>
+    <t>410086, Саратовская область, г. Саратов, ул. им. Благодарова К. В., д. 6</t>
+  </si>
+  <si>
+    <t>8(8452)67 75 43</t>
+  </si>
+  <si>
+    <t>domakontakt@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Томский расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «ТРЦ»</t>
+  </si>
+  <si>
+    <t>1157017005815</t>
+  </si>
+  <si>
+    <t>7017374198</t>
+  </si>
+  <si>
+    <t>634021, Томская область, г. Томск, ул. Елизаровых, д. 79/2</t>
+  </si>
+  <si>
+    <t>tomrc.ru</t>
+  </si>
+  <si>
+    <t>8(3822)90 40 01</t>
+  </si>
+  <si>
+    <t>secretar@tomrc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Региональный Расчетно-Кассовый Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Региональный Расчетно-Кассовый Центр»</t>
+  </si>
+  <si>
+    <t>1105001001896</t>
+  </si>
+  <si>
+    <t>5001077333</t>
+  </si>
+  <si>
+    <t>143905, Московская область, г. Балашиха, ул. Свердлова, д. 37, помещ. 19</t>
+  </si>
+  <si>
+    <t>8(926)317 80 70</t>
+  </si>
+  <si>
+    <t>alexsoro@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РЦ»</t>
+  </si>
+  <si>
+    <t>1162503050412</t>
+  </si>
+  <si>
+    <t>2503032884</t>
+  </si>
+  <si>
+    <t>692801, Приморский край, г. Большой Камень, г. о. Большой Камень, ул. Горького, д. 27А</t>
+  </si>
+  <si>
+    <t>8(4233)54 09 63</t>
+  </si>
+  <si>
+    <t>ooo_uk@bk.ru</t>
+  </si>
+  <si>
+    <t>1243600016208</t>
+  </si>
+  <si>
+    <t>3663170034</t>
+  </si>
+  <si>
+    <t>396073, Воронежская область, г. Нововоронеж, г. о. город Нововоронеж, г. Нововоронеж, ул. Победы, д. 4</t>
+  </si>
+  <si>
+    <t>8(4736)42 12 04</t>
+  </si>
+  <si>
+    <t>irc-nv@mail.ru</t>
+  </si>
+  <si>
+    <t>26.09.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СЕВЭНЕРГОСБЫТ»</t>
+  </si>
+  <si>
+    <t>ООО «СЕВЭНЕРГОСБЫТ»</t>
+  </si>
+  <si>
+    <t>1169204054139</t>
+  </si>
+  <si>
+    <t>9201515119</t>
+  </si>
+  <si>
+    <t>299014, город Севастополь, ул. Рыбаков, зд. 7</t>
+  </si>
+  <si>
+    <t>https://sevenergosbyt.ru/</t>
+  </si>
+  <si>
+    <t>8(8692)22 10 70</t>
+  </si>
+  <si>
+    <t>Tatyana.Svitova@sevenergosbyt.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «ЭнергосбыТ Плюс»</t>
+  </si>
+  <si>
+    <t>АО «ЭнергосбыТ Плюс»</t>
+  </si>
+  <si>
+    <t>1055612021981</t>
+  </si>
+  <si>
+    <t>5612042824</t>
+  </si>
+  <si>
+    <t>143421, Московская область, г. о. Красногорск, тер. автодорога Балтия, 26-й км, д. 5, стр. 3, офис 513</t>
+  </si>
+  <si>
+    <t>www.esplus.ru</t>
+  </si>
+  <si>
+    <t>8(495)740 00 00</t>
+  </si>
+  <si>
+    <t>info@esplus.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Производственный жилищно-ремонтный трест Промышленного района»</t>
+  </si>
+  <si>
+    <t>АО «ПЖРТ Промышленного района»</t>
+  </si>
+  <si>
+    <t>1026301698422</t>
+  </si>
+  <si>
+    <t>6319031607</t>
+  </si>
+  <si>
+    <t>443016, Самарская область, г. Самара, ул. Александра Матросова, д. 153 Д</t>
+  </si>
+  <si>
+    <t>https://pgrt.ru/</t>
+  </si>
+  <si>
+    <t>8(846)951 49 44</t>
+  </si>
+  <si>
+    <t>pgrt-buch@list.ru</t>
+  </si>
+  <si>
+    <t>1162468054000</t>
+  </si>
+  <si>
+    <t>2448006400</t>
+  </si>
+  <si>
+    <t>663960, Красноярский край, р-н Рыбинский, г. Заозерный, ул. 40 лет Октября, д. 49</t>
+  </si>
+  <si>
+    <t>8(39165)2 00 88</t>
+  </si>
+  <si>
+    <t>rkc_zaoz@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосбыт Донецк»</t>
+  </si>
+  <si>
+    <t>ООО «Энергосбыт Донецк»</t>
+  </si>
+  <si>
+    <t>1237700478036</t>
+  </si>
+  <si>
+    <t>9725129199</t>
+  </si>
+  <si>
+    <t>115432, город Москва, вн. тер. г. муниципальный округ Даниловский, проезд Проектируемый 4062-й, д. 6, стр. 25, помещ. 1Н/6</t>
+  </si>
+  <si>
+    <t>https://donetsk.e-sbt.ru/</t>
+  </si>
+  <si>
+    <t>8(495)789 99 21</t>
+  </si>
+  <si>
+    <t>info@donetsk.e-sbt.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационно-расчетный центр города Туапсе»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ г. Туапсе»</t>
+  </si>
+  <si>
+    <t>1242300042742</t>
+  </si>
+  <si>
+    <t>2365034203</t>
+  </si>
+  <si>
+    <t>352800, Краснодарский край, м. р-н Туапсинский, г. п. Туапсинское, г. Туапсе, пл. Ильича, д. 1</t>
+  </si>
+  <si>
+    <t>https://tuapse-eirc.ru/</t>
+  </si>
+  <si>
+    <t>8(86167)2 72 37</t>
+  </si>
+  <si>
+    <t>tuapse-eirc@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Верхнепышминский расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «ВРЦ»</t>
+  </si>
+  <si>
+    <t>1246600061696</t>
+  </si>
+  <si>
+    <t>6686164829</t>
+  </si>
+  <si>
+    <t>624093, Свердловская область, г. о. Верхняя Пышма, г. Верхняя Пышма, пр-кт Успенский, д. 113Д</t>
+  </si>
+  <si>
+    <t>8(34368)4 04 88</t>
+  </si>
+  <si>
+    <t>vprcenr@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Строительно-монтажное управление»</t>
+  </si>
+  <si>
+    <t>ООО «СМУ»</t>
+  </si>
+  <si>
+    <t>1027301581603</t>
+  </si>
+  <si>
+    <t>7328036191</t>
+  </si>
+  <si>
+    <t>432031, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Краснопролетарская, д. 4, помещ. 27</t>
+  </si>
+  <si>
+    <t>http://uksmu.ru</t>
+  </si>
+  <si>
+    <t>8(8422)53 78 72</t>
+  </si>
+  <si>
+    <t>uk-smu@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «НОВАТЭК-Кострома»</t>
+  </si>
+  <si>
+    <t>ООО «НОВАТЭК-Кострома»</t>
+  </si>
+  <si>
+    <t>1024400511794</t>
+  </si>
+  <si>
+    <t>4401017834</t>
+  </si>
+  <si>
+    <t>156005, Костромская область, г. Кострома, ул. Лесная, д. 37</t>
+  </si>
+  <si>
+    <t>https://kostroma.novatek.ru/</t>
+  </si>
+  <si>
+    <t>8(4942)39 52 30</t>
+  </si>
+  <si>
+    <t>info@kostroma.novatek.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЭрСиПос»</t>
+  </si>
+  <si>
+    <t>ООО «ЭрСиПос»</t>
+  </si>
+  <si>
+    <t>1227800131591</t>
+  </si>
+  <si>
+    <t>7806603631</t>
+  </si>
+  <si>
+    <t>191124, город Санкт-Петербург, вн. тер. г. муниципальный округ Смольнинское, ул. Красного Текстильщика, д. 10-12, литера О, помещ. 1-Н ч. п. 617 каб. 23</t>
+  </si>
+  <si>
+    <t>8(950)222 10 99</t>
+  </si>
+  <si>
+    <t>rf@iilab.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР ДОСТОВЕРНОЙ ИНФОРМАЦИИ"</t>
+  </si>
+  <si>
+    <t>ООО "ЦДИ"</t>
+  </si>
+  <si>
+    <t>1181832017916</t>
+  </si>
+  <si>
+    <t>1838022068</t>
+  </si>
+  <si>
+    <t>427960, Удмуртская Республика, Г. О. ГОРОД САРАПУЛ, г. САРАПУЛ, УЛ. АЗИНА, Д. 33, ПОМЕЩ. 126</t>
+  </si>
+  <si>
+    <t>cdi18.ru</t>
+  </si>
+  <si>
+    <t>+7 (34147) 2-70-74</t>
+  </si>
+  <si>
+    <t>official@cdi18.ru; a.gogoleva@cdi18.ru</t>
+  </si>
+  <si>
+    <t>1162801051160</t>
+  </si>
+  <si>
+    <t>2804017625</t>
+  </si>
+  <si>
+    <t>676805, Амурская область, г. о. город Белогорск, г. Белогорск, ул. Кирова, д. 136</t>
+  </si>
+  <si>
+    <t>8(924)847 33 25</t>
+  </si>
+  <si>
+    <t>erkc-belraion@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосбыт Запорожье»</t>
+  </si>
+  <si>
+    <t>ООО «Энергосбыт Запорожье»</t>
+  </si>
+  <si>
+    <t>1237700477992</t>
+  </si>
+  <si>
+    <t>9725129181</t>
+  </si>
+  <si>
+    <t>115432, город Москва, проезд Проектируемый 4062-й, д. 6, стр. 25, помещ. 1Н/6</t>
+  </si>
+  <si>
+    <t>https://zaporozhye.e-sbt.ru/</t>
+  </si>
+  <si>
+    <t>infozaporozhye@zaporozhye.e-sbt.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосбыт Херсон»</t>
+  </si>
+  <si>
+    <t>ООО «Энергосбыт Херсон»</t>
+  </si>
+  <si>
+    <t>1237700479950</t>
+  </si>
+  <si>
+    <t>9725129343</t>
+  </si>
+  <si>
+    <t>115432, город Москва, вн. тер. г. Муниципальный округ Даниловский, проезд Проектируемый 4062-й, д. 6, стр. 25, помещ. 1H/6</t>
+  </si>
+  <si>
+    <t>https://herson.e-sbt.ru</t>
+  </si>
+  <si>
+    <t>infoherson@herson.e-sbt.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ТЕПЛОЭНЕРГО»</t>
+  </si>
+  <si>
+    <t>ООО «ТЕПЛОЭНЕРГО»</t>
+  </si>
+  <si>
+    <t>1165958080870</t>
+  </si>
+  <si>
+    <t>5917003266</t>
+  </si>
+  <si>
+    <t>617470, Пермский край, г. Кунгур, ул. Нефтяников, д. 35</t>
+  </si>
+  <si>
+    <t>8(951)957 49 21</t>
+  </si>
+  <si>
+    <t>ooot32017@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «СИГМА»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ СИГМА»</t>
+  </si>
+  <si>
+    <t>1213900004185</t>
+  </si>
+  <si>
+    <t>3917054764</t>
+  </si>
+  <si>
+    <t>238300, Калининградская область, м. о. Гурьевский, г. Гурьевск, ул. Советская, д. 2Б, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(4012)39 86 03</t>
+  </si>
+  <si>
+    <t>rc_sigma@bk.ru</t>
+  </si>
+  <si>
+    <t>1246100008153</t>
+  </si>
+  <si>
+    <t>6142028443</t>
+  </si>
+  <si>
+    <t>347045, Ростовская область, м. р-н Белокалитвинский, г. п. Белокалитвинское, г. Белая Калитва, ул. Матросова, зд. 4А</t>
+  </si>
+  <si>
+    <t>erkcbkalitva.ru</t>
+  </si>
+  <si>
+    <t>8(86383)2 52 40</t>
+  </si>
+  <si>
+    <t>erkc_bkalitva@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищно-коммунальное управление»</t>
+  </si>
+  <si>
+    <t>1052201009794</t>
+  </si>
+  <si>
+    <t>2205009865</t>
+  </si>
+  <si>
+    <t>659100, Алтайский край, г. Заринск, ул. 25 Партсъезда, д. 15</t>
+  </si>
+  <si>
+    <t>8(385)954 00 00</t>
+  </si>
+  <si>
+    <t>gku@zarkom.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосбыт Луганск»</t>
+  </si>
+  <si>
+    <t>ООО «Энергосбыт Луганск»</t>
+  </si>
+  <si>
+    <t>1237700478124</t>
+  </si>
+  <si>
+    <t>9725129223</t>
+  </si>
+  <si>
+    <t>https://lugansk.e-sbt.ru/</t>
+  </si>
+  <si>
+    <t>infolugansk@lugansk.e-sbt.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный Кассовый Центр»</t>
+  </si>
+  <si>
+    <t>1123443005630</t>
+  </si>
+  <si>
+    <t>3443118617</t>
+  </si>
+  <si>
+    <t>400075, Волгоградская область, г. Волгоград, ул. 51-й Гвардейской, д. 1А</t>
+  </si>
+  <si>
+    <t>https://ркц34.рф/</t>
+  </si>
+  <si>
+    <t>8(8442)25 12 39</t>
+  </si>
+  <si>
+    <t>ooo_rkc@list.ru</t>
+  </si>
+  <si>
+    <t>27.09.2024</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Росатом Энергосбыт»</t>
+  </si>
+  <si>
+    <t>АО «Росатом Энергосбыт»</t>
+  </si>
+  <si>
+    <t>1027700050278</t>
+  </si>
+  <si>
+    <t>7704228075</t>
+  </si>
+  <si>
+    <t>115432, город Москва, пр-д Проектируемый 4062-й, д. 6, стр. 25</t>
+  </si>
+  <si>
+    <t>https://atomsbt.ru/</t>
+  </si>
+  <si>
+    <t>INFO@ATOMSBT.RU</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие «Почта Таврии»</t>
+  </si>
+  <si>
+    <t>ГУП «Почта Таврии»</t>
+  </si>
+  <si>
+    <t>1229000019324</t>
+  </si>
+  <si>
+    <t>9001010992</t>
+  </si>
+  <si>
+    <t>272315, Запорожская область, г. о. Мелитополь, г. Мелитополь, пр-кт Богдана Хмельницкого, д. 15</t>
+  </si>
+  <si>
+    <t>8(990)007 52 44</t>
+  </si>
+  <si>
+    <t>po4tatavrii@yandex.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение «Единый информационно-расчетный центр города Урюпинска»</t>
+  </si>
+  <si>
+    <t>МАУ «ЕИРЦ»</t>
+  </si>
+  <si>
+    <t>1103457000723</t>
+  </si>
+  <si>
+    <t>3438009281</t>
+  </si>
+  <si>
+    <t>403113, Волгоградская область, г. Урюпинск, ул. Черняховского, д. 3</t>
+  </si>
+  <si>
+    <t>8(84442)4 31 60</t>
+  </si>
+  <si>
+    <t>mau-mfc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Межмуниципальное общество «Сбытовая компания»</t>
+  </si>
+  <si>
+    <t>ООО «Сбытовая компания»</t>
+  </si>
+  <si>
+    <t>1062720021473</t>
+  </si>
+  <si>
+    <t>2720033003</t>
+  </si>
+  <si>
+    <t>680510, Хабаровский край, р-н Хабаровский, с. Тополево, ул. Центральная, д. 15</t>
+  </si>
+  <si>
+    <t>8(4212)78 79 91</t>
+  </si>
+  <si>
+    <t>habsbyt@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр» Таштагольского муниципального района</t>
+  </si>
+  <si>
+    <t>1164205064682</t>
+  </si>
+  <si>
+    <t>4252011960</t>
+  </si>
+  <si>
+    <t>652992, Кемеровская область - Кузбасс, р-н Таштагольский, г. Таштагол, ул. Поспелова, д. 29</t>
+  </si>
+  <si>
+    <t>8(38473)3 20 05</t>
+  </si>
+  <si>
+    <t>rkc-ooo@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РК-страхование»</t>
+  </si>
+  <si>
+    <t>ООО «РК-страхование»</t>
+  </si>
+  <si>
+    <t>1207800149908</t>
+  </si>
+  <si>
+    <t>7806578390</t>
+  </si>
+  <si>
+    <t>195027, город Санкт-Петербург, ул. Якорная, д. 7А, литер. Д, помещ. 70</t>
+  </si>
+  <si>
+    <t>8(921)754 99 92</t>
+  </si>
+  <si>
+    <t>info@in-grupp.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Жилсервис-Посад»</t>
+  </si>
+  <si>
+    <t>АО «Жилсервис-Посад»</t>
+  </si>
+  <si>
+    <t>1095035000345</t>
+  </si>
+  <si>
+    <t>5035038357</t>
+  </si>
+  <si>
+    <t>142500, Московская область, г. Павловский Посад, ул. Кирова, д. 56/1</t>
+  </si>
+  <si>
+    <t>Jspp.ru</t>
+  </si>
+  <si>
+    <t>8(49643)5 56 69; 8(49643)2 24 43</t>
+  </si>
+  <si>
+    <t>pprkch@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ИнфоСистемы»</t>
+  </si>
+  <si>
+    <t>ООО «ИнфоСистемы»</t>
+  </si>
+  <si>
+    <t>1218600002268</t>
+  </si>
+  <si>
+    <t>8622026915</t>
+  </si>
+  <si>
+    <t>628240, Ханты-Мансийский автономный округ - Югра, м. р-н Советский, г. п. Советский, г. Советский, ул. Калинина, зд. 35А, офис 2</t>
+  </si>
+  <si>
+    <t>8(34675)4 26 01; 8(902)825 06 23</t>
+  </si>
+  <si>
+    <t>I-SYSTEMS86@MAIL.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городской информационно-расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «ГИРЦ»</t>
+  </si>
+  <si>
+    <t>1076911000704</t>
+  </si>
+  <si>
+    <t>6911026580</t>
+  </si>
+  <si>
+    <t>171255, Тверская область, р-н Конаковский, г. Конаково, пр-кт Ленина, д. 21</t>
+  </si>
+  <si>
+    <t>8(48242)4 75 75</t>
+  </si>
+  <si>
+    <t>4-75-75@mail.ru</t>
+  </si>
+  <si>
+    <t>1160816050559</t>
+  </si>
+  <si>
+    <t>0816031606</t>
+  </si>
+  <si>
+    <t>358003, Республика Калмыкия, г. Элиста, мкр 2, д. 29, кв. 34</t>
+  </si>
+  <si>
+    <t>8(961)395 90 80</t>
+  </si>
+  <si>
+    <t>erc.08@mail.ru</t>
+  </si>
+  <si>
+    <t>ООО «УК»</t>
+  </si>
+  <si>
+    <t>1093704000587</t>
+  </si>
+  <si>
+    <t>3704563118</t>
+  </si>
+  <si>
+    <t>155040, Ивановская область, г. о. Тейково, г. Тейково, проезд Базарный, д. 2В</t>
+  </si>
+  <si>
+    <t>8(49343)4 42 21</t>
+  </si>
+  <si>
+    <t>gkh.teikovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Дивногорский жилищно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ДЖКЦ»</t>
+  </si>
+  <si>
+    <t>1022402294287</t>
+  </si>
+  <si>
+    <t>2464030619</t>
+  </si>
+  <si>
+    <t>663090, Красноярский край, г. Дивногорск, ул. Хулиана Гримау, д. 4, А, офис 206</t>
+  </si>
+  <si>
+    <t>8(939)822 05 05; 8(391)443 38 61</t>
+  </si>
+  <si>
+    <t>89082031850@mail.ru</t>
+  </si>
+  <si>
+    <t>1220500001831</t>
+  </si>
+  <si>
+    <t>0548013768</t>
+  </si>
+  <si>
+    <t>368500, Республика Дагестан, г. о. город Избербаш, г. Избербаш, пр-кт Ленина, д. 5, к. А, этаж 2</t>
+  </si>
+  <si>
+    <t>8(965)489 15 57</t>
+  </si>
+  <si>
+    <t>erc_izberbash@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационные технологии»</t>
+  </si>
+  <si>
+    <t>ООО «ИТ»</t>
+  </si>
+  <si>
+    <t>1167325074091</t>
+  </si>
+  <si>
+    <t>7327080906</t>
+  </si>
+  <si>
+    <t>432006, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Юго-Западная, д. 8, помещ. 9</t>
+  </si>
+  <si>
+    <t>8(8422)58 16 01</t>
+  </si>
+  <si>
+    <t>tehnologii73@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СарРКЦ»</t>
+  </si>
+  <si>
+    <t>ООО «СарРКЦ»</t>
+  </si>
+  <si>
+    <t>1096454002809</t>
+  </si>
+  <si>
+    <t>6454093840</t>
+  </si>
+  <si>
+    <t>410004, Саратовская область, г. Саратов, пл. Дегтярная, д. 1/13</t>
+  </si>
+  <si>
+    <t>https://www.sarrkc.ru/</t>
+  </si>
+  <si>
+    <t>8(937)225 67 10; 8(8452)33 94 31</t>
+  </si>
+  <si>
+    <t>sarrkc@mail.ru</t>
+  </si>
+  <si>
+    <t>1026900509470</t>
+  </si>
+  <si>
+    <t>6901010728</t>
+  </si>
+  <si>
+    <t>170002, Тверская область, г. о. город Тверь, г. Тверь, ул. Колодкина, д. 8, офис 1</t>
+  </si>
+  <si>
+    <t>https://www.erkc-tver.ru</t>
+  </si>
+  <si>
+    <t>8(4822)41 66 70</t>
+  </si>
+  <si>
+    <t>secretary@erkc-tver.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Росатом Энергосбыт бизнес»</t>
+  </si>
+  <si>
+    <t>ООО «Росатом Энергосбыт бизнес»</t>
+  </si>
+  <si>
+    <t>1064633003038</t>
+  </si>
+  <si>
+    <t>4633017746</t>
+  </si>
+  <si>
+    <t>115432, город Москва, вн. тер. г. муниципальный округ Даниловский, проезд Проектируемый 4062-й, д. 6, стр. 25</t>
+  </si>
+  <si>
+    <t>http://www.rek46.ru/</t>
+  </si>
+  <si>
+    <t>info@business.atomsbt.ru</t>
+  </si>
+  <si>
+    <t>1166952070966</t>
+  </si>
+  <si>
+    <t>6919003464</t>
+  </si>
+  <si>
+    <t>171720, Тверская область, г. Весьегонск, пр-д Свободный, д. 1</t>
+  </si>
+  <si>
+    <t>8(910)938 10 06</t>
+  </si>
+  <si>
+    <t>victory134@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Расчетно-кассовый центр «КИРОВСКИЙ»</t>
+  </si>
+  <si>
+    <t>ООО РКЦ «КИРОВСКИЙ»</t>
+  </si>
+  <si>
+    <t>1166451071346</t>
+  </si>
+  <si>
+    <t>6452123256</t>
+  </si>
+  <si>
+    <t>410005, Саратовская область, г. Саратов, ул. Аткарская, д. 45/47</t>
+  </si>
+  <si>
+    <t>8(8452)26 16 39</t>
+  </si>
+  <si>
+    <t>rckir724618@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Инфракомплекс - Сервис Жилого Комплекса»</t>
+  </si>
+  <si>
+    <t>ООО «Инфракомплекс - Сервис Жилого Комплекса»</t>
+  </si>
+  <si>
+    <t>1085044002010</t>
+  </si>
+  <si>
+    <t>5044065300</t>
+  </si>
+  <si>
+    <t>141552, Московская область, г. Солнечногорск, рп. Ржавки, стр. 3</t>
+  </si>
+  <si>
+    <t>http://infrakompleks.ru</t>
+  </si>
+  <si>
+    <t>8(495)594 99 63</t>
+  </si>
+  <si>
+    <t>infrakompleks@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая Компания ЖКУ Калтан</t>
+  </si>
+  <si>
+    <t>ООО УК ЖКУ Калтан</t>
+  </si>
+  <si>
+    <t>1144222000449</t>
+  </si>
+  <si>
+    <t>4222015252</t>
+  </si>
+  <si>
+    <t>652741, Кемеровская область - Кузбасс, г. Калтан, пер. Совхозный 1-й, зд. 24</t>
+  </si>
+  <si>
+    <t>https://ukzhku-kaltan.ru/</t>
+  </si>
+  <si>
+    <t>8(905)078 37 95</t>
+  </si>
+  <si>
+    <t>gkuukkaltan@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РЫЗДВЯНЕНСКИЙ РАСЧЕТНЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>ООО «РРЦ»</t>
+  </si>
+  <si>
+    <t>1152651011908</t>
+  </si>
+  <si>
+    <t>2607003172</t>
+  </si>
+  <si>
+    <t>356110, Ставропольский край, р-н Изобильненский, п. Рыздвяный, ул. Новая, д. 13</t>
+  </si>
+  <si>
+    <t>8(86545)4 84 12</t>
+  </si>
+  <si>
+    <t>ooorrz@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Роял Сервис»</t>
+  </si>
+  <si>
+    <t>ООО «Роял Сервис»</t>
+  </si>
+  <si>
+    <t>1197847118908</t>
+  </si>
+  <si>
+    <t>7810758557</t>
+  </si>
+  <si>
+    <t>196066, город Санкт-Петербург, пр-кт Московский, д. 183-185, литер А, кв. 74-Н</t>
+  </si>
+  <si>
+    <t>8(921)345 02 77</t>
+  </si>
+  <si>
+    <t>Pavel_2005@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Газпром энергосбыт Брянск»</t>
+  </si>
+  <si>
+    <t>ООО «Газпром энергосбыт Брянск»</t>
+  </si>
+  <si>
+    <t>1108602007557</t>
+  </si>
+  <si>
+    <t>8602173527</t>
+  </si>
+  <si>
+    <t>www.elektro-32.ru</t>
+  </si>
+  <si>
+    <t>8(4832)44 44 11</t>
+  </si>
+  <si>
+    <t>sdl@elektro-32.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Цифровые Решения»</t>
+  </si>
+  <si>
+    <t>АО «ЦР»</t>
+  </si>
+  <si>
+    <t>1103017002120</t>
+  </si>
+  <si>
+    <t>3017064696</t>
+  </si>
+  <si>
+    <t>414000, Астраханская область, г. Астрахань, ул. Джона Рида, д. 37</t>
+  </si>
+  <si>
+    <t>cr30.ru</t>
+  </si>
+  <si>
+    <t>8(8512)48 23 90</t>
+  </si>
+  <si>
+    <t>info@cr30.ru</t>
+  </si>
+  <si>
+    <t>1132452002495</t>
+  </si>
+  <si>
+    <t>2458013012</t>
+  </si>
+  <si>
+    <t>662501, Красноярский край, г. о. город Сосновоборск, г. Сосновоборск, ул. Ленинского Комсомола, д. 18, помещ. 3</t>
+  </si>
+  <si>
+    <t>8(39131)2 00 52</t>
+  </si>
+  <si>
+    <t>RKC.20052@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Республиканский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1141840004162</t>
+  </si>
+  <si>
+    <t>1840026782</t>
+  </si>
+  <si>
+    <t>426075, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. Союзная, д. 37А, помещ. 34</t>
+  </si>
+  <si>
+    <t>8(3412)91 80 29</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кировский расчетно-информационный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Кировский РИЦ»</t>
+  </si>
+  <si>
+    <t>1164350077275</t>
+  </si>
+  <si>
+    <t>4345456659</t>
+  </si>
+  <si>
+    <t>610002, Кировская область, г. Киров, ул. Успенская, д. 24, помещ. 1004</t>
+  </si>
+  <si>
+    <t>www.k-ric.ru</t>
+  </si>
+  <si>
+    <t>8(833)225 48 48</t>
+  </si>
+  <si>
+    <t>254848@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр оплаты коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «ЦОКП»</t>
+  </si>
+  <si>
+    <t>1106234006317</t>
+  </si>
+  <si>
+    <t>6234082345</t>
+  </si>
+  <si>
+    <t>390029, Рязанская область, г. Рязань, ул. Чкалова, д. 26</t>
+  </si>
+  <si>
+    <t>8(4912)51 81 80</t>
+  </si>
+  <si>
+    <t>ooo_cokp@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр СОРЖ»</t>
+  </si>
+  <si>
+    <t>ООО «Расчетно-кассовый центр СОРЖ»</t>
+  </si>
+  <si>
+    <t>1052450023372</t>
+  </si>
+  <si>
+    <t>2450020508</t>
+  </si>
+  <si>
+    <t>663600, Красноярский край, г. Канск, ул. Московская, д. 27Б</t>
+  </si>
+  <si>
+    <t>8(391)613 30 90</t>
+  </si>
+  <si>
+    <t>kansksorzh@yandex.ru</t>
+  </si>
+  <si>
+    <t>30.09.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Жилищно-коммунальное хозяйство Бикинского муниципального района»</t>
+  </si>
+  <si>
+    <t>МУП «ЖКХ БМР»</t>
+  </si>
+  <si>
+    <t>1172724016684</t>
+  </si>
+  <si>
+    <t>2707006233</t>
+  </si>
+  <si>
+    <t>682990, Хабаровский край, м. р-н Бикинский, с. п. Лермонтовское, с. Лермонтовка, г-к Восточный, д. 53, помещ. 9</t>
+  </si>
+  <si>
+    <t>8(42155)2 48 39</t>
+  </si>
+  <si>
+    <t>zaritckaya-zhkh@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Бухгалтерское расчетно-кассовое обслуживание»</t>
+  </si>
+  <si>
+    <t>ООО «БРКО»</t>
+  </si>
+  <si>
+    <t>1168617071611</t>
+  </si>
+  <si>
+    <t>8604066739</t>
+  </si>
+  <si>
+    <t>628301, Ханты-Мансийский автономный округ - Югра, г. Нефтеюганск, мкр. 5-й, д. 4, кв. 26</t>
+  </si>
+  <si>
+    <t>8(3463)23 33 71</t>
+  </si>
+  <si>
+    <t>kovzikse@mail.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦПС"</t>
+  </si>
+  <si>
+    <t>ООО "ЦПС"</t>
+  </si>
+  <si>
+    <t>1173025008936</t>
+  </si>
+  <si>
+    <t>3015112231</t>
+  </si>
+  <si>
+    <t>414000, Астраханская область, г. о. город Астрахань, г. Астрахань, ул. Кирова, стр. 1, помещ. 12</t>
+  </si>
+  <si>
+    <t>8(937)129 88 77</t>
+  </si>
+  <si>
+    <t>buh@oblvodokanal.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр города-курорта Кисловодска»</t>
+  </si>
+  <si>
+    <t>1132651004122</t>
+  </si>
+  <si>
+    <t>2628801479</t>
+  </si>
+  <si>
+    <t>357748, Ставропольский край, г. Кисловодск, пр-кт Победы, д. 4В, к. А</t>
+  </si>
+  <si>
+    <t>8(87937)7 26 12</t>
+  </si>
+  <si>
+    <t>kislovodskerkc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Открытое акционерное общество «Единый расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ОАО «ЕРКЦ»</t>
+  </si>
+  <si>
+    <t>1076449004521</t>
+  </si>
+  <si>
+    <t>6449044773</t>
+  </si>
+  <si>
+    <t>413100, Саратовская область, г. Энгельс, ул. Коммунистическая, д. 22</t>
+  </si>
+  <si>
+    <t>https://erkc-engels.ru/</t>
+  </si>
+  <si>
+    <t>8(8453)56 82 58</t>
+  </si>
+  <si>
+    <t>eerkts@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Местный Ресурс»</t>
+  </si>
+  <si>
+    <t>ООО «Местный Ресурс»</t>
+  </si>
+  <si>
+    <t>1234000002851</t>
+  </si>
+  <si>
+    <t>4000000745</t>
+  </si>
+  <si>
+    <t>249711, Калужская область, м. р-н Козельский, г. п. город Сосенский, г. Сосенский, ул. 60 лет Октября, д. 4, офис 5</t>
+  </si>
+  <si>
+    <t>https://uk-mr40.ru</t>
+  </si>
+  <si>
+    <t>8(4842)41 08 23</t>
+  </si>
+  <si>
+    <t>uk_mr40@mail.ru</t>
+  </si>
+  <si>
+    <t>ООО «Расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1112827000736</t>
+  </si>
+  <si>
+    <t>2821004792</t>
+  </si>
+  <si>
+    <t>676630, Амурская область, р-н Октябрьский, с. Екатеринославка, ул. Новая, зд. 10, 209</t>
+  </si>
+  <si>
+    <t>8(41652)2 24 68</t>
+  </si>
+  <si>
+    <t>ooorkcz.okt@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Импэй»</t>
+  </si>
+  <si>
+    <t>ООО «Импэй»</t>
+  </si>
+  <si>
+    <t>1104345016126</t>
+  </si>
+  <si>
+    <t>4345285361</t>
+  </si>
+  <si>
+    <t>610000, Кировская область, г. о. город Киров, г. Киров, ул. Спасская, д. 43/3, этаж 4, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(8332)35 10 02</t>
+  </si>
+  <si>
+    <t>legal@impay.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Центр платежей «Ермак»</t>
+  </si>
+  <si>
+    <t>ООО ЦП «Ермак»</t>
+  </si>
+  <si>
+    <t>1146623008157</t>
+  </si>
+  <si>
+    <t>6623106430</t>
+  </si>
+  <si>
+    <t>622016, Свердловская область, г. Нижний Тагил, ул. Ермака, д. 61, офис 2</t>
+  </si>
+  <si>
+    <t>8(3435)48 17 87</t>
+  </si>
+  <si>
+    <t>ermak-rc@list.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Гарантия»</t>
+  </si>
+  <si>
+    <t>ООО «Гарантия»</t>
+  </si>
+  <si>
+    <t>1115022001093</t>
+  </si>
+  <si>
+    <t>5022561697</t>
+  </si>
+  <si>
+    <t>140407, Московская область, г. Коломна, ул. Гагарина, д. 70, помещение 1</t>
+  </si>
+  <si>
+    <t>http://garantia.tv</t>
+  </si>
+  <si>
+    <t>8(496)616 50 01; 8(496)616 50 09</t>
+  </si>
+  <si>
+    <t>garantia@garantia.tv</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПалехДом»</t>
+  </si>
+  <si>
+    <t>ООО «ПалехДом»</t>
+  </si>
+  <si>
+    <t>1063706012589</t>
+  </si>
+  <si>
+    <t>3717005618</t>
+  </si>
+  <si>
+    <t>155620, Ивановская область, м. р-н Палехский, г. п. Палехское, п. Палех, ул. Котухиных, д. 2А</t>
+  </si>
+  <si>
+    <t>http:paleh-gkh.ru</t>
+  </si>
+  <si>
+    <t>8(49334)2 15 47</t>
+  </si>
+  <si>
+    <t>palehpsk@mail.ru</t>
+  </si>
+  <si>
+    <t>1257600001911</t>
+  </si>
+  <si>
+    <t>7610143651</t>
+  </si>
+  <si>
+    <t>152912, Ярославская область, г. о. город Рыбинск, г. Рыбинск, ул. Зои Космодемьянской, д. 5</t>
+  </si>
+  <si>
+    <t>8(4855)32 79 80</t>
+  </si>
+  <si>
+    <t>irc-rybinsk@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЖИЛПЛАТЕЖ»</t>
+  </si>
+  <si>
+    <t>ООО «ЖИЛПЛАТЕЖ»</t>
+  </si>
+  <si>
+    <t>1153668040063</t>
+  </si>
+  <si>
+    <t>3662988290</t>
+  </si>
+  <si>
+    <t>394088, Воронежская область, г. о. город Воронеж, г. Воронеж, ул. Антонова-Овсеенко, д. 35Э, офис 10, помещ. 1/5</t>
+  </si>
+  <si>
+    <t>8(4732)10 49 72; 8(4732)60 20 08</t>
+  </si>
+  <si>
+    <t>vibor-servis@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр жилищно-коммунального хозяйства муниципального образования Сургутский район»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ ЖКХ МО СР»</t>
+  </si>
+  <si>
+    <t>1248600006643</t>
+  </si>
+  <si>
+    <t>8602315122</t>
+  </si>
+  <si>
+    <t>628416, Ханты-Мансийский автономный округ - Югра, г. о. Сургут, г. Сургут, ул. Ленинградская, д. 11</t>
+  </si>
+  <si>
+    <t>https://mup-rkc-zhkh-site.smart-uk.ru/</t>
+  </si>
+  <si>
+    <t>8(3462)32 19 82</t>
+  </si>
+  <si>
+    <t>mug@rkcsr.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр города Пскова»</t>
+  </si>
+  <si>
+    <t>ООО «РЦГП»</t>
+  </si>
+  <si>
+    <t>1076027000906</t>
+  </si>
+  <si>
+    <t>6027101977</t>
+  </si>
+  <si>
+    <t>180000, Псковская область, г. Псков, ул. Льва Толстого, д. 5</t>
+  </si>
+  <si>
+    <t>http://www.rcgppskov.ru</t>
+  </si>
+  <si>
+    <t>8(8112)29 14 02; 8(8112)29 14 00;</t>
+  </si>
+  <si>
+    <t>info@rcgppskov.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Рязанская энергетическая сбытовая компания»</t>
+  </si>
+  <si>
+    <t>ПАО «РЭСК»</t>
+  </si>
+  <si>
+    <t>1056204000049</t>
+  </si>
+  <si>
+    <t>6229049014</t>
+  </si>
+  <si>
+    <t>390005, Рязанская область, г. Рязань, ул. Дзержинского, д. 21А</t>
+  </si>
+  <si>
+    <t>www.resk.ru</t>
+  </si>
+  <si>
+    <t>8(4912)93 38 39; 8(910) 575 99 64</t>
+  </si>
+  <si>
+    <t>resk@resk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-сервисный расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «ИСРЦ»</t>
+  </si>
+  <si>
+    <t>1201800000137</t>
+  </si>
+  <si>
+    <t>1841090974</t>
+  </si>
+  <si>
+    <t>427000, Удмуртская Республика, Завьяловский, Завьялово, м. о.  район, с., ул. Чкалова, д. 22, помещ. 2</t>
+  </si>
+  <si>
+    <t>https://www.isrc-zav.ru/</t>
+  </si>
+  <si>
+    <t>8(3412)97 22 52</t>
+  </si>
+  <si>
+    <t>isrc2020@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Первый расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Первый РКЦ»</t>
+  </si>
+  <si>
+    <t>1042600149570</t>
+  </si>
+  <si>
+    <t>2628045014</t>
+  </si>
+  <si>
+    <t>357736, Ставропольский край, г. Кисловодск, ул. Андрея Губина, д. 2, к. А</t>
+  </si>
+  <si>
+    <t>8(87937)2 25 14</t>
+  </si>
+  <si>
+    <t>info@ksbyt.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Дальневосточная энергетическая компания»</t>
+  </si>
+  <si>
+    <t>ПАО «ДЭК»</t>
+  </si>
+  <si>
+    <t>1072721001660</t>
+  </si>
+  <si>
+    <t>2723088770</t>
+  </si>
+  <si>
+    <t>690091, Приморский край, г. Владивосток, ул. Тигровая, д. 19</t>
+  </si>
+  <si>
+    <t>8(423)240 68 45</t>
+  </si>
+  <si>
+    <t>priemn@dvec.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр жилищно-коммунальных расчетов»</t>
+  </si>
+  <si>
+    <t>ООО «Центр ЖКР»</t>
+  </si>
+  <si>
+    <t>1166451064350</t>
+  </si>
+  <si>
+    <t>6453146633</t>
+  </si>
+  <si>
+    <t>410062, Саратовская область, г. Саратов, ш. Московское, д. 23А</t>
+  </si>
+  <si>
+    <t>8(967)500 80 54</t>
+  </si>
+  <si>
+    <t>caratov2017@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационный центр «Регион-Курск»</t>
+  </si>
+  <si>
+    <t>ООО «Информационный центр «Регион-Курск»</t>
+  </si>
+  <si>
+    <t>1244600005143</t>
+  </si>
+  <si>
+    <t>4632303776</t>
+  </si>
+  <si>
+    <t>305000, Курская область, г. о. город Курск, г. Курск, ул. Горького, зд. 65</t>
+  </si>
+  <si>
+    <t>http://reg-kursk.ru</t>
+  </si>
+  <si>
+    <t>8(4712)39 51 52; 8(4712)39 51 53</t>
+  </si>
+  <si>
+    <t>info@reg-kursk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Балезинский расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1141837000172</t>
+  </si>
+  <si>
+    <t>1837012469</t>
+  </si>
+  <si>
+    <t>427552, Удмуртская Республика, р-н Балезинский, п. Балезино, ул. Парковая, д. 18А</t>
+  </si>
+  <si>
+    <t>8(34166)5 12 05</t>
+  </si>
+  <si>
+    <t>brkc-balezino@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Завод «Радиан»</t>
+  </si>
+  <si>
+    <t>АО «Завод «Радиан»</t>
+  </si>
+  <si>
+    <t>1022600507379</t>
+  </si>
+  <si>
+    <t>2601001193</t>
+  </si>
+  <si>
+    <t>356300, Ставропольский край, р-н Александровский, с. Александровское, пр-д Промышленный, влд. 2</t>
+  </si>
+  <si>
+    <t>www.radianzavod.ru</t>
+  </si>
+  <si>
+    <t>8(86557)2 65 95</t>
+  </si>
+  <si>
+    <t>zavod@radianzavod.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Многофункциональный информационный Расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «МИРЦ»</t>
+  </si>
+  <si>
+    <t>1195081035522</t>
+  </si>
+  <si>
+    <t>5029245010</t>
+  </si>
+  <si>
+    <t>141008, Московская область, г. Мытищи, ул. Колпакова, д. 39, помещ. IV</t>
+  </si>
+  <si>
+    <t>8(916)586 86 28</t>
+  </si>
+  <si>
+    <t>Gainut403@mail.ru</t>
+  </si>
+  <si>
+    <t>01.10.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное казенное предприятие «Подгоренский центр коммунальных услуг»</t>
+  </si>
+  <si>
+    <t>МКП «ПЦКУ»</t>
+  </si>
+  <si>
+    <t>1103627000564</t>
+  </si>
+  <si>
+    <t>3624005051</t>
+  </si>
+  <si>
+    <t>396560, Воронежская область, р-н Подгоренский, пгт Подгоренский, ул. Вокзальная, д. 85, кв. 1</t>
+  </si>
+  <si>
+    <t>mkppodgornoe.ru</t>
+  </si>
+  <si>
+    <t>8(47394)5 57 83</t>
+  </si>
+  <si>
+    <t>mkp.pcku@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кронверк Расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Кронверк РКЦ»</t>
+  </si>
+  <si>
+    <t>1176451023220</t>
+  </si>
+  <si>
+    <t>6450099262</t>
+  </si>
+  <si>
+    <t>410012, Саратовская область, г. о. город Саратов, г. Саратов, ул. им. Сакко и Ванцетти, зд. 6/8А, помещ. 5, ком. 4</t>
+  </si>
+  <si>
+    <t>https://kronverksar.ru/</t>
+  </si>
+  <si>
+    <t>8(8452)98 34 87</t>
+  </si>
+  <si>
+    <t>realty2@mail.ru</t>
+  </si>
+  <si>
+    <t>02.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЭЛЛКО»</t>
+  </si>
+  <si>
+    <t>ООО «ЭЛЛКО»</t>
+  </si>
+  <si>
+    <t>1160571057437</t>
+  </si>
+  <si>
+    <t>0503011601</t>
+  </si>
+  <si>
+    <t>368995, Республика Дагестан, р-н Ахвахский, с. Анчик, ул. Анчихская, д. 6, к. А</t>
+  </si>
+  <si>
+    <t>https://ellco.ru/</t>
+  </si>
+  <si>
+    <t>8(8722)66 66 61, 8(8722)66 66 62</t>
+  </si>
+  <si>
+    <t>priemnaya@ellco.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЕДИНЫЙ УДМУРТСКИЙ РАСЧЕТНЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>ООО «ЕДИНЫЙ УДМУРТСКИЙ РЦ»</t>
+  </si>
+  <si>
+    <t>1241800009593</t>
+  </si>
+  <si>
+    <t>1800020858</t>
+  </si>
+  <si>
+    <t>427010, Удмуртская Республика, м. о. Завьяловский район, д. Шудья, ул. 1-ая Большая, д. 53</t>
+  </si>
+  <si>
+    <t>8(912)027 27 17</t>
+  </si>
+  <si>
+    <t>Eurc18@ya.ru</t>
+  </si>
+  <si>
+    <t>1147232067520</t>
+  </si>
+  <si>
+    <t>7203255783</t>
+  </si>
+  <si>
+    <t>625007, Тюменская область, г. о. город Тюмень, г. Тюмень, ул. Депутатская, д. 78, к. 1/1</t>
+  </si>
+  <si>
+    <t>8(3452)51 55 10</t>
+  </si>
+  <si>
+    <t>info@uk-partners.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр Коммунальных Услуг»</t>
+  </si>
+  <si>
+    <t>ООО «ЦКУ»</t>
+  </si>
+  <si>
+    <t>1076155004265</t>
+  </si>
+  <si>
+    <t>6155046714</t>
+  </si>
+  <si>
+    <t>346513, Ростовская область, г. о. город Шахты, г. Шахты, пер. Шишкина, зд. 162, офис 103, 306</t>
+  </si>
+  <si>
+    <t>Ckush.ru</t>
+  </si>
+  <si>
+    <t>8(8636)23 65 35</t>
+  </si>
+  <si>
+    <t>Cku_sh@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Новотроицкий расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «НРКЦ»</t>
+  </si>
+  <si>
+    <t>1185658009107</t>
+  </si>
+  <si>
+    <t>5607142622</t>
+  </si>
+  <si>
+    <t>462351, Оренбургская область, г. Новотроицк, ул. Советская, д. 102А, офис 2. 19</t>
+  </si>
+  <si>
+    <t>https://gkh56.domokey.ru</t>
+  </si>
+  <si>
+    <t>8(3537)77 77 01</t>
+  </si>
+  <si>
+    <t>info@gkh56.ru</t>
+  </si>
+  <si>
+    <t>1092807000230</t>
+  </si>
+  <si>
+    <t>2807015224</t>
+  </si>
+  <si>
+    <t>676450, Амурская область, г. Свободный, ул. Ленина, д. 38</t>
+  </si>
+  <si>
+    <t>+7 (41643) 5-52-00</t>
+  </si>
+  <si>
+    <t>yurist_erkc@mail.ru</t>
+  </si>
+  <si>
+    <t>03.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Эткер»</t>
+  </si>
+  <si>
+    <t>ООО «Эткер»</t>
+  </si>
+  <si>
+    <t>1152130009250</t>
+  </si>
+  <si>
+    <t>2130157493</t>
+  </si>
+  <si>
+    <t>428028, Чувашская Республика - Чувашия, г. Чебоксары, пр-кт Тракторостроителей, д. 69, к. Б</t>
+  </si>
+  <si>
+    <t>8(8352)25 92 33</t>
+  </si>
+  <si>
+    <t>etker21@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Ростова-на-Дону»</t>
+  </si>
+  <si>
+    <t>ООО «РЦР»</t>
+  </si>
+  <si>
+    <t>1146196002567</t>
+  </si>
+  <si>
+    <t>6164320346</t>
+  </si>
+  <si>
+    <t>344022, Ростовская область, г. Ростов-на-Дону, ул. Адыгейская, д. 30, офис 208</t>
+  </si>
+  <si>
+    <t>8(863)210 77 76</t>
+  </si>
+  <si>
+    <t>shirokovaaa@rcuo.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1225000107826</t>
+  </si>
+  <si>
+    <t>5029272493</t>
+  </si>
+  <si>
+    <t>141008, Московская область, г. о. Мытищи, г. Мытищи, ул. Колпакова, д. 26, помещ. 1</t>
+  </si>
+  <si>
+    <t>https://rkc-m.ru/</t>
+  </si>
+  <si>
+    <t>8(498)621 87 87</t>
+  </si>
+  <si>
+    <t>rk.centre@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ОЛ ТАЙМ»</t>
+  </si>
+  <si>
+    <t>ООО «ОЛ ТАЙМ»</t>
+  </si>
+  <si>
+    <t>1169102060665</t>
+  </si>
+  <si>
+    <t>9109017440</t>
+  </si>
+  <si>
+    <t>297600, Республика Крым, р-н Белогорский, г. Белогорск, ул. Ибраимова Вели, д. 29</t>
+  </si>
+  <si>
+    <t>8(918)087 83 74</t>
+  </si>
+  <si>
+    <t>arsen@24alltime.com</t>
+  </si>
+  <si>
+    <t>04.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Предпроцессинг ЮГ»</t>
+  </si>
+  <si>
+    <t>ООО «Предпроцессинг ЮГ»</t>
+  </si>
+  <si>
+    <t>1160726050759</t>
+  </si>
+  <si>
+    <t>0725018319</t>
+  </si>
+  <si>
+    <t>360000, Кабардино-Балкарская Республика, г. Нальчик, ул. Балкарская, д. 20, к. А</t>
+  </si>
+  <si>
+    <t>8(905)436 99 71</t>
+  </si>
+  <si>
+    <t>aleksvaltsevv@mail.ru</t>
+  </si>
+  <si>
+    <t>1151224000036</t>
+  </si>
+  <si>
+    <t>1224000104</t>
+  </si>
+  <si>
+    <t>425000, Республика Марий Эл, г. Волжск, ул. Дружбы, д. 16, к. 2</t>
+  </si>
+  <si>
+    <t>www.erc12.ru</t>
+  </si>
+  <si>
+    <t>8(83631)4 41 69</t>
+  </si>
+  <si>
+    <t>mupercentr@mail.ru</t>
+  </si>
+  <si>
+    <t>1110327003500</t>
+  </si>
+  <si>
+    <t>0326497451</t>
+  </si>
+  <si>
+    <t>670045, Республика Бурятия, г. Улан-Удэ, ул. Трактовая, д. 26</t>
+  </si>
+  <si>
+    <t>www.uueirc.ru</t>
+  </si>
+  <si>
+    <t>8(3012)37 40 46</t>
+  </si>
+  <si>
+    <t>ooo-eirc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Муниципальный информационно-расчетный центр» пгт. Палана</t>
+  </si>
+  <si>
+    <t>МУП «МИРЦ» пгт. Палана</t>
+  </si>
+  <si>
+    <t>1024101416680</t>
+  </si>
+  <si>
+    <t>8200002169</t>
+  </si>
+  <si>
+    <t>688000, Камчатский край, р-н Тигильский, пгт Палана, ул. Гиля, д. 5, кв. 16</t>
+  </si>
+  <si>
+    <t>8(41543)3 16 43</t>
+  </si>
+  <si>
+    <t>mupmirzpalana@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РКЦ ДИЛОС»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ ДИЛОС»</t>
+  </si>
+  <si>
+    <t>1196952007559</t>
+  </si>
+  <si>
+    <t>6950229551</t>
+  </si>
+  <si>
+    <t>170016, Тверская область, г. о. город Тверь, г. Тверь, ул. Загородная, д. 12, к. 1, помещ. 4</t>
+  </si>
+  <si>
+    <t>8(4822)45 71 68</t>
+  </si>
+  <si>
+    <t>ooo-dilos@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Единый расчетно-кассовый центр «Домостроитель»</t>
+  </si>
+  <si>
+    <t>ООО ЕРКЦ «Домостроитель»</t>
+  </si>
+  <si>
+    <t>1103668031719</t>
+  </si>
+  <si>
+    <t>3662157739</t>
+  </si>
+  <si>
+    <t>394018, Воронежская область, г. Воронеж, ул. Свободы, д. 75, офис 305</t>
+  </si>
+  <si>
+    <t>8(473)271 49 69</t>
+  </si>
+  <si>
+    <t>svobody.75@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «ЦКП»</t>
+  </si>
+  <si>
+    <t>1185835017114</t>
+  </si>
+  <si>
+    <t>5803029542</t>
+  </si>
+  <si>
+    <t>442532, Пензенская область, г. Кузнецк, ул. Калинина, д. 105</t>
+  </si>
+  <si>
+    <t>mup-ckp58.ru</t>
+  </si>
+  <si>
+    <t>8(84157)3 05 91</t>
+  </si>
+  <si>
+    <t>ckp58@yandex.ru</t>
+  </si>
+  <si>
+    <t>07.10.2024</t>
+  </si>
+  <si>
+    <t>общество с ограниченной ответственностью «Единый расчетный центр республики карелия»</t>
+  </si>
+  <si>
+    <t>ООО «Ерц рк»</t>
+  </si>
+  <si>
+    <t>1221000006138</t>
+  </si>
+  <si>
+    <t>1000004670</t>
+  </si>
+  <si>
+    <t>186352, Республика Карелия, м. р-н Медвежьегорский, г. Медвежьегорск, г. п. Медвежьегорское, ул. Первомайская, д. 46А</t>
+  </si>
+  <si>
+    <t>8(911)405 11 81</t>
+  </si>
+  <si>
+    <t>info@erc-karelia.ru</t>
+  </si>
+  <si>
+    <t>08.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационный расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРКЦ»</t>
+  </si>
+  <si>
+    <t>1104613000425</t>
+  </si>
+  <si>
+    <t>4634010951</t>
+  </si>
+  <si>
+    <t>307250, Курская область, г. Курчатов, ул. Садовая, д. 9</t>
+  </si>
+  <si>
+    <t>8(47131)4 32 01</t>
+  </si>
+  <si>
+    <t>infoservis46@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационно-расчетный центр Краснодарского края»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ КК»</t>
+  </si>
+  <si>
+    <t>1182375011037</t>
+  </si>
+  <si>
+    <t>2312268952</t>
+  </si>
+  <si>
+    <t>350065, Краснодарский край, пр-кт им. писателя Знаменского, д. 31, к. 1, офис 105</t>
+  </si>
+  <si>
+    <t>8(918)389 13 10</t>
+  </si>
+  <si>
+    <t>zakon@odnookno.info</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «РАСЧЕТНЫЙ ЦЕНТР ДИАЛОГ»</t>
+  </si>
+  <si>
+    <t>ООО «РАСЧЕТНЫЙ ЦЕНТР ДИАЛОГ»</t>
+  </si>
+  <si>
+    <t>1232200012440</t>
+  </si>
+  <si>
+    <t>2207011330</t>
+  </si>
+  <si>
+    <t>658700, Алтайский край, М. Р-Н КАМЕНСКИЙ, Г. П. Г. КАМЕНЬ-НА-ОБИ, г. КАМЕНЬ-НА-ОБИ, УЛ. КОЛЕСНИКОВА, Д. 62, ПОМЕЩ. Н3</t>
+  </si>
+  <si>
+    <t>8(923)720 33 75</t>
+  </si>
+  <si>
+    <t>RA.DIALOGUE_22@MAIL.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Тихорецкий расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ТРКЦ»</t>
+  </si>
+  <si>
+    <t>1242300036351</t>
+  </si>
+  <si>
+    <t>2360017162</t>
+  </si>
+  <si>
+    <t>352120, Краснодарский край, м. р-н Тихорецкий, г. п. Тихорецкое, г. Тихорецк, ул. Октябрьская, д. 10</t>
+  </si>
+  <si>
+    <t>trkcmup.ru</t>
+  </si>
+  <si>
+    <t>8(86196)7 55 48</t>
+  </si>
+  <si>
+    <t>tih-trkc@mail.ru</t>
+  </si>
+  <si>
+    <t>09.10.2024</t>
+  </si>
+  <si>
+    <t>1246400013430</t>
+  </si>
+  <si>
+    <t>6446012981</t>
+  </si>
+  <si>
+    <t>412031, Саратовская область, м. р-н Ртищевский, г. п. город Ртищево, г. Ртищево, ул. Советская, д. 20</t>
+  </si>
+  <si>
+    <t>8(905)386 16 48</t>
+  </si>
+  <si>
+    <t>erkc.rtih@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Жилищный стандарт»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ Жилищный стандарт»</t>
+  </si>
+  <si>
+    <t>1176733002214</t>
+  </si>
+  <si>
+    <t>6732139989</t>
+  </si>
+  <si>
+    <t>214031, Смоленская область, г. о. город Смоленск, г. Смоленск, пр-кт Строителей, д. 3, кв. 46</t>
+  </si>
+  <si>
+    <t>8(910)782 91 57</t>
+  </si>
+  <si>
+    <t>klimenkova.1970@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр города Зима»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРКЦ г. Зима»</t>
+  </si>
+  <si>
+    <t>1163850063959</t>
+  </si>
+  <si>
+    <t>3814028547</t>
+  </si>
+  <si>
+    <t>665390, Иркутская область, г. о. Зиминский, г. Зима, ул. Клименко, д. 37</t>
+  </si>
+  <si>
+    <t>8(39554)3 11 24</t>
+  </si>
+  <si>
+    <t>erkc@zimadm.ru</t>
+  </si>
+  <si>
+    <t>1146453004917</t>
+  </si>
+  <si>
+    <t>6453137371</t>
+  </si>
+  <si>
+    <t>410033, Саратовская область, г. Саратов, ул. Международная, д. 40, кв. 33</t>
+  </si>
+  <si>
+    <t>www.рц64.рф</t>
+  </si>
+  <si>
+    <t>8(8452)93 90 36</t>
+  </si>
+  <si>
+    <t>Kvartplata64@yandex.ru</t>
+  </si>
+  <si>
+    <t>10.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единая управляющая компания»</t>
+  </si>
+  <si>
+    <t>ООО «Единая управляющая компания»</t>
+  </si>
+  <si>
+    <t>1073127001023</t>
+  </si>
+  <si>
+    <t>3127002614</t>
+  </si>
+  <si>
+    <t>309186, Белгородская область, г. Губкин, ул. Скворцова, д. 1А</t>
+  </si>
+  <si>
+    <t>gubkin-euk.ru</t>
+  </si>
+  <si>
+    <t>8(47241)5 10 45</t>
+  </si>
+  <si>
+    <t>euk-gubkin@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Жилищно-коммунальное хозяйство, г. Лесосибирска»</t>
+  </si>
+  <si>
+    <t>МУП «ЖКХ г. Лесосибирска»</t>
+  </si>
+  <si>
+    <t>1062454012004</t>
+  </si>
+  <si>
+    <t>2454017182</t>
+  </si>
+  <si>
+    <t>662547, Красноярский край, г. Лесосибирск, ул. Горького, д. 118В</t>
+  </si>
+  <si>
+    <t>gkh-lesosib.ru</t>
+  </si>
+  <si>
+    <t>8(39145)5 11 51</t>
+  </si>
+  <si>
+    <t>gkh-lesosib@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-вычислительный центр жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «ИВЦ ЖКХ»</t>
+  </si>
+  <si>
+    <t>1137154038174</t>
+  </si>
+  <si>
+    <t>7107546437</t>
+  </si>
+  <si>
+    <t>300000, Тульская область, г. Тула, ул. Войкова, д. 4/1</t>
+  </si>
+  <si>
+    <t>8(487)236 31 70</t>
+  </si>
+  <si>
+    <t>ivctula@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное Общество «Тюменская транспортная система»</t>
+  </si>
+  <si>
+    <t>АО «ТТС»</t>
+  </si>
+  <si>
+    <t>1087232001845</t>
+  </si>
+  <si>
+    <t>7202180479</t>
+  </si>
+  <si>
+    <t>625026, Тюменская область, г. Тюмень, ул. Котовского, д. 52/2</t>
+  </si>
+  <si>
+    <t>https://oao-tts.ru</t>
+  </si>
+  <si>
+    <t>8(3452)20 03 77</t>
+  </si>
+  <si>
+    <t>office@oao-tts.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Вектор»</t>
+  </si>
+  <si>
+    <t>ООО «Вектор»</t>
+  </si>
+  <si>
+    <t>1085827000951</t>
+  </si>
+  <si>
+    <t>5827011960</t>
+  </si>
+  <si>
+    <t>442150, Пензенская область, р-н Нижнеломовский, г. Нижний Ломов, ул. Октябрьская, д. 20</t>
+  </si>
+  <si>
+    <t>8(927)099 59 29</t>
+  </si>
+  <si>
+    <t>mupzhkh2012@yandex.ru</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Тогучинский расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Тогучинский РКЦ»</t>
+  </si>
+  <si>
+    <t>1185476092735</t>
+  </si>
+  <si>
+    <t>5438001470</t>
+  </si>
+  <si>
+    <t>633456, Новосибирская область, р-н Тогучинский, г. Тогучин, ул. Лапина, д. 13</t>
+  </si>
+  <si>
+    <t>https://cabinet.gkh-tog.ru/</t>
+  </si>
+  <si>
+    <t>8(383)402 20 55</t>
+  </si>
+  <si>
+    <t>rkc@gkh-tog.ru</t>
+  </si>
+  <si>
+    <t>1186658052338</t>
+  </si>
+  <si>
+    <t>6685151023</t>
+  </si>
+  <si>
+    <t>623280, Свердловская область, г. о. Ревда, г. Ревда, ул. Азина, зд. 68А, офис 3</t>
+  </si>
+  <si>
+    <t>8(34397)3 25 25; 8(34397)3 05 05</t>
+  </si>
+  <si>
+    <t>csc_ric@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Первый Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>1046405027162</t>
+  </si>
+  <si>
+    <t>6450076427</t>
+  </si>
+  <si>
+    <t>410056, Саратовская область, г. Саратов, пр-д Ильинский, д. 11, помещ. 202-1</t>
+  </si>
+  <si>
+    <t>https://www.grc64.ru</t>
+  </si>
+  <si>
+    <t>8(8452)53 54 41</t>
+  </si>
+  <si>
+    <t>info-gorcenter@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «МИСОФТ»</t>
+  </si>
+  <si>
+    <t>ООО «МИСОФТ»</t>
+  </si>
+  <si>
+    <t>1068601012204</t>
+  </si>
+  <si>
+    <t>8601029922</t>
+  </si>
+  <si>
+    <t>628011, Ханты-Мансийский автономный округ - Югра, г. Ханты-Мансийск, ул. Студенческая, зд. 27, офис 328. 1</t>
+  </si>
+  <si>
+    <t>8(902)819 69 57</t>
+  </si>
+  <si>
+    <t>IrinaASkr@mail.ru</t>
+  </si>
+  <si>
+    <t>15.10.2024</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ВЕРТУ»</t>
+  </si>
+  <si>
+    <t>ООО «ВЕРТУ»</t>
+  </si>
+  <si>
+    <t>1229400048811</t>
+  </si>
+  <si>
+    <t>9403012887</t>
+  </si>
+  <si>
+    <t>291016, Луганская Народная Республика, г. о. город Луганск, г. Луганск, ул. Демехина, д. 27А</t>
+  </si>
+  <si>
+    <t>8(959)102 85 00</t>
+  </si>
+  <si>
+    <t>alekseytkachov@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Поволжский расчётный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Поволжский расчётный центр»</t>
+  </si>
+  <si>
+    <t>1226400015478</t>
+  </si>
+  <si>
+    <t>6450115740</t>
+  </si>
+  <si>
+    <t>410012, Саратовская область, г. о. город Саратов, г. Саратов, ул. Вольская, д. 127/133</t>
+  </si>
+  <si>
+    <t>8(963)114 63 21</t>
+  </si>
+  <si>
+    <t>Nata.PRC@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая жилищная компания»</t>
+  </si>
+  <si>
+    <t>ООО «Управляющая жилищная компания»</t>
+  </si>
+  <si>
+    <t>1087609001666</t>
+  </si>
+  <si>
+    <t>7616008218</t>
+  </si>
+  <si>
+    <t>152240, Ярославская область, р-н Гаврилов-Ямский, г. Гаврилов-Ям, ул. Кирова, д. 10</t>
+  </si>
+  <si>
+    <t>8(48534)2 09 80</t>
+  </si>
+  <si>
+    <t>ugkgawyam@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РПРЦ»</t>
+  </si>
+  <si>
+    <t>ООО «РПРЦ»</t>
+  </si>
+  <si>
+    <t>1160571057668</t>
+  </si>
+  <si>
+    <t>0572014554</t>
+  </si>
+  <si>
+    <t>367000, Республика Дагестан, г. Махачкала, ул. Абубакарова, д. 115</t>
+  </si>
+  <si>
+    <t>www.rprc05.ru</t>
+  </si>
+  <si>
+    <t>8(8722)55 40 40</t>
+  </si>
+  <si>
+    <t>rprc@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жил-Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Жил-Центр»</t>
+  </si>
+  <si>
+    <t>1227100011874</t>
+  </si>
+  <si>
+    <t>7100026975</t>
+  </si>
+  <si>
+    <t>300028, Тульская область, г. о. город Тула, г. Тула, ул. Седова, д. 25, помещ. 1, ком. 1</t>
+  </si>
+  <si>
+    <t>8(4872)25 00 25</t>
+  </si>
+  <si>
+    <t>ooozhilcentr@yandex.ru</t>
+  </si>
+  <si>
+    <t>16.10.2024</t>
+  </si>
+  <si>
+    <t>1096440000140</t>
+  </si>
+  <si>
+    <t>6440019927</t>
+  </si>
+  <si>
+    <t>412310, Саратовская область, г. Балашов, ул. Тимирязева, д. 3</t>
+  </si>
+  <si>
+    <t>8(962)617 46 74</t>
+  </si>
+  <si>
+    <t>raschetcenter@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Спутник»</t>
+  </si>
+  <si>
+    <t>ООО «Спутник»</t>
+  </si>
+  <si>
+    <t>1106381000384</t>
+  </si>
+  <si>
+    <t>6381013470</t>
+  </si>
+  <si>
+    <t>446910, Самарская область, р-н Шенталинский, ж/д ст Шентала, ул. Куйбышева, д. 26</t>
+  </si>
+  <si>
+    <t>8(84652)2 25 28</t>
+  </si>
+  <si>
+    <t>nash.dom@ro.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управдом»</t>
+  </si>
+  <si>
+    <t>ООО «Управдом»</t>
+  </si>
+  <si>
+    <t>1086215003137</t>
+  </si>
+  <si>
+    <t>6213008887</t>
+  </si>
+  <si>
+    <t>391112, Рязанская область, р-н Рыбновский, г. Рыбное, ул. Веселая, д. 20 «Б»</t>
+  </si>
+  <si>
+    <t>8(910)641 01 03; 8(906)540 03 81</t>
+  </si>
+  <si>
+    <t>upravdomrzn@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РПС»</t>
+  </si>
+  <si>
+    <t>ООО «РПС»</t>
+  </si>
+  <si>
+    <t>1222300019391</t>
+  </si>
+  <si>
+    <t>2315225026</t>
+  </si>
+  <si>
+    <t>353922, Краснодарский край, г. о. город Новороссийск, г. Новороссийск, ул. Героев Десантников, д. 89, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(8617)63 37 37 доб. 3; 8(988)762 66 55</t>
+  </si>
+  <si>
+    <t>rps.rc@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РАСЧЕТНО-КАССОВЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>1191513003296</t>
+  </si>
+  <si>
+    <t>1514016787</t>
+  </si>
+  <si>
+    <t>363240, Республика Северная Осетия - Алания, р-н Алагирский, г. Алагир, ул. Ленина, д. 117, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(918)702 99 00</t>
+  </si>
+  <si>
+    <t>rkc.alagir@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Теплоэнергоресурс»</t>
+  </si>
+  <si>
+    <t>ООО «Теплоэнергоресурс»</t>
+  </si>
+  <si>
+    <t>1176658112355</t>
+  </si>
+  <si>
+    <t>6680007763</t>
+  </si>
+  <si>
+    <t>624983, Свердловская область, г. о. Серовский, г. Серов, ул. Попова, д. 17, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(343)857 86 71</t>
+  </si>
+  <si>
+    <t>terserov@mail.ru</t>
+  </si>
+  <si>
+    <t>Областное государственное унитарное предприятие «Магаданкоммунэнерго»</t>
+  </si>
+  <si>
+    <t>ОГУП «Магаданкоммунэнерго»</t>
+  </si>
+  <si>
+    <t>1194910002352</t>
+  </si>
+  <si>
+    <t>4909130935</t>
+  </si>
+  <si>
+    <t>685000, Магаданская область, г. Магадан, ул. Набережная реки Магаданки, д. 15, кабинет 409</t>
+  </si>
+  <si>
+    <t>https://еркц49.рф</t>
+  </si>
+  <si>
+    <t>8(4132)61 73 76</t>
+  </si>
+  <si>
+    <t>epd-mag49@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЖИЛБЫТСЕРВИС - М»</t>
+  </si>
+  <si>
+    <t>ООО «ЖИЛБЫТСЕРВИС - М»</t>
+  </si>
+  <si>
+    <t>1061644063150</t>
+  </si>
+  <si>
+    <t>1644039023</t>
+  </si>
+  <si>
+    <t>423450, Республика Татарстан (Татарстан), р-н Альметьевский, г. Альметьевск, ул. Тимирязева, д. 17</t>
+  </si>
+  <si>
+    <t>8(8553)32 51 88</t>
+  </si>
+  <si>
+    <t>na.verner@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Региональный расчетный центр Ставропольского края»</t>
+  </si>
+  <si>
+    <t>ООО «РРЦ СК»</t>
+  </si>
+  <si>
+    <t>1222600015846</t>
+  </si>
+  <si>
+    <t>2634111226</t>
+  </si>
+  <si>
+    <t>355006, Ставропольский край, г. о. город Ставрополь, г. Ставрополь, пр-кт К. Маркса, д. 60</t>
+  </si>
+  <si>
+    <t>rrcsk.ru</t>
+  </si>
+  <si>
+    <t>8(8652)29 68 41</t>
+  </si>
+  <si>
+    <t>rrc@rrcsk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Баганское автотранспортное предприятие»</t>
+  </si>
+  <si>
+    <t>ООО «Баганское АТП»</t>
+  </si>
+  <si>
+    <t>1245400040203</t>
+  </si>
+  <si>
+    <t>5403085648</t>
+  </si>
+  <si>
+    <t>632770, Новосибирская область, м. р-н Баганский, с. п. Баганский сельсовет, с. Баган, пер. Индустриальный, д. 1</t>
+  </si>
+  <si>
+    <t>8(383)532 15 98</t>
+  </si>
+  <si>
+    <t>atp-bagan@rambler.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-информационный центр жилищного хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «РИЦ ЖХ»</t>
+  </si>
+  <si>
+    <t>1121001003254</t>
+  </si>
+  <si>
+    <t>1001256230</t>
+  </si>
+  <si>
+    <t>185035, Республика Карелия, г. Петрозаводск, ул. Герцена (центр р-н), д. 41</t>
+  </si>
+  <si>
+    <t>8(911)407 68 19</t>
+  </si>
+  <si>
+    <t>bobrik.flatpay@gmail.ru</t>
+  </si>
+  <si>
+    <t>17.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЭЛЬБРУС»</t>
+  </si>
+  <si>
+    <t>ООО «ЭЛЬБРУС»</t>
+  </si>
+  <si>
+    <t>1217100003911</t>
+  </si>
+  <si>
+    <t>7100004040</t>
+  </si>
+  <si>
+    <t>300041, Тульская область, г. о. город Тула, г. Тула, ул. К. Цеткин, д. 20, к. 2, помещ. 31</t>
+  </si>
+  <si>
+    <t>8(961)145 07 07</t>
+  </si>
+  <si>
+    <t>a9611450707@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергосберегающая компания «ВиК»</t>
+  </si>
+  <si>
+    <t>ООО «Эко «ВиК»</t>
+  </si>
+  <si>
+    <t>1156682002014</t>
+  </si>
+  <si>
+    <t>6682009597</t>
+  </si>
+  <si>
+    <t>624192, Свердловская область, г. Невьянск, ул. Карла Маркса, д. 2, помещ. 40</t>
+  </si>
+  <si>
+    <t>8(912)223 35 43</t>
+  </si>
+  <si>
+    <t>kipelovanv@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый Информационно-Расчетный Центр Краснодарского края»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ Краснодарского края»</t>
+  </si>
+  <si>
+    <t>1172375017980</t>
+  </si>
+  <si>
+    <t>2310199118</t>
+  </si>
+  <si>
+    <t>350020, Краснодарский край, г. о. город Краснодар, г. Краснодар, ул. Гаражная, д. 67, помещ. 176</t>
+  </si>
+  <si>
+    <t>8(918)979 48 48</t>
+  </si>
+  <si>
+    <t>eirc@odnookno.info</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Компания Компьютер-Сервис»</t>
+  </si>
+  <si>
+    <t>ООО «Компания Компьютер-Сервис»</t>
+  </si>
+  <si>
+    <t>1044315501251</t>
+  </si>
+  <si>
+    <t>4329008882</t>
+  </si>
+  <si>
+    <t>613150, Кировская область, р-н Слободской, г. Слободской, ул. Вятская, д. 6</t>
+  </si>
+  <si>
+    <t>8(833)624 12 30</t>
+  </si>
+  <si>
+    <t>computerservice.slob@yandex.ru</t>
+  </si>
+  <si>
+    <t>1053478417750</t>
+  </si>
+  <si>
+    <t>3423019618</t>
+  </si>
+  <si>
+    <t>404263, Волгоградская область, р-н Палласовский, г. Палласовка, ул. Остравская, д. 15</t>
+  </si>
+  <si>
+    <t>8(904)773 30 59</t>
+  </si>
+  <si>
+    <t>ricpall@mail.ru</t>
+  </si>
+  <si>
+    <t>18.10.2024</t>
+  </si>
+  <si>
+    <t>1152543025360</t>
+  </si>
+  <si>
+    <t>2543087047</t>
+  </si>
+  <si>
+    <t>690033, Приморский край, г. Владивосток, ул. Гамарника, д. 12А, кв. 41</t>
+  </si>
+  <si>
+    <t>8(42357)2 97 00</t>
+  </si>
+  <si>
+    <t>rkc@infohit.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр Солнечный»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ Солнечный»</t>
+  </si>
+  <si>
+    <t>1172651008529</t>
+  </si>
+  <si>
+    <t>2607021742</t>
+  </si>
+  <si>
+    <t>356126, Ставропольский край, р-н Изобильненский, п Солнечнодольск, ул. Молодежная, д. 15</t>
+  </si>
+  <si>
+    <t>8(86545)3 54 57</t>
+  </si>
+  <si>
+    <t>rkc-solnechniy@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Бухгалтерия и Кадры»</t>
+  </si>
+  <si>
+    <t>ООО «БиК»</t>
+  </si>
+  <si>
+    <t>1186658041350</t>
+  </si>
+  <si>
+    <t>6684031855</t>
+  </si>
+  <si>
+    <t>623286, Свердловская область, г. Ревда, ул. Чехова, д. 9, кв. 11</t>
+  </si>
+  <si>
+    <t>8(922)159 08 89</t>
+  </si>
+  <si>
+    <t>anikiforova14@gmail.com</t>
+  </si>
+  <si>
+    <t>22.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Пешковское домоуправление»</t>
+  </si>
+  <si>
+    <t>ООО «Пешковское домоуправление»</t>
+  </si>
+  <si>
+    <t>1105044000357</t>
+  </si>
+  <si>
+    <t>5044072925</t>
+  </si>
+  <si>
+    <t>141532, Московская область, г. Солнечногорск, д. Радумля, д. 16</t>
+  </si>
+  <si>
+    <t>8(915)173 82 86</t>
+  </si>
+  <si>
+    <t>irinazachesova@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Независимая энергосбытовая компания Краснодарского края»</t>
+  </si>
+  <si>
+    <t>АО «НЭСК»</t>
+  </si>
+  <si>
+    <t>1032304155102</t>
+  </si>
+  <si>
+    <t>2308091759</t>
+  </si>
+  <si>
+    <t>350049, Краснодарский край, г. о. город Краснодар, г. Краснодар, ул. Красных Партизан, д. 192, офис 802</t>
+  </si>
+  <si>
+    <t>WWW.NESK.RU</t>
+  </si>
+  <si>
+    <t>8(861)992 70 20</t>
+  </si>
+  <si>
+    <t>sokoletcrv@nesk.ru; Kupingi@nesk.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Учётно-энергетическая компания «Советский»</t>
+  </si>
+  <si>
+    <t>АО «УЭК «Советский»</t>
+  </si>
+  <si>
+    <t>1118622000595</t>
+  </si>
+  <si>
+    <t>8622021378</t>
+  </si>
+  <si>
+    <t>628240, Ханты-Мансийский автономный округ - Югра, р-н Советский, г. Советский, ул. Калинина, зд. 35А, офис 7</t>
+  </si>
+  <si>
+    <t>http://ueksov.ru</t>
+  </si>
+  <si>
+    <t>8(34675)3 05 90</t>
+  </si>
+  <si>
+    <t>sov_eric@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «КИТ»</t>
+  </si>
+  <si>
+    <t>АО «КИТ»</t>
+  </si>
+  <si>
+    <t>1227700193490</t>
+  </si>
+  <si>
+    <t>9709079511</t>
+  </si>
+  <si>
+    <t>109147, город Москва, вн. тер. г. муниципальный округ Таганский, ул. Воронцовская, д. 35Б, к. 2, помещ. 2Ч</t>
+  </si>
+  <si>
+    <t>https://clickit.team/</t>
+  </si>
+  <si>
+    <t>8(800)550 89 91</t>
+  </si>
+  <si>
+    <t>info@clickit.team</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Информационно-вычислительный центр ЖКХ»</t>
+  </si>
+  <si>
+    <t>АО «ИВЦ ЖКХ»</t>
+  </si>
+  <si>
+    <t>1246100019560</t>
+  </si>
+  <si>
+    <t>6167208511</t>
+  </si>
+  <si>
+    <t>344019, Ростовская область, г. о. город Ростов-на-Дону, г. Ростов-на-Дону, ул. Максима Горького, двлд. 295</t>
+  </si>
+  <si>
+    <t>https://rostov-zkh.ru</t>
+  </si>
+  <si>
+    <t>8(863)251 73 54</t>
+  </si>
+  <si>
+    <t>secretar@mail.rostov-zkh.ru</t>
+  </si>
+  <si>
+    <t>23.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «А Сервис»</t>
+  </si>
+  <si>
+    <t>ООО «А Сервис»</t>
+  </si>
+  <si>
+    <t>1160400051228</t>
+  </si>
+  <si>
+    <t>0411175617</t>
+  </si>
+  <si>
+    <t>656049, Алтайский край, г. о. город Барнаул, г. Барнаул, ул. Песчаная, д. 87А</t>
+  </si>
+  <si>
+    <t>8(902)145 37 02</t>
+  </si>
+  <si>
+    <t>info.aservis@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Начало»</t>
+  </si>
+  <si>
+    <t>ООО «УК « Начало»</t>
+  </si>
+  <si>
+    <t>1107446000716</t>
+  </si>
+  <si>
+    <t>7446059276</t>
+  </si>
+  <si>
+    <t>455047, Челябинская область, г. Магнитогорск, ул. Художника Соловьева, д. 1, офис 1</t>
+  </si>
+  <si>
+    <t>https:/ykzapad1.ru/</t>
+  </si>
+  <si>
+    <t>8(3519)58 03 05</t>
+  </si>
+  <si>
+    <t>ukzapad1@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество "Калачинский Коммунальник"</t>
+  </si>
+  <si>
+    <t>АО "Калачинский Коммунальник"</t>
+  </si>
+  <si>
+    <t>1145543031050</t>
+  </si>
+  <si>
+    <t>5515201652</t>
+  </si>
+  <si>
+    <t>646902, Омская область, р-н Калачинский, г. Калачинск, ул. 30 лет Победы, д. 106 А</t>
+  </si>
+  <si>
+    <t>8(38155)2 54 01</t>
+  </si>
+  <si>
+    <t>kalach_gkh@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Дальсервис УК»</t>
+  </si>
+  <si>
+    <t>ООО «Дальсервис УК»</t>
+  </si>
+  <si>
+    <t>1194101005229</t>
+  </si>
+  <si>
+    <t>4109006015</t>
+  </si>
+  <si>
+    <t>684415, Камчатский край, р-н Усть-Камчатский, п. Усть-Камчатск, ул. 60 лет Октября, д. 24</t>
+  </si>
+  <si>
+    <t>8(41534)2 01 03</t>
+  </si>
+  <si>
+    <t>ke2ds.ustkam@mail.ru</t>
+  </si>
+  <si>
+    <t>1243300007180</t>
+  </si>
+  <si>
+    <t>3300015317</t>
+  </si>
+  <si>
+    <t>601800, Владимирская область, м. р-н Юрьев-Польский, г. п. город Юрьев-Польский, г. Юрьев-Польский, ул. Луговая, д. 27А</t>
+  </si>
+  <si>
+    <t>8(930)742 85 33</t>
+  </si>
+  <si>
+    <t>yrpolrkc33@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Благовещенский Расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Благ-РКЦ»</t>
+  </si>
+  <si>
+    <t>1142801001672</t>
+  </si>
+  <si>
+    <t>2801193485</t>
+  </si>
+  <si>
+    <t>675004, Амурская область, г. Благовещенск, ул. Калинина, д. 52</t>
+  </si>
+  <si>
+    <t>www.blag-rkc.ru</t>
+  </si>
+  <si>
+    <t>8(4162)49 44 33</t>
+  </si>
+  <si>
+    <t>info@blag-rkc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «А-ПАРК»</t>
+  </si>
+  <si>
+    <t>ООО «А-ПАРК»</t>
+  </si>
+  <si>
+    <t>1147847304263</t>
+  </si>
+  <si>
+    <t>7839501441</t>
+  </si>
+  <si>
+    <t>190005, город Санкт-Петербург, пр-кт Московский, д. 25/1, литер Б, помещ. 3Н</t>
+  </si>
+  <si>
+    <t>8(921)407 66 39</t>
+  </si>
+  <si>
+    <t>ac_apark@apgroup.spb.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единый Расчетно-Кассовый Центр»</t>
+  </si>
+  <si>
+    <t>1106443000344</t>
+  </si>
+  <si>
+    <t>6433005708</t>
+  </si>
+  <si>
+    <t>413211, Саратовская область, р-н Советский, рп. Степное, ул. Октябрьская, д. 8</t>
+  </si>
+  <si>
+    <t>https://stepnoerkc.ru/</t>
+  </si>
+  <si>
+    <t>8(845)665 10 99</t>
+  </si>
+  <si>
+    <t>stepnoerkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие «БайконурСвязьИнформ»</t>
+  </si>
+  <si>
+    <t>ГУП «БайконурСвязьИнформ»</t>
+  </si>
+  <si>
+    <t>1029900507372</t>
+  </si>
+  <si>
+    <t>9901000362</t>
+  </si>
+  <si>
+    <t>468320, пр-кт Академика Королева, зд. 27А</t>
+  </si>
+  <si>
+    <t>www.baykonur.ru</t>
+  </si>
+  <si>
+    <t>8(33622)7 25 25</t>
+  </si>
+  <si>
+    <t>gupbsi@baykonur.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ямал»</t>
+  </si>
+  <si>
+    <t>ООО «Ямал»</t>
+  </si>
+  <si>
+    <t>1078905003650</t>
+  </si>
+  <si>
+    <t>8905040364</t>
+  </si>
+  <si>
+    <t>629800, Ямало-Ненецкий автономный округ, г. Ноябрьск, ул. Советская, д. 16А</t>
+  </si>
+  <si>
+    <t>8(3496)39 80 37</t>
+  </si>
+  <si>
+    <t>postmaster@uk-noyabrsk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Комплексный расчетный центр города Петрозаводска»</t>
+  </si>
+  <si>
+    <t>1071001007660</t>
+  </si>
+  <si>
+    <t>1001190250</t>
+  </si>
+  <si>
+    <t>185035, Республика Карелия, г. Петрозаводск, ул. Гоголя (Центр р-н), д. 60, этаж 3, помещ. 14</t>
+  </si>
+  <si>
+    <t>https://крц10.рф</t>
+  </si>
+  <si>
+    <t>8(8142)59 21 59</t>
+  </si>
+  <si>
+    <t>krc-feedback@rsk.karelia.ru</t>
+  </si>
+  <si>
+    <t>1225900017639</t>
+  </si>
+  <si>
+    <t>5948065350</t>
+  </si>
+  <si>
+    <t>614532, Пермский край, м. о. Пермский, с. Лобаново, ул. Звонкая, д. 9</t>
+  </si>
+  <si>
+    <t>8(902)477 32 18</t>
+  </si>
+  <si>
+    <t>rccperm@yandex.ru</t>
+  </si>
+  <si>
+    <t>24.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Детский Оздоровительный Комплекс «Лужский»</t>
+  </si>
+  <si>
+    <t>ООО «ДОК «Лужский»</t>
+  </si>
+  <si>
+    <t>1027804913960</t>
+  </si>
+  <si>
+    <t>7810691327</t>
+  </si>
+  <si>
+    <t>188230, Ленинградская область, м. р-н Лужский, г. п. Лужское, г. Луга, ул. Западная, д. 16/3, помещ. 50</t>
+  </si>
+  <si>
+    <t>8(813)722 36 60</t>
+  </si>
+  <si>
+    <t>ivanova_ea2@vodokanal.spb.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания – Лидер»</t>
+  </si>
+  <si>
+    <t>ООО «УК – Лидер»</t>
+  </si>
+  <si>
+    <t>1085468000375</t>
+  </si>
+  <si>
+    <t>5453176731</t>
+  </si>
+  <si>
+    <t>632122, Новосибирская область, М. О. ТАТАРСКИЙ, г. ТАТАРСК, УЛ. ВАСИЛЕВСКОГО, Д. 3А</t>
+  </si>
+  <si>
+    <t>+7 (38364) 2-23-07</t>
+  </si>
+  <si>
+    <t>ooouklider@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Восток»</t>
+  </si>
+  <si>
+    <t>ООО «Восток»</t>
+  </si>
+  <si>
+    <t>1103668019674</t>
+  </si>
+  <si>
+    <t>3661050221</t>
+  </si>
+  <si>
+    <t>394042, Воронежская область, г. о. город Воронеж, г. Воронеж, ул. Старых Большевиков, д. 2, помещ. 5/2</t>
+  </si>
+  <si>
+    <t>8(473)202 84 04</t>
+  </si>
+  <si>
+    <t>ooo.vostok2010@yandex.ru</t>
+  </si>
+  <si>
+    <t>Лесновское муниципальное унитарное предприятие жилищно-коммунального хозяйства муниципального образования – Лесновское городское поселение Шиловского муниципального района Рязанской области</t>
+  </si>
+  <si>
+    <t>Лесновское МУП ЖКХ</t>
+  </si>
+  <si>
+    <t>1026200852633</t>
+  </si>
+  <si>
+    <t>6225001565</t>
+  </si>
+  <si>
+    <t>391539, Рязанская область, м. р-н Шиловский, рп Лесной, ул. Заводская, д. 22Б, стр. 5</t>
+  </si>
+  <si>
+    <t>8(4913)63 74 59</t>
+  </si>
+  <si>
+    <t>lesnoy_mup_gkx@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр информационных технологий»</t>
+  </si>
+  <si>
+    <t>ООО «ЦИТ»</t>
+  </si>
+  <si>
+    <t>1161101050274</t>
+  </si>
+  <si>
+    <t>1104014095</t>
+  </si>
+  <si>
+    <t>169841, Республика Коми, г. Инта, ул. Мира, д. 41, кв. 59</t>
+  </si>
+  <si>
+    <t>http://cit.vkvartplate.ru</t>
+  </si>
+  <si>
+    <t>8(904)863 61 30</t>
+  </si>
+  <si>
+    <t>admin@cit-inta.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый Расчетный Центр Сухокумск»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРЦ Сухокумск»</t>
+  </si>
+  <si>
+    <t>1230500006582</t>
+  </si>
+  <si>
+    <t>0549003032</t>
+  </si>
+  <si>
+    <t>368890, Республика Дагестан, г. о. город Южно-Сухокумск, г. Южно-Сухокумск, ул. Буйнакского, д. 12, кв. 15</t>
+  </si>
+  <si>
+    <t>8(988)774 03 17</t>
+  </si>
+  <si>
+    <t>rismailova125@gmail.com</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Комплексный Расчетный Центр»</t>
+  </si>
+  <si>
+    <t>1202300070202</t>
+  </si>
+  <si>
+    <t>2312297470</t>
+  </si>
+  <si>
+    <t>350087, Краснодарский край, г. о. город Краснодар, г. Краснодар, ул. им. Комарова В. М., д. 21/1, к. 7, помещ. 8, 9</t>
+  </si>
+  <si>
+    <t>8(918)438 98 74</t>
+  </si>
+  <si>
+    <t>krckrd@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Слетать.ру Москва»</t>
+  </si>
+  <si>
+    <t>ООО «Слетать.ру Москва»</t>
+  </si>
+  <si>
+    <t>5157746184239</t>
+  </si>
+  <si>
+    <t>7702395507</t>
+  </si>
+  <si>
+    <t>125319, город Москва, ул. Академика Ильюшина, д. 12, помещ. 2/1</t>
+  </si>
+  <si>
+    <t>8(921)743 55 55</t>
+  </si>
+  <si>
+    <t>ov@sletat.ru</t>
+  </si>
+  <si>
+    <t>1122815000549</t>
+  </si>
+  <si>
+    <t>2818006180</t>
+  </si>
+  <si>
+    <t>676124, Амурская область, м. р-н Магдагачинский, г. п. Рабочий поселок (поселок городского типа) Магдагачи, пгт Магдагачи, ул. Новая, д. 11</t>
+  </si>
+  <si>
+    <t>8(416)535 88 88</t>
+  </si>
+  <si>
+    <t>ekc.magdagachi@mail.ru</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Амурский расчетно-кассовый центр» городского поселения «Город Амурск» Амурского муниципального района Хабаровского края</t>
+  </si>
+  <si>
+    <t>МУП «АРКЦ»</t>
+  </si>
+  <si>
+    <t>1072706000443</t>
+  </si>
+  <si>
+    <t>2706028690</t>
+  </si>
+  <si>
+    <t>682643, Хабаровский край, г. Амурск, пр-кт Победы, д. 16, 57</t>
+  </si>
+  <si>
+    <t>8(42142)2 63 88</t>
+  </si>
+  <si>
+    <t>muparkc2014@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Расчетно-кассовый центр р.п. Линево»</t>
+  </si>
+  <si>
+    <t>МУП «РКЦ р.п. Линево»</t>
+  </si>
+  <si>
+    <t>1115483001370</t>
+  </si>
+  <si>
+    <t>5443004170</t>
+  </si>
+  <si>
+    <t>633216, Новосибирская область, р-н Искитимский, рп. Линево, пр-кт Коммунистический, д. 5</t>
+  </si>
+  <si>
+    <t>https://rkc-linevo.ru</t>
+  </si>
+  <si>
+    <t>8(912)097 20 77</t>
+  </si>
+  <si>
+    <t>mup@rkc-linevo.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-вычислительный центр по сбору и обработке коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «ИВЦ по сбору и обработке коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>1243600019662</t>
+  </si>
+  <si>
+    <t>3652904389</t>
+  </si>
+  <si>
+    <t>397855, Воронежская область, м. р-н Острогожский, г. Острогожск, г. п. город Острогожск, ул. Прохоренко, зд. 142</t>
+  </si>
+  <si>
+    <t>8(473)754 26 24</t>
+  </si>
+  <si>
+    <t>IVCSBOR@ICMAIL.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «А2»</t>
+  </si>
+  <si>
+    <t>ООО «А2»</t>
+  </si>
+  <si>
+    <t>1105012000653</t>
+  </si>
+  <si>
+    <t>5012059463</t>
+  </si>
+  <si>
+    <t>143964, Московская область, г. Реутов, ул. Дзержинского, д. 1, помещение 001, офис 24</t>
+  </si>
+  <si>
+    <t>https://primpay.ru</t>
+  </si>
+  <si>
+    <t>8(985)130 37 37</t>
+  </si>
+  <si>
+    <t>primpay@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Псков энергосбыт»</t>
+  </si>
+  <si>
+    <t>АО «Псков энергосбыт»</t>
+  </si>
+  <si>
+    <t>1046000314238</t>
+  </si>
+  <si>
+    <t>6027084016</t>
+  </si>
+  <si>
+    <t>180000, Псковская область, г. о. город Псков, г. Псков, ул. Карла Маркса, д. 1А</t>
+  </si>
+  <si>
+    <t>https://pskovenergosbit.ru/</t>
+  </si>
+  <si>
+    <t>+7 (811) 244-40-40</t>
+  </si>
+  <si>
+    <t>enersbit@pskovenergosbit.ru</t>
+  </si>
+  <si>
+    <t>28.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Объединенный оператор»</t>
+  </si>
+  <si>
+    <t>ООО «ОО»</t>
+  </si>
+  <si>
+    <t>1187746633425</t>
+  </si>
+  <si>
+    <t>7703461054</t>
+  </si>
+  <si>
+    <t>123022, город Москва, вн. тер. г. муниципальный округ Пресненский, ул. 2-я Звенигородская, д. 13, стр. 43, помещ. 1/6</t>
+  </si>
+  <si>
+    <t>www.uoperator.ru</t>
+  </si>
+  <si>
+    <t>8(495)215 57 46</t>
+  </si>
+  <si>
+    <t>m4@uoperator.ru</t>
+  </si>
+  <si>
+    <t>29.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр ЖКУ»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ ЖКУ»</t>
+  </si>
+  <si>
+    <t>1243900010617</t>
+  </si>
+  <si>
+    <t>3914025780</t>
+  </si>
+  <si>
+    <t>238150, Калининградская область, м. о. Черняховский, г. Черняховск, ул. Барклая де Толли, д. 2</t>
+  </si>
+  <si>
+    <t>8(40141)3 47 74; 8(40141)3 42 21</t>
+  </si>
+  <si>
+    <t>muprkc39@yandex.ru</t>
+  </si>
+  <si>
+    <t>1085445001620</t>
+  </si>
+  <si>
+    <t>5445256430</t>
+  </si>
+  <si>
+    <t>633010, Новосибирская область, г. о. город Бердск, г. Бердск, ул. Островского, д. 78</t>
+  </si>
+  <si>
+    <t>8(38341)5 08 63</t>
+  </si>
+  <si>
+    <t>rkcberdsk@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая Компания «Тафгай»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Тафгай»</t>
+  </si>
+  <si>
+    <t>1161832081575</t>
+  </si>
+  <si>
+    <t>1832142231</t>
+  </si>
+  <si>
+    <t>426006, Удмуртская Республика, г. Ижевск, ул. Оружейника Драгунова, д. 64</t>
+  </si>
+  <si>
+    <t>uktafgay.ru</t>
+  </si>
+  <si>
+    <t>8(3412)24 51 41</t>
+  </si>
+  <si>
+    <t>uktafgai@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «НИ-Плюс»</t>
+  </si>
+  <si>
+    <t>ООО «НИ-Плюс»</t>
+  </si>
+  <si>
+    <t>1091831002944</t>
+  </si>
+  <si>
+    <t>1831135633</t>
+  </si>
+  <si>
+    <t>426008, Удмуртская Республика, г. Ижевск, ул. Пушкинская, д. 268, офис 4</t>
+  </si>
+  <si>
+    <t>8(3412)91 80 04</t>
+  </si>
+  <si>
+    <t>corp@mark-itt.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр коммунальных расчетов и сборов»</t>
+  </si>
+  <si>
+    <t>ООО «Центр КРиС»</t>
+  </si>
+  <si>
+    <t>1157154014918</t>
+  </si>
+  <si>
+    <t>7116148513</t>
+  </si>
+  <si>
+    <t>301650, Тульская область, р-н Новомосковский, г. Новомосковск, ул. Куйбышева, д. 34/35</t>
+  </si>
+  <si>
+    <t>8(48762)6 42 07</t>
+  </si>
+  <si>
+    <t>kris-2016@yandex.ru; kris@novomoskovsk.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЛАЙТПЭЙ»</t>
+  </si>
+  <si>
+    <t>ООО «ЛАЙТПЭЙ»</t>
+  </si>
+  <si>
+    <t>1150572000930</t>
+  </si>
+  <si>
+    <t>0572010341</t>
+  </si>
+  <si>
+    <t>367029, Республика Дагестан, г. Махачкала, ул. Шамсулы Алиева, д. 29, к. А, эт/оф 4</t>
+  </si>
+  <si>
+    <t>8(928)575 81 63</t>
+  </si>
+  <si>
+    <t>laitpay@gmail.com</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное жилищно-эксплуатационное предприятие с. Онохино</t>
+  </si>
+  <si>
+    <t>МУЖЭП с. Онохино</t>
+  </si>
+  <si>
+    <t>1067203021544</t>
+  </si>
+  <si>
+    <t>7224031897</t>
+  </si>
+  <si>
+    <t>625547, Тюменская область, р-н Тюменский, с. Онохино, ул. Советская, д. 13</t>
+  </si>
+  <si>
+    <t>8(3452)77 93 26</t>
+  </si>
+  <si>
+    <t>gkhonohino@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Громада»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Громада»</t>
+  </si>
+  <si>
+    <t>1137014000078</t>
+  </si>
+  <si>
+    <t>7014056863</t>
+  </si>
+  <si>
+    <t>634515, Томская область, р-н Томский, д. Коломино, ул. Зеленая, д. 4</t>
+  </si>
+  <si>
+    <t>8(905)990 62 10</t>
+  </si>
+  <si>
+    <t>ukgromada@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Платеж Центр Саратов»</t>
+  </si>
+  <si>
+    <t>ООО «Платеж Центр Саратов»</t>
+  </si>
+  <si>
+    <t>1196451010975</t>
+  </si>
+  <si>
+    <t>6452138365</t>
+  </si>
+  <si>
+    <t>410009, Саратовская область, г. Саратов, ул. Тракторная, д. 17/29, кв. 75</t>
+  </si>
+  <si>
+    <t>8(927)059 98 00</t>
+  </si>
+  <si>
+    <t>platej-centr@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Эра новых коммерческих услуг»</t>
+  </si>
+  <si>
+    <t>ООО «ЭНКУ»</t>
+  </si>
+  <si>
+    <t>1142459000155</t>
+  </si>
+  <si>
+    <t>2456004157</t>
+  </si>
+  <si>
+    <t>662202, Красноярский край, г. Назарово, ул. Арбузова, д. 86А, строение 1, помещение 21</t>
+  </si>
+  <si>
+    <t>8(39155)7 17 36</t>
+  </si>
+  <si>
+    <t>Enky2014@mail.ru</t>
+  </si>
+  <si>
+    <t>30.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая Компания Стимул Плюс»</t>
+  </si>
+  <si>
+    <t>ООО «УК Стимул Плюс»</t>
+  </si>
+  <si>
+    <t>1231500001039</t>
+  </si>
+  <si>
+    <t>1500008828</t>
+  </si>
+  <si>
+    <t>362044, Республика Северная Осетия - Алания, г. о. город Владикавказ, г. Владикавказ, ул. Зураба Магкаева, д. 10, к. 2, литер А, офис 1</t>
+  </si>
+  <si>
+    <t>8(928)858 18 81; 8(8672)70 09 53</t>
+  </si>
+  <si>
+    <t>oooukstimul1@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РАСЧЕТНО-КАССОВЫЙ ЦЕНТР СФЕРА»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ СФЕРА»</t>
+  </si>
+  <si>
+    <t>1146450004470</t>
+  </si>
+  <si>
+    <t>6452110465</t>
+  </si>
+  <si>
+    <t>410018, Саратовская область, г. Саратов, ул. им Братьев Никитиных, д. 16Б</t>
+  </si>
+  <si>
+    <t>8(951)889 08 82</t>
+  </si>
+  <si>
+    <t>rktssfera@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энгельсский расчетный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Энгельсский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1206400012081</t>
+  </si>
+  <si>
+    <t>6449097937</t>
+  </si>
+  <si>
+    <t>413115, Саратовская область, г. Энгельс, ул. Нестерова, зд. 136, офис 3</t>
+  </si>
+  <si>
+    <t>8(965)881 62 41</t>
+  </si>
+  <si>
+    <t>ooo_erc064@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «АТЛАС»</t>
+  </si>
+  <si>
+    <t>ООО «АТЛАС»</t>
+  </si>
+  <si>
+    <t>1167746674402</t>
+  </si>
+  <si>
+    <t>7743164153</t>
+  </si>
+  <si>
+    <t>125502, город Москва, ул. Лавочкина, д. 42, помещ. 1, комната 29</t>
+  </si>
+  <si>
+    <t>8(985)643 43 87</t>
+  </si>
+  <si>
+    <t>sergey_doze@mail.ru</t>
+  </si>
+  <si>
+    <t>31.10.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая Компания «Ленинская»</t>
+  </si>
+  <si>
+    <t>ООО УК «Ленинская»</t>
+  </si>
+  <si>
+    <t>1155476016442</t>
+  </si>
+  <si>
+    <t>5404005067</t>
+  </si>
+  <si>
+    <t>633103, Новосибирская область, г. Обь, ул. ЖКО Аэропорта, зд. 18/1, этаж 1</t>
+  </si>
+  <si>
+    <t>https://ukl-nsk.ru/</t>
+  </si>
+  <si>
+    <t>8(383)375 03 30</t>
+  </si>
+  <si>
+    <t>uklenob@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Юридический расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ЮРКЦ»</t>
+  </si>
+  <si>
+    <t>1161001050814</t>
+  </si>
+  <si>
+    <t>1001307290</t>
+  </si>
+  <si>
+    <t>185028, Республика Карелия, г. Петрозаводск, наб. Варкауса (Октябрьский р-н), д. 33, кв. 22</t>
+  </si>
+  <si>
+    <t>8(981)402 01 18</t>
+  </si>
+  <si>
+    <t>Lbalashova06@yandex.ru</t>
+  </si>
+  <si>
+    <t>1102315002690</t>
+  </si>
+  <si>
+    <t>2315160361</t>
+  </si>
+  <si>
+    <t>353900, Краснодарский край, г. Новороссийск, ул. Леднева, д. 9</t>
+  </si>
+  <si>
+    <t>novgrc.ru</t>
+  </si>
+  <si>
+    <t>8(8617)30 16 79</t>
+  </si>
+  <si>
+    <t>mail@novgrc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Форвард Диалог»</t>
+  </si>
+  <si>
+    <t>ООО «ФД»</t>
+  </si>
+  <si>
+    <t>1227300013104</t>
+  </si>
+  <si>
+    <t>7300009399</t>
+  </si>
+  <si>
+    <t>432011, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Радищева, д. 31, помещ. 33</t>
+  </si>
+  <si>
+    <t>8(986)737 84 55</t>
+  </si>
+  <si>
+    <t>ur.burda@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Водосбыт»</t>
+  </si>
+  <si>
+    <t>ООО «Водосбыт»</t>
+  </si>
+  <si>
+    <t>1084246000629</t>
+  </si>
+  <si>
+    <t>4246009811</t>
+  </si>
+  <si>
+    <t>652470, Кемеровская область - Кузбасс, г. Анжеро-Судженск, ул. Милицейская, д. 64</t>
+  </si>
+  <si>
+    <t>8(384)536 47 26</t>
+  </si>
+  <si>
+    <t>vodosbut@gmail.com</t>
+  </si>
+  <si>
+    <t>01.11.2024</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие «Жилищно-коммунальное хозяйство Республики Саха (Якутия)»</t>
+  </si>
+  <si>
+    <t>ГУП «ЖКХ РС (Я)»</t>
+  </si>
+  <si>
+    <t>1031402044145</t>
+  </si>
+  <si>
+    <t>1435133520</t>
+  </si>
+  <si>
+    <t>677027, Республика Саха (Якутия), г. Якутск, ул. Кирова, д. 18А</t>
+  </si>
+  <si>
+    <t>https://new.jkhsakha.ru/</t>
+  </si>
+  <si>
+    <t>8(924)461 23 13</t>
+  </si>
+  <si>
+    <t>uordok@jkhsakha.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Дом»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Дом»</t>
+  </si>
+  <si>
+    <t>1061828011739</t>
+  </si>
+  <si>
+    <t>1804009012</t>
+  </si>
+  <si>
+    <t>427413, Удмуртская Республика, р-н Воткинский, п. Новый, ул. Центральная, д. 7</t>
+  </si>
+  <si>
+    <t>8(34145)7 22 78</t>
+  </si>
+  <si>
+    <t>ykdom@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Иркутская Энергосбытовая компания»</t>
+  </si>
+  <si>
+    <t>ООО «Иркутскэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1073808009659</t>
+  </si>
+  <si>
+    <t>3808166404</t>
+  </si>
+  <si>
+    <t>664033, Иркутская область, г. Иркутск, ул. Лермонтова, д. 257</t>
+  </si>
+  <si>
+    <t>sbyt.irkutskenergo.ru</t>
+  </si>
+  <si>
+    <t>8(3952)79 55 75</t>
+  </si>
+  <si>
+    <t>GrigalyunayteMP@eurosib.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Телекомсервис - Горный Алтай»</t>
+  </si>
+  <si>
+    <t>ООО «ТКС - ГА»</t>
+  </si>
+  <si>
+    <t>1090411002021</t>
+  </si>
+  <si>
+    <t>0411144672</t>
+  </si>
+  <si>
+    <t>649000, Республика Алтай, г. Горно-Алтайск, ул. Чорос-Гуркина Г. И., д. 49, кв. 1</t>
+  </si>
+  <si>
+    <t>8(983)329 11 01</t>
+  </si>
+  <si>
+    <t>ivanilovaolga-tks@mail.ru</t>
+  </si>
+  <si>
+    <t>1142728004473</t>
+  </si>
+  <si>
+    <t>2710008343</t>
+  </si>
+  <si>
+    <t>682030, Хабаровский край, р-н Верхнебуреинский, рп. Чегдомын, ул. Пионерская, д. 27</t>
+  </si>
+  <si>
+    <t>8(42149)5 18 16</t>
+  </si>
+  <si>
+    <t>rkc_cheg@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «1 Изберг»</t>
+  </si>
+  <si>
+    <t>ООО УК «1 Изберг»</t>
+  </si>
+  <si>
+    <t>1160571050925</t>
+  </si>
+  <si>
+    <t>0548012041</t>
+  </si>
+  <si>
+    <t>368502, Республика Дагестан, г. о. город Избербаш, г. Избербаш, ул. Буйнакского, д. 1, помещ. 4</t>
+  </si>
+  <si>
+    <t>8(960)412 33 34</t>
+  </si>
+  <si>
+    <t>ooo.uk1@mail.ru</t>
+  </si>
+  <si>
+    <t>02.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Служба коммунально-жилищного сектора»</t>
+  </si>
+  <si>
+    <t>ООО «Служба коммунально-жилищного сектора»</t>
+  </si>
+  <si>
+    <t>1235000011730</t>
+  </si>
+  <si>
+    <t>5032352195</t>
+  </si>
+  <si>
+    <t>143003, Московская область, г. о. Одинцовский, г. Одинцово, ул. Маршала Жукова, д. 38, помещ. 262</t>
+  </si>
+  <si>
+    <t>8(985)162 93 33</t>
+  </si>
+  <si>
+    <t>info@ukskgs.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр Черепановского района»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ Черепановского района»</t>
+  </si>
+  <si>
+    <t>1085462001085</t>
+  </si>
+  <si>
+    <t>5440114907</t>
+  </si>
+  <si>
+    <t>633521, Новосибирская область, м. р-н Черепановский, г. п. город Черепаново, г. Черепаново, ул. Тельмана, д. 31, кв. 2</t>
+  </si>
+  <si>
+    <t>Rkc.ru.com</t>
+  </si>
+  <si>
+    <t>8(38345)2 31 78</t>
+  </si>
+  <si>
+    <t>rkccherepanovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>1094204000142</t>
+  </si>
+  <si>
+    <t>4204008090</t>
+  </si>
+  <si>
+    <t>652780, Кемеровская область - Кузбасс, р-н Гурьевский, г. Гурьевск, ул. Ленина, д. 28</t>
+  </si>
+  <si>
+    <t>8(38463)5 55 70</t>
+  </si>
+  <si>
+    <t>OOORKZ@RAMBLER.RU</t>
+  </si>
+  <si>
+    <t>1164632065773</t>
+  </si>
+  <si>
+    <t>4633038680</t>
+  </si>
+  <si>
+    <t>307178, Курская область, г. Железногорск, ул. Димитрова, д. 3/5</t>
+  </si>
+  <si>
+    <t>grc46.ru</t>
+  </si>
+  <si>
+    <t>8(47148)7 77 90</t>
+  </si>
+  <si>
+    <t>grc46@ya.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ИВЦ-Ижевск»</t>
+  </si>
+  <si>
+    <t>ООО «ИВЦ-Ижевск»</t>
+  </si>
+  <si>
+    <t>1101841000788</t>
+  </si>
+  <si>
+    <t>1841008627</t>
+  </si>
+  <si>
+    <t>426058, Удмуртская Республика, г. Ижевск, ул. Героя России Ильфата Закирова, д. 3, кабинет 1</t>
+  </si>
+  <si>
+    <t>https://ric018.ru</t>
+  </si>
+  <si>
+    <t>8(3412)97 07 87</t>
+  </si>
+  <si>
+    <t>info@ric018.ru</t>
+  </si>
+  <si>
+    <t>05.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Ремстройкомплекс»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ Ремстройкомплекс»</t>
+  </si>
+  <si>
+    <t>1176658027336</t>
+  </si>
+  <si>
+    <t>6685129081</t>
+  </si>
+  <si>
+    <t>620142, Свердловская область, г. Екатеринбург, ул. Белинского, д. 143</t>
+  </si>
+  <si>
+    <t>8(343)383 18 57 доб. 215</t>
+  </si>
+  <si>
+    <t>elins73@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение села Байкит «Информационно-Жилищное сотрудничество»</t>
+  </si>
+  <si>
+    <t>МАУ с. Байкит «ИЖС»</t>
+  </si>
+  <si>
+    <t>1182468006885</t>
+  </si>
+  <si>
+    <t>2470001630</t>
+  </si>
+  <si>
+    <t>648360, Красноярский край, р-н Эвенкийский, с. Байкит, ул. Увачана, д. 29</t>
+  </si>
+  <si>
+    <t>8(39178)3 12 44</t>
+  </si>
+  <si>
+    <t>MuzVV@baykit.evenkya.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Красноярскэнергосбыт»</t>
+  </si>
+  <si>
+    <t>ПАО «Красноярскэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1052460078692</t>
+  </si>
+  <si>
+    <t>2466132221</t>
+  </si>
+  <si>
+    <t>660017, Красноярский край, г. Красноярск, ул. Дубровинского, д. 43</t>
+  </si>
+  <si>
+    <t>https://krsk-sbit.ru/</t>
+  </si>
+  <si>
+    <t>8(391)263 98 88</t>
+  </si>
+  <si>
+    <t>kanz@kes.esc-rushydro.ru</t>
+  </si>
+  <si>
+    <t>06.11.2024</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единый Расчетный Центр «Управдом»</t>
+  </si>
+  <si>
+    <t>1087746088540</t>
+  </si>
+  <si>
+    <t>7720605034</t>
+  </si>
+  <si>
+    <t>117545, город Москва, ул. Дорожная, д. 3, к. 20, этаж 4, помещ. II ком. 14</t>
+  </si>
+  <si>
+    <t>+7 (495) 505-89-89</t>
+  </si>
+  <si>
+    <t>kanc@pik-comfort.ru</t>
+  </si>
+  <si>
+    <t>1182375066125</t>
+  </si>
+  <si>
+    <t>2311263510</t>
+  </si>
+  <si>
+    <t>350072, Краснодарский край, г. Краснодар, ул. им. Рахманинова С. В., д. 21, литер А1, помещ. 13</t>
+  </si>
+  <si>
+    <t>8(918)623 60 36</t>
+  </si>
+  <si>
+    <t>o.pelepchuk@payment-agent.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПлатЁж»</t>
+  </si>
+  <si>
+    <t>ООО «ПлатЁж»</t>
+  </si>
+  <si>
+    <t>1087746207460</t>
+  </si>
+  <si>
+    <t>7721611760</t>
+  </si>
+  <si>
+    <t>107564, город Москва, вн. тер. г. муниципальный округ Богородское, проезд Погонный, д. 3А, кв. 792</t>
+  </si>
+  <si>
+    <t>www.novoplat.ru</t>
+  </si>
+  <si>
+    <t>8(965)193 07 35</t>
+  </si>
+  <si>
+    <t>info@novoplat.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Сибирь»</t>
+  </si>
+  <si>
+    <t>ООО УК «Сибирь»</t>
+  </si>
+  <si>
+    <t>1174205021320</t>
+  </si>
+  <si>
+    <t>4246021544</t>
+  </si>
+  <si>
+    <t>652474, Кемеровская область - Кузбасс, г. Анжеро-Судженск, ул. Лазо, д. 21</t>
+  </si>
+  <si>
+    <t>8(38453)6 82 10</t>
+  </si>
+  <si>
+    <t>Serg-vodovozov@rambler.ru</t>
+  </si>
+  <si>
+    <t>07.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Коммунальные системы»</t>
+  </si>
+  <si>
+    <t>ООО «КС»</t>
+  </si>
+  <si>
+    <t>1214300011166</t>
+  </si>
+  <si>
+    <t>4338010091</t>
+  </si>
+  <si>
+    <t>613648, Кировская область, г. о. ЗАТО Первомайский, пгт Первомайский, ул. Ленина, д. 24, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(83366)2 40 32; 8(83366)2 40 36</t>
+  </si>
+  <si>
+    <t>ooo_kszato@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр УК»</t>
+  </si>
+  <si>
+    <t>ООО «Расчетный центр УК»</t>
+  </si>
+  <si>
+    <t>1076623000376</t>
+  </si>
+  <si>
+    <t>6623036743</t>
+  </si>
+  <si>
+    <t>622051, Свердловская область, г. Нижний Тагил, ул. Тимирязева, д. 40, офис 14</t>
+  </si>
+  <si>
+    <t>nt-rc.ru</t>
+  </si>
+  <si>
+    <t>8(3435)33 64 85</t>
+  </si>
+  <si>
+    <t>skurihinalp@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ваш Платежный Агент»</t>
+  </si>
+  <si>
+    <t>ООО «Ваш Платежный Агент»</t>
+  </si>
+  <si>
+    <t>1197325011146</t>
+  </si>
+  <si>
+    <t>7325166114</t>
+  </si>
+  <si>
+    <t>432000, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Минаева, д. 48А, помещ. 6-9</t>
+  </si>
+  <si>
+    <t>8(965)697 93 15</t>
+  </si>
+  <si>
+    <t>venera.kpd2@yandex.ru</t>
+  </si>
+  <si>
+    <t>08.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ФМ-Сервис»</t>
+  </si>
+  <si>
+    <t>ООО «ФМ-Сервис»</t>
+  </si>
+  <si>
+    <t>1132468034368</t>
+  </si>
+  <si>
+    <t>2466263538</t>
+  </si>
+  <si>
+    <t>660048, Красноярский край, г. Красноярск, ул. Брянская, д. 360</t>
+  </si>
+  <si>
+    <t>8(983)168 25 35</t>
+  </si>
+  <si>
+    <t>fm-servise@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение «Расчётно-кассовый центр» Городского округа «Жатай»</t>
+  </si>
+  <si>
+    <t>1241400007969</t>
+  </si>
+  <si>
+    <t>1400037977</t>
+  </si>
+  <si>
+    <t>677902, Республика Саха (Якутия), г. о. Жатай, п. Жатай, ул. Северная, зд. 25, к. 1</t>
+  </si>
+  <si>
+    <t>8(4112)47 12 02</t>
+  </si>
+  <si>
+    <t>Lassik@List.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищно-эксплуатационный цех»</t>
+  </si>
+  <si>
+    <t>ООО «ЖЭЦ»</t>
+  </si>
+  <si>
+    <t>1043302201304</t>
+  </si>
+  <si>
+    <t>3305050650</t>
+  </si>
+  <si>
+    <t>601900, Владимирская область, г. Ковров, ул. Зои Космодемьянской, д. 7, к. 2, кв. 1</t>
+  </si>
+  <si>
+    <t>8(49232)5 26 46; 8(49232)5 16 86</t>
+  </si>
+  <si>
+    <t>zhets@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая Компания «ЖИЛСЕРВИС»</t>
+  </si>
+  <si>
+    <t>ООО УК «ЖИЛСЕРВИС»</t>
+  </si>
+  <si>
+    <t>1230500014634</t>
+  </si>
+  <si>
+    <t>0548014360</t>
+  </si>
+  <si>
+    <t>368501, Республика Дагестан, г. о. город Избербаш, г. Избербаш, ул. Октябрьская, д. 161</t>
+  </si>
+  <si>
+    <t>8(8724)52 42 78</t>
+  </si>
+  <si>
+    <t>ooo.uk_zhilservis@mail.ru</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Межмуниципальное коммунальное предприятие»</t>
+  </si>
+  <si>
+    <t>ООО «МКП»</t>
+  </si>
+  <si>
+    <t>1103703000807</t>
+  </si>
+  <si>
+    <t>3703044328</t>
+  </si>
+  <si>
+    <t>155412, Ивановская область, р-н Заволжский, г. Заволжск, ул. Пушкина, д. 1</t>
+  </si>
+  <si>
+    <t>8(493)332 20 03</t>
+  </si>
+  <si>
+    <t>mkp_2010@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая Компания «Багульник»</t>
+  </si>
+  <si>
+    <t>ООО УК «Багульник»</t>
+  </si>
+  <si>
+    <t>1151902000304</t>
+  </si>
+  <si>
+    <t>1902026440</t>
+  </si>
+  <si>
+    <t>655603, Республика Хакасия, г. Саяногорск, мкр. Центральный, д. 28, к. 1, кв. 4</t>
+  </si>
+  <si>
+    <t>8(39042)5 01 05</t>
+  </si>
+  <si>
+    <t>komaristova@list.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ОРИОН»</t>
+  </si>
+  <si>
+    <t>ООО «ОРИОН»</t>
+  </si>
+  <si>
+    <t>1201400008600</t>
+  </si>
+  <si>
+    <t>1435354416</t>
+  </si>
+  <si>
+    <t>677014, Республика Саха (Якутия), г. о. город Якутск, г. Якутск, ул. Можайского, д. 27/2</t>
+  </si>
+  <si>
+    <t>8(924)869 87 21</t>
+  </si>
+  <si>
+    <t>COMPANY.ORION@LIST.RU</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Полярис»</t>
+  </si>
+  <si>
+    <t>ООО «Полярис»</t>
+  </si>
+  <si>
+    <t>1211100003223</t>
+  </si>
+  <si>
+    <t>1103046457</t>
+  </si>
+  <si>
+    <t>169912, Республика Коми, м. о. Воркута, г. Воркута, ул. Чернова, д. 10А, офис 312</t>
+  </si>
+  <si>
+    <t>8(82151)6 18 41</t>
+  </si>
+  <si>
+    <t>polyaris.agent@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Антарес»</t>
+  </si>
+  <si>
+    <t>ООО «Антарес»</t>
+  </si>
+  <si>
+    <t>1187746461968</t>
+  </si>
+  <si>
+    <t>7702431321</t>
+  </si>
+  <si>
+    <t>109444, город Москва, вн. тер. г. муниципальный округ Выхино-Жулебино, ул. Ташкентская, д. 17, к. 3, помещ. 3/1</t>
+  </si>
+  <si>
+    <t>8(952)392 66 26</t>
+  </si>
+  <si>
+    <t>13.11.2024</t>
+  </si>
+  <si>
+    <t>1072717000575</t>
+  </si>
+  <si>
+    <t>2717015822</t>
+  </si>
+  <si>
+    <t>682711, Хабаровский край, р-н Солнечный, рп. Солнечный, ул. Геологов, д. 5</t>
+  </si>
+  <si>
+    <t>https://rkcsoln.ru</t>
+  </si>
+  <si>
+    <t>8(42146)2 29 54</t>
+  </si>
+  <si>
+    <t>mooorkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Публичное акционерное общество «Россети Северный Кавказ»</t>
+  </si>
+  <si>
+    <t>ПАО «Россети Северный Кавказ»</t>
+  </si>
+  <si>
+    <t>1062632029778</t>
+  </si>
+  <si>
+    <t>2632082033</t>
+  </si>
+  <si>
+    <t>357506, Ставропольский край, г. Пятигорск, ул. Подстанционная, д. 13А</t>
+  </si>
+  <si>
+    <t>www.rossetisk.ru</t>
+  </si>
+  <si>
+    <t>8(8793)40 17 11; 8(8793)34 66 81</t>
+  </si>
+  <si>
+    <t>info@rossetisk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно-кассовый центр по начислению и сбору платежей»</t>
+  </si>
+  <si>
+    <t>1092813000917</t>
+  </si>
+  <si>
+    <t>2806007213</t>
+  </si>
+  <si>
+    <t>676776, Амурская область, г. Райчихинск, ул. Победы, д. 48, офис 3</t>
+  </si>
+  <si>
+    <t>8(41647)2 29 84</t>
+  </si>
+  <si>
+    <t>ray-rkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РАСЧЕТНО - КАССОВЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>1094212000409</t>
+  </si>
+  <si>
+    <t>4212028735</t>
+  </si>
+  <si>
+    <t>652560, Кемеровская область - Кузбасс, г. Полысаево, ул. Космонавтов, д. 78</t>
+  </si>
+  <si>
+    <t>https://rkcpol.ru/</t>
+  </si>
+  <si>
+    <t>8(38456)2 96 94</t>
+  </si>
+  <si>
+    <t>polrkc@yandex.ru</t>
+  </si>
+  <si>
+    <t>14.11.2024</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "АГЕНТСТВО РАЗВИТИЯ ПЛАТЕЖНЫХ СИСТЕМ"</t>
+  </si>
+  <si>
+    <t>ООО "АРПС"</t>
+  </si>
+  <si>
+    <t>1157746633648</t>
+  </si>
+  <si>
+    <t>9701000573</t>
+  </si>
+  <si>
+    <t>105094, город Москва, ВН. ТЕР. Г. МУНИЦИПАЛЬНЫЙ ОКРУГ БАСМАННЫЙ, УЛ. ГОСПИТАЛЬНЫЙ ВАЛ, Д. 5, К. 18, ПОМЕЩ. 1/23/1</t>
+  </si>
+  <si>
+    <t>https://arps.pro</t>
+  </si>
+  <si>
+    <t>8(903)403 06 67</t>
+  </si>
+  <si>
+    <t>info@arps.pro</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Новые Системы Онлайн Телеком»</t>
+  </si>
+  <si>
+    <t>ООО «НСО Телеком»</t>
+  </si>
+  <si>
+    <t>1195476016240</t>
+  </si>
+  <si>
+    <t>5442103594</t>
+  </si>
+  <si>
+    <t>632551, Новосибирская область, р-н Чулымский, г. Чулым, ул. Кооперативная, д. 17, этаж 1</t>
+  </si>
+  <si>
+    <t>https://nso-telecom.ru/</t>
+  </si>
+  <si>
+    <t>8(38350)2 10 34</t>
+  </si>
+  <si>
+    <t>info@nso-telecom.ru</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-вычислительный центр»</t>
+  </si>
+  <si>
+    <t>1166196104910</t>
+  </si>
+  <si>
+    <t>6154145896</t>
+  </si>
+  <si>
+    <t>347935, Ростовская область, г. Таганрог, пер. 4-й, д. 30</t>
+  </si>
+  <si>
+    <t>8(8634)61 22 11</t>
+  </si>
+  <si>
+    <t>ooo-ivc2021@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-Кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «РК Центр»</t>
+  </si>
+  <si>
+    <t>1122411000766</t>
+  </si>
+  <si>
+    <t>2411022766</t>
+  </si>
+  <si>
+    <t>660077, Красноярский край, г. Красноярск, ул. Алексеева, д. 48А, кв. 42</t>
+  </si>
+  <si>
+    <t>8(983)166 33 95</t>
+  </si>
+  <si>
+    <t>ooorkt@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Миасского городского округа»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ МГО»</t>
+  </si>
+  <si>
+    <t>1247400022187</t>
+  </si>
+  <si>
+    <t>7452168481</t>
+  </si>
+  <si>
+    <t>456300, Челябинская область, г. о. Миасский, г. Миасс, ул. Романенко, зд. 50А</t>
+  </si>
+  <si>
+    <t>http://muprc.ru/</t>
+  </si>
+  <si>
+    <t>8(3513)55 38 75</t>
+  </si>
+  <si>
+    <t>info@muprc.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Парк-сервис»</t>
+  </si>
+  <si>
+    <t>ООО «Парк-сервис»</t>
+  </si>
+  <si>
+    <t>1217300000543</t>
+  </si>
+  <si>
+    <t>7327097071</t>
+  </si>
+  <si>
+    <t>432066, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Александровская, д. 60В, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(8422)24 07 03</t>
+  </si>
+  <si>
+    <t>parkservice@alexpark.org</t>
+  </si>
+  <si>
+    <t>18.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Территория качества- РЦ»</t>
+  </si>
+  <si>
+    <t>ООО «Территория качества- РЦ»</t>
+  </si>
+  <si>
+    <t>1236700003264</t>
+  </si>
+  <si>
+    <t>6732244214</t>
+  </si>
+  <si>
+    <t>214030, Смоленская область, г. о. город Смоленск, г. Смоленск, ул. Воинов-Интернационалистов, д. 3, кв. 127</t>
+  </si>
+  <si>
+    <t>8(960)579 45 51</t>
+  </si>
+  <si>
+    <t>tk-rc@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СкайГраунд»</t>
+  </si>
+  <si>
+    <t>ООО «СкайГраунд»</t>
+  </si>
+  <si>
+    <t>1072317003032</t>
+  </si>
+  <si>
+    <t>2317048358</t>
+  </si>
+  <si>
+    <t>354340, Краснодарский край, г. Сочи, ул. Авиационная (Адлерский р-н), д. 19А</t>
+  </si>
+  <si>
+    <t>8(918)303 55 84</t>
+  </si>
+  <si>
+    <t>skyground-sochi@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «УПРАВЛЯЮЩАЯ КОМПАНИЯ СЕРВИС ПЛЮС»</t>
+  </si>
+  <si>
+    <t>ООО «УК СЕРВИС ПЛЮС»</t>
+  </si>
+  <si>
+    <t>1230500008287</t>
+  </si>
+  <si>
+    <t>0572033691</t>
+  </si>
+  <si>
+    <t>367015, Республика Дагестан, г. о. город Махачкала, вн. р-н Советский район, г. Махачкала, ул. Абубакарова, д. 115А, этаж 4, каб. 6</t>
+  </si>
+  <si>
+    <t>8(8722) 56 50 36</t>
+  </si>
+  <si>
+    <t>ykservisplus@bk.ru</t>
+  </si>
+  <si>
+    <t>19.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Красногорский расчетно-информационный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Красногорский РИЦ»</t>
+  </si>
+  <si>
+    <t>1247400002486</t>
+  </si>
+  <si>
+    <t>7449152330</t>
+  </si>
+  <si>
+    <t>456592, Челябинская область, м. р-н Еманжелинский, г. п. Красногорское, рп. Красногорский, ул. Победы, д. 8, каб. 12</t>
+  </si>
+  <si>
+    <t>8(351)387 02 46</t>
+  </si>
+  <si>
+    <t>mupritc2010@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-сервисный центр»</t>
+  </si>
+  <si>
+    <t>ООО «РСЦ»</t>
+  </si>
+  <si>
+    <t>1115919001880</t>
+  </si>
+  <si>
+    <t>5919015281</t>
+  </si>
+  <si>
+    <t>618551, Пермский край, г. о. Соликамский, г. Соликамск, ул. Калийная, д. 130, офис 0-3</t>
+  </si>
+  <si>
+    <t>8(342)537 53 62</t>
+  </si>
+  <si>
+    <t>rsc.sol@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Телеком-сервис»</t>
+  </si>
+  <si>
+    <t>ООО «Телеком-сервис»</t>
+  </si>
+  <si>
+    <t>1143850017618</t>
+  </si>
+  <si>
+    <t>3808235168</t>
+  </si>
+  <si>
+    <t>664011, Иркутская область, г. ИРКУТСК, Г. О. ГОРОД ИРКУТСК, УЛ. СВЕРДЛОВА, д. 36</t>
+  </si>
+  <si>
+    <t>8(902)177 14 07</t>
+  </si>
+  <si>
+    <t>e.kuropteva@irkutsk.ts-sib.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-расчетный центр жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «ИРЦ ЖКХ»</t>
+  </si>
+  <si>
+    <t>1130546000925</t>
+  </si>
+  <si>
+    <t>0546022767</t>
+  </si>
+  <si>
+    <t>368121, Республика Дагестан, г. Кизилюрт, ул. Малагусейнова, зд. 6</t>
+  </si>
+  <si>
+    <t>8(988)777 75 08</t>
+  </si>
+  <si>
+    <t>21.11.2024</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Оренбургская финансово-информационная система «Город»</t>
+  </si>
+  <si>
+    <t>АО «Система «Город»</t>
+  </si>
+  <si>
+    <t>1065658008162</t>
+  </si>
+  <si>
+    <t>5609061150</t>
+  </si>
+  <si>
+    <t>460052, Оренбургская область, г. о. город Оренбург, г. Оренбург, ул. Брестская, д. 5</t>
+  </si>
+  <si>
+    <t>https://www.orenpay.ru/</t>
+  </si>
+  <si>
+    <t>8(3532)54 28 29</t>
+  </si>
+  <si>
+    <t>ofis_manager@orenpay.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-аналитический центр»</t>
+  </si>
+  <si>
+    <t>ООО «РАЦ»</t>
+  </si>
+  <si>
+    <t>1213100000948</t>
+  </si>
+  <si>
+    <t>3128148743</t>
+  </si>
+  <si>
+    <t>309512, Белгородская область, г. о. Старооскольский, г. Старый Оскол, мкр Жукова, д. 48</t>
+  </si>
+  <si>
+    <t>8(4725)42 54 90</t>
+  </si>
+  <si>
+    <t>muprac@yandex.ru</t>
+  </si>
+  <si>
+    <t>1166196105492</t>
+  </si>
+  <si>
+    <t>6154145920</t>
+  </si>
+  <si>
+    <t>347939, Ростовская область, г. Таганрог, ул. Чехова, д. 326, литер А1, офис 3</t>
+  </si>
+  <si>
+    <t>https://rits-taganrog.ru</t>
+  </si>
+  <si>
+    <t>8(8634)60 47 00</t>
+  </si>
+  <si>
+    <t>rits-taganrog@mail.ru</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый РКЦ»</t>
+  </si>
+  <si>
+    <t>ООО «Единый РКЦ»</t>
+  </si>
+  <si>
+    <t>1121840000248</t>
+  </si>
+  <si>
+    <t>1840005849</t>
+  </si>
+  <si>
+    <t>426075, Удмуртская Республика, г. Ижевск, ул. Союзная, д. 37А</t>
+  </si>
+  <si>
+    <t>8(3412)95 67 76</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городская управляющая компания»</t>
+  </si>
+  <si>
+    <t>ООО «Городская управляющая компания»</t>
+  </si>
+  <si>
+    <t>1071104000483</t>
+  </si>
+  <si>
+    <t>1104011591</t>
+  </si>
+  <si>
+    <t>169840, Республика Коми, г. Инта, ул. Куратова, д. 1А</t>
+  </si>
+  <si>
+    <t>http://guk-inta.ru</t>
+  </si>
+  <si>
+    <t>8(912)133 39 00</t>
+  </si>
+  <si>
+    <t>guk@vkpl.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Константиновский расчётно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Константиновский РКЦ»</t>
+  </si>
+  <si>
+    <t>1122827000120</t>
+  </si>
+  <si>
+    <t>2817004888</t>
+  </si>
+  <si>
+    <t>676980, Амурская область, р-н Константиновский, с. Константиновка, ул. Константиновская, д. 31, 1</t>
+  </si>
+  <si>
+    <t>8(41639)9 17 09</t>
+  </si>
+  <si>
+    <t>oookonstuk@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания Диалог-АС»</t>
+  </si>
+  <si>
+    <t>ООО «УК Диалог-АС»</t>
+  </si>
+  <si>
+    <t>1234200004720</t>
+  </si>
+  <si>
+    <t>4246024707</t>
+  </si>
+  <si>
+    <t>652470, Кемеровская область - Кузбасс, г. о. Анжеро-Судженский, г. Анжеро-Судженск, ул. Пушкина, д. 11, офис 107</t>
+  </si>
+  <si>
+    <t>8(3845)36 54 01</t>
+  </si>
+  <si>
+    <t>Uk_dialog-as@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЧЕКМАСТЕР»</t>
+  </si>
+  <si>
+    <t>ООО «ЧМ»</t>
+  </si>
+  <si>
+    <t>1150554000398</t>
+  </si>
+  <si>
+    <t>0554000284</t>
+  </si>
+  <si>
+    <t>368304, Республика Дагестан, г. Каспийск, ул. Амет-Хан Султана, д. 3, кв. 16</t>
+  </si>
+  <si>
+    <t>8(928)566 14 80</t>
+  </si>
+  <si>
+    <t>finance.chekmaster@mail.ru</t>
+  </si>
+  <si>
+    <t>25.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «АвтоТехЦентр»</t>
+  </si>
+  <si>
+    <t>ООО «АТЦ»</t>
+  </si>
+  <si>
+    <t>1062461015396</t>
+  </si>
+  <si>
+    <t>2461120617</t>
+  </si>
+  <si>
+    <t>660050, Красноярский край, г. о. город Красноярск, г. Красноярск, ул. Кутузова, зд. 1, стр. 85, помещ. 5, офис 310</t>
+  </si>
+  <si>
+    <t>8(391)274 21 64</t>
+  </si>
+  <si>
+    <t>dom.krsk24@yandex.ru</t>
+  </si>
+  <si>
+    <t>26.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Эко - Транс»</t>
+  </si>
+  <si>
+    <t>ООО «Эко-Транс»</t>
+  </si>
+  <si>
+    <t>1127025000101</t>
+  </si>
+  <si>
+    <t>7005007203</t>
+  </si>
+  <si>
+    <t>634009, Томская область, г. Томск, ул. Набережная реки Томи, д. 29</t>
+  </si>
+  <si>
+    <t>8(3822)51 46 95</t>
+  </si>
+  <si>
+    <t>uksvk@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-информационный центр «Уральский»</t>
+  </si>
+  <si>
+    <t>ООО «РИЦ «Уральский»</t>
+  </si>
+  <si>
+    <t>1206600035333</t>
+  </si>
+  <si>
+    <t>6676007263</t>
+  </si>
+  <si>
+    <t>623900, Свердловская область, р-н Туринский, г. Туринск, ул. Ленина, д. 54</t>
+  </si>
+  <si>
+    <t>8(34349)2 76 05</t>
+  </si>
+  <si>
+    <t>rictur2020@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЕДИНЫЙ РАСЧЕТНО-КАССОВЫЙ ЦЕНТР ДОМОДЕДОВО»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРЦ ДОМОДЕДОВО»</t>
+  </si>
+  <si>
+    <t>1175027002480</t>
+  </si>
+  <si>
+    <t>5009108921</t>
+  </si>
+  <si>
+    <t>142003, Московская область, г. Домодедово, ул. Рабочая (Западный мкр. ), д. 44А, помещение 11, офис 405</t>
+  </si>
+  <si>
+    <t>www.ercdomodedovo.net</t>
+  </si>
+  <si>
+    <t>8(496)795 61 11</t>
+  </si>
+  <si>
+    <t>abon.druzhba@mail.ru</t>
+  </si>
+  <si>
+    <t>27.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городское проектно-эксплуатационное бюро»</t>
+  </si>
+  <si>
+    <t>ООО «Городское проектно-эксплуатационное бюро»</t>
+  </si>
+  <si>
+    <t>1043400415563</t>
+  </si>
+  <si>
+    <t>3445066202</t>
+  </si>
+  <si>
+    <t>400074, Волгоградская область, г. Волгоград, ул. им. Циолковского, д. 31</t>
+  </si>
+  <si>
+    <t>8(8442)49 24 33</t>
+  </si>
+  <si>
+    <t>gpburo@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Электронные транспортные системы»</t>
+  </si>
+  <si>
+    <t>ООО «ЭлТранС»</t>
+  </si>
+  <si>
+    <t>1117325012716</t>
+  </si>
+  <si>
+    <t>7325109814</t>
+  </si>
+  <si>
+    <t>432027, Ульяновская область, г. о. город Ульяновск, г. Ульяновск, ул. Радищева, д. 147</t>
+  </si>
+  <si>
+    <t>8(8422)27 29 27</t>
+  </si>
+  <si>
+    <t>eltrans73@mail.ru</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый Расчетный Центр «Заречье»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРЦ «Заречье»</t>
+  </si>
+  <si>
+    <t>1091690022930</t>
+  </si>
+  <si>
+    <t>1656046353</t>
+  </si>
+  <si>
+    <t>420033, Республика Татарстан (Татарстан), г. Казань, ул. Кулахметова, д. 5А</t>
+  </si>
+  <si>
+    <t>8(843)554 80 14; 8(843)554 80 83</t>
+  </si>
+  <si>
+    <t>erc.279@mail.ru; stop.erc@mail.ru</t>
+  </si>
+  <si>
+    <t>02.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Форум»</t>
+  </si>
+  <si>
+    <t>ООО «Форум»</t>
+  </si>
+  <si>
+    <t>1157456011910</t>
+  </si>
+  <si>
+    <t>7452126097</t>
+  </si>
+  <si>
+    <t>454081, Челябинская область, г. Челябинск, ул. Артиллерийская, д. 108, офис 24</t>
+  </si>
+  <si>
+    <t>8(351)277 80 25; 8(919)333 76 33</t>
+  </si>
+  <si>
+    <t>demidova@kgsm.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Газпром межрегионгаз Уфа»</t>
+  </si>
+  <si>
+    <t>ООО «Газпром межрегионгаз Уфа»</t>
+  </si>
+  <si>
+    <t>1020202854979</t>
+  </si>
+  <si>
+    <t>0276046524</t>
+  </si>
+  <si>
+    <t>450059, Республика Башкортостан, г. Уфа, ул. Новосибирская, д. 2, к. 4</t>
+  </si>
+  <si>
+    <t>www.bashgaz.ru</t>
+  </si>
+  <si>
+    <t>8(347)229 90 22</t>
+  </si>
+  <si>
+    <t>bashkirgaz@bashgaz.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Квартет»</t>
+  </si>
+  <si>
+    <t>ООО «Квартет»</t>
+  </si>
+  <si>
+    <t>1107447009636</t>
+  </si>
+  <si>
+    <t>7447175229</t>
+  </si>
+  <si>
+    <t>454080, Челябинская область, г. Челябинск, ул. Труда, д. 164, неж. пом. 28/29</t>
+  </si>
+  <si>
+    <t>8(351)211 02 02; 8(951)233 55 44</t>
+  </si>
+  <si>
+    <t>o.korotkova@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётный центр - жилищно-ремонтное предприятие «Тафгай»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ - ЖРП «Тафгай»</t>
+  </si>
+  <si>
+    <t>1191832013669</t>
+  </si>
+  <si>
+    <t>1832153272</t>
+  </si>
+  <si>
+    <t>03.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Костомукшский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1141031001231</t>
+  </si>
+  <si>
+    <t>1004019043</t>
+  </si>
+  <si>
+    <t>186930, Республика Карелия, г. Костомукша, ул. Звездная, д. 4</t>
+  </si>
+  <si>
+    <t>8(921)701 30 17; 8(921)220 42 78; 8(814)597 01 01</t>
+  </si>
+  <si>
+    <t>oookrc@rambler.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Региональный процессинговый центр «ЭЛЬБРУС»</t>
+  </si>
+  <si>
+    <t>ООО РПЦ «ЭЛЬБРУС»</t>
+  </si>
+  <si>
+    <t>1157154021200</t>
+  </si>
+  <si>
+    <t>7106032936</t>
+  </si>
+  <si>
+    <t>300041, Тульская область, г. о. город Тула, г. Тула, ул. К. Цеткин, д. 20, к. 2, помещ. 12</t>
+  </si>
+  <si>
+    <t>8(920)758 23 51</t>
+  </si>
+  <si>
+    <t>glavbuh_ismirnova@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Рассчетно кассовое обслуживание»</t>
+  </si>
+  <si>
+    <t>1242700018571</t>
+  </si>
+  <si>
+    <t>2700041817</t>
+  </si>
+  <si>
+    <t>682818, Хабаровский край, м. р-н Советско-Гаванский, г. п. город Советская Гавань, г. Советская Гавань, пер. Котовского, д. 47</t>
+  </si>
+  <si>
+    <t>8(909)848 69 18</t>
+  </si>
+  <si>
+    <t>elenasalugina@mail.ru</t>
+  </si>
+  <si>
+    <t>04.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Александровское»</t>
+  </si>
+  <si>
+    <t>ООО «Александровское»</t>
+  </si>
+  <si>
+    <t>1053827034392</t>
+  </si>
+  <si>
+    <t>3827018909</t>
+  </si>
+  <si>
+    <t>664530, Иркутская область, р-н Иркутский, д. Карлук, ул. Нагорная, д. 28</t>
+  </si>
+  <si>
+    <t>8(3952)69 12 40</t>
+  </si>
+  <si>
+    <t>rodnik-2006@mail.ru</t>
+  </si>
+  <si>
+    <t>05.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РКЦ-Консалтинг Сервис»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ-КС»</t>
+  </si>
+  <si>
+    <t>1106320000192</t>
+  </si>
+  <si>
+    <t>6321238983</t>
+  </si>
+  <si>
+    <t>445056, Самарская область, г. Тольятти, ул. 40 лет Победы, д. 84, 273</t>
+  </si>
+  <si>
+    <t>http://lk.rkc-ks.ru</t>
+  </si>
+  <si>
+    <t>8(8482)55 18 07; 8(917)121 01 55</t>
+  </si>
+  <si>
+    <t>rkc-ks@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЧЕЧЭНЕРГОСБОР К»</t>
+  </si>
+  <si>
+    <t>ООО «ЧЕЧЭНЕРГОСБОР К»</t>
+  </si>
+  <si>
+    <t>1212000001553</t>
+  </si>
+  <si>
+    <t>2014023121</t>
+  </si>
+  <si>
+    <t>364024, Чеченская Республика, пр-кт А. А. Кадырова, д. 3/25, этаж/кабинет 26/2</t>
+  </si>
+  <si>
+    <t>8(993)111 07 07</t>
+  </si>
+  <si>
+    <t>095malika@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётный центр «КУРС»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «КУРС»</t>
+  </si>
+  <si>
+    <t>1194205011010</t>
+  </si>
+  <si>
+    <t>4217194310</t>
+  </si>
+  <si>
+    <t>654007, Кемеровская область - Кузбасс, г. Новокузнецк, ул. Орджоникидзе (Центральный р-н), д. 33, кв. 39</t>
+  </si>
+  <si>
+    <t>8(951)175 48 82</t>
+  </si>
+  <si>
+    <t>Tan.kir.ru@yandex.ru</t>
+  </si>
+  <si>
+    <t>06.12.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие Куйбышевского района «Энергия»</t>
+  </si>
+  <si>
+    <t>МУП «Энергия»</t>
+  </si>
+  <si>
+    <t>1175476064972</t>
+  </si>
+  <si>
+    <t>5452004313</t>
+  </si>
+  <si>
+    <t>632387, Новосибирская область, р-н Куйбышевский, г. Куйбышев, ул. Карла Либкнехта, д. 1</t>
+  </si>
+  <si>
+    <t>8(383)626 20 04</t>
+  </si>
+  <si>
+    <t>mup.energy17@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая Компания «АТМОСФЕРА»</t>
+  </si>
+  <si>
+    <t>ООО УК «АТМОСФЕРА»</t>
+  </si>
+  <si>
+    <t>1200500006783</t>
+  </si>
+  <si>
+    <t>0548013310</t>
+  </si>
+  <si>
+    <t>368500, Республика Дагестан, г. Избербаш, ул. Маяковского, д. 116, кв. 30</t>
+  </si>
+  <si>
+    <t>8(960)420 44 77</t>
+  </si>
+  <si>
+    <t>ukatmosfera2333@yandex.ru</t>
+  </si>
+  <si>
+    <t>10.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Жилремсервис»</t>
+  </si>
+  <si>
+    <t>ООО УК «Жилремсервис»</t>
+  </si>
+  <si>
+    <t>1104101000409</t>
+  </si>
+  <si>
+    <t>4101135675</t>
+  </si>
+  <si>
+    <t>683030, Камчатский край, г. Петропавловск-Камчатский, ул. Сахалинская, д. 6А</t>
+  </si>
+  <si>
+    <t>8(415)224 60 91</t>
+  </si>
+  <si>
+    <t>Jrs-kamchatka@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Нерюнгринский городской водоканал»</t>
+  </si>
+  <si>
+    <t>АО «НГВК»</t>
+  </si>
+  <si>
+    <t>1091434001350</t>
+  </si>
+  <si>
+    <t>1434039203</t>
+  </si>
+  <si>
+    <t>678960, Республика Саха (Якутия), р-н Нерюнгринский, г. Нерюнгри, ул. им Кравченко, д. 1</t>
+  </si>
+  <si>
+    <t>http://neruvodokanal.ru/</t>
+  </si>
+  <si>
+    <t>8(41147)4 98 58; 8(41147)4 77 90</t>
+  </si>
+  <si>
+    <t>ngvkn@mail.ru</t>
+  </si>
+  <si>
+    <t>12.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр ЭКСКОМ 5»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ ЭКСКОМ 5»</t>
+  </si>
+  <si>
+    <t>1193025006932</t>
+  </si>
+  <si>
+    <t>3025036572</t>
+  </si>
+  <si>
+    <t>414057, Астраханская область, г. Астрахань, ул. Звездная, д. 9, корпус 1 литер А помещение 099</t>
+  </si>
+  <si>
+    <t>8(988)060 01 49</t>
+  </si>
+  <si>
+    <t>rkce5@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «УПРАВЛЯЮЩИЙ»</t>
+  </si>
+  <si>
+    <t>ООО «УПРАВЛЯЮЩИЙ»</t>
+  </si>
+  <si>
+    <t>1164350052790</t>
+  </si>
+  <si>
+    <t>4345435507</t>
+  </si>
+  <si>
+    <t>610048, Кировская область, г. Киров, ул. Воровского, д. 135, литер 0400 помещение 13</t>
+  </si>
+  <si>
+    <t>8(912)827 99 77</t>
+  </si>
+  <si>
+    <t>479977@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ижевский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1171832007478</t>
+  </si>
+  <si>
+    <t>1840070044</t>
+  </si>
+  <si>
+    <t>426014, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. Архитектора П. П. Берша, д. 32, офис 7</t>
+  </si>
+  <si>
+    <t>8(3412)52 58 10</t>
+  </si>
+  <si>
+    <t>irc18@yandex.ru</t>
+  </si>
+  <si>
+    <t>13.12.2024</t>
+  </si>
+  <si>
+    <t>1206300046149</t>
+  </si>
+  <si>
+    <t>6324112925</t>
+  </si>
+  <si>
+    <t>445021, Самарская область, г. Тольятти, ул. Голосова, д. 32А, офис 23, 2 этаж</t>
+  </si>
+  <si>
+    <t>8(927)268 12 14</t>
+  </si>
+  <si>
+    <t>Tlt.rkc@mail.ru</t>
+  </si>
+  <si>
+    <t>1101223000196</t>
+  </si>
+  <si>
+    <t>1217005895</t>
+  </si>
+  <si>
+    <t>425350, Республика Марий Эл, г. Козьмодемьянск, мкр 2-й, д. 21</t>
+  </si>
+  <si>
+    <t>8(836)327 11 80</t>
+  </si>
+  <si>
+    <t>kozmod_pgrp@mail.ru</t>
+  </si>
+  <si>
+    <t>17.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «Возрождение»</t>
+  </si>
+  <si>
+    <t>ООО «РЦВ»</t>
+  </si>
+  <si>
+    <t>1198901003641</t>
+  </si>
+  <si>
+    <t>8901038205</t>
+  </si>
+  <si>
+    <t>629001, Ямало-Ненецкий автономный округ, г. Салехард, ул. Матросова, д. 28, кв. 6</t>
+  </si>
+  <si>
+    <t>8(958)164 58 62</t>
+  </si>
+  <si>
+    <t>rc.vozrojdeniye@yandex.ru</t>
+  </si>
+  <si>
+    <t>18.12.2024</t>
+  </si>
+  <si>
+    <t>Ассоциация «Объединение ответственных поставщиков и потребителей»</t>
+  </si>
+  <si>
+    <t>Ассоциация «ОПП»</t>
+  </si>
+  <si>
+    <t>1056320269774</t>
+  </si>
+  <si>
+    <t>6321160381</t>
+  </si>
+  <si>
+    <t>445044, Самарская область, г. Тольятти, ул. Офицерская, д. 35</t>
+  </si>
+  <si>
+    <t>8(8482)70 20 93</t>
+  </si>
+  <si>
+    <t>Npgek18@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «КАССА»</t>
+  </si>
+  <si>
+    <t>ООО «КАССА»</t>
+  </si>
+  <si>
+    <t>1241900002530</t>
+  </si>
+  <si>
+    <t>1900015121</t>
+  </si>
+  <si>
+    <t>655619, Республика Хакасия, г. о. город Саяногорск, рп Черемушки, зд. 49</t>
+  </si>
+  <si>
+    <t>8(39042)3 11 05</t>
+  </si>
+  <si>
+    <t>oookassa2017@Yandex.ru</t>
+  </si>
+  <si>
+    <t>20.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единая управляющая компания ТГО»</t>
+  </si>
+  <si>
+    <t>ООО «ЕУК ТГО»</t>
+  </si>
+  <si>
+    <t>1246600041401</t>
+  </si>
+  <si>
+    <t>6683022992</t>
+  </si>
+  <si>
+    <t>623640, Свердловская область, г. о. Талицкий, г. Талица, ул. Луначарского, д. 10</t>
+  </si>
+  <si>
+    <t>8(34371)2 51 01</t>
+  </si>
+  <si>
+    <t>euktgo@mail.ru</t>
+  </si>
+  <si>
+    <t>24.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр Яя»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ Яя»</t>
+  </si>
+  <si>
+    <t>1244200002177</t>
+  </si>
+  <si>
+    <t>4246025450</t>
+  </si>
+  <si>
+    <t>652100, Кемеровская область - Кузбасс, м. о. Яйский, пгт Яя, ул. Ленина, д. 10</t>
+  </si>
+  <si>
+    <t>8(38441)2 70 28</t>
+  </si>
+  <si>
+    <t>erkcentr.yaya@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ФЛЭТ и Ко»</t>
+  </si>
+  <si>
+    <t>ООО «ФЛЭТ и Ко»</t>
+  </si>
+  <si>
+    <t>1027700058583</t>
+  </si>
+  <si>
+    <t>7710176315</t>
+  </si>
+  <si>
+    <t>117418, город Москва, пр-кт Нахимовский, д. 31, к. 3, помещ. 2/1/8</t>
+  </si>
+  <si>
+    <t>https://flatco.ru/</t>
+  </si>
+  <si>
+    <t>8(495)925 11 01</t>
+  </si>
+  <si>
+    <t>flatco@flatco.ru</t>
+  </si>
+  <si>
+    <t>25.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Энергострой-сервисжилье»</t>
+  </si>
+  <si>
+    <t>ООО «ЭС-СЖ»</t>
+  </si>
+  <si>
+    <t>1135038002703</t>
+  </si>
+  <si>
+    <t>5038097840</t>
+  </si>
+  <si>
+    <t>141202, Московская область, г. о. Пушкинский, г. Пушкино, мкр. Серебрянка, д. 46, помещ. 19</t>
+  </si>
+  <si>
+    <t>http://es-sgh.ru/</t>
+  </si>
+  <si>
+    <t>8(496)580 02 45</t>
+  </si>
+  <si>
+    <t>uk.essgh@ya.ru</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие «Республиканское предприятие водоснабжения и водоотведения»</t>
+  </si>
+  <si>
+    <t>ГУП «РПВВ»</t>
+  </si>
+  <si>
+    <t>1221500001425</t>
+  </si>
+  <si>
+    <t>1500002618</t>
+  </si>
+  <si>
+    <t>362025, Республика Северная Осетия - Алания, г. о. город Владикавказ, г. Владикавказ, ул. Академика Шегрена, д. 74</t>
+  </si>
+  <si>
+    <t>https://водоканал-15.рф/</t>
+  </si>
+  <si>
+    <t>8(8672)33 33 48</t>
+  </si>
+  <si>
+    <t>gup.rpvv@mail.ru</t>
+  </si>
+  <si>
+    <t>26.12.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «АВАРИЙНАЯ КОММУНАЛЬНАЯ СЛУЖБА «АКВАНА»</t>
+  </si>
+  <si>
+    <t>ООО «АКС «АКВАНА»</t>
+  </si>
+  <si>
+    <t>1204800000327</t>
+  </si>
+  <si>
+    <t>4825136472</t>
+  </si>
+  <si>
+    <t>398037, Липецкая область, г. Липецк, пр-д Трубный, влд 10, помещ. 13</t>
+  </si>
+  <si>
+    <t>8(4742)24 33 27</t>
+  </si>
+  <si>
+    <t>akvana.lip@bk.ru</t>
+  </si>
+  <si>
+    <t>27.12.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное казённое учреждение «Дирекция эксплуатации зданий» администрации посёлка Тура</t>
+  </si>
+  <si>
+    <t>МКУ «ДЭЗ» администрации посёлка Тура</t>
+  </si>
+  <si>
+    <t>1048800003120</t>
+  </si>
+  <si>
+    <t>8801012500</t>
+  </si>
+  <si>
+    <t>648000, Красноярский край, р-н Эвенкийский, п. Тура, ул. Советская, д. 4, кв. 215</t>
+  </si>
+  <si>
+    <t>8(39170)3 14 17</t>
+  </si>
+  <si>
+    <t>vladimirovea@tura.evenkya.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городской расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1154011000307</t>
+  </si>
+  <si>
+    <t>4011028125</t>
+  </si>
+  <si>
+    <t>249094, Калужская область, р-н Малоярославецкий, г. Малоярославец, ул. Звездная, д. 9</t>
+  </si>
+  <si>
+    <t>8(484)315 16 40</t>
+  </si>
+  <si>
+    <t>maklino@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётно-кассовый центр Пермского района»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ ПР»</t>
+  </si>
+  <si>
+    <t>1145958020053</t>
+  </si>
+  <si>
+    <t>5948995733</t>
+  </si>
+  <si>
+    <t>614020, Пермский край, г. Пермь, ул. Стахановская, д. 23, кв. 18</t>
+  </si>
+  <si>
+    <t>8(342)294 67 58</t>
+  </si>
+  <si>
+    <t>uk-perm@inbox.ru</t>
+  </si>
+  <si>
+    <t>28.12.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное автономное учреждение культуры городского округа Домодедово «Городские парки культуры и отдыха Домодедово»</t>
+  </si>
+  <si>
+    <t>МАУК «ГПКиО Домодедово»</t>
+  </si>
+  <si>
+    <t>1035002001418</t>
+  </si>
+  <si>
+    <t>5009005002</t>
+  </si>
+  <si>
+    <t>142000, Московская область, г. Домодедово, ул. Каширское шоссе (Центральный мкр. ), д. 107</t>
+  </si>
+  <si>
+    <t>https://parkidmd.ru/</t>
+  </si>
+  <si>
+    <t>8(496)797 74 59</t>
+  </si>
+  <si>
+    <t>elkipark@yandex.ru</t>
+  </si>
+  <si>
+    <t>09.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Родник»</t>
+  </si>
+  <si>
+    <t>ООО «Родник»</t>
+  </si>
+  <si>
+    <t>1063827022467</t>
+  </si>
+  <si>
+    <t>3827022670</t>
+  </si>
+  <si>
+    <t>664530, Иркутская область, м. р-н Иркутский, с. п. Карлукское, д. Карлук, ул. Нагорная, зд. 28</t>
+  </si>
+  <si>
+    <t>15.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр города Ижевска»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ г. Ижевска»</t>
+  </si>
+  <si>
+    <t>1131831001950</t>
+  </si>
+  <si>
+    <t>1831159465</t>
+  </si>
+  <si>
+    <t>426039, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. Владивостокская, д. 1А, литер А, помещ. 19</t>
+  </si>
+  <si>
+    <t>8(3412)67 04 08</t>
+  </si>
+  <si>
+    <t>rkc@info18.ru</t>
+  </si>
+  <si>
+    <t>16.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Муссон-ИТ»</t>
+  </si>
+  <si>
+    <t>ООО «Муссон-ИТ»</t>
+  </si>
+  <si>
+    <t>1131690036972</t>
+  </si>
+  <si>
+    <t>1661036569</t>
+  </si>
+  <si>
+    <t>420127, Республика Татарстан (Татарстан), г. Казань, ул. Побежимова, д. 36, кв. 275</t>
+  </si>
+  <si>
+    <t>https://proekt-sp.ru</t>
+  </si>
+  <si>
+    <t>8(987)297 25 52</t>
+  </si>
+  <si>
+    <t>i.musin@musson-it.ru, im@proekt-sp.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СИМБИРСК-АВТО»</t>
+  </si>
+  <si>
+    <t>ООО «СИМБИРСК-АВТО»</t>
+  </si>
+  <si>
+    <t>1037301510245</t>
+  </si>
+  <si>
+    <t>7328046506</t>
+  </si>
+  <si>
+    <t>432072, Ульяновская область, м. р-н Ульяновский, г. п. Ишеевское, с. Новая Беденьга, ул. Советская, двлд. 85</t>
+  </si>
+  <si>
+    <t>simbirsk-avto.ru</t>
+  </si>
+  <si>
+    <t>8(937)455 03 73</t>
+  </si>
+  <si>
+    <t>avtostar73@inbox.ru</t>
+  </si>
+  <si>
+    <t>21.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЭНЕРГОЛОГИСТИКА»</t>
+  </si>
+  <si>
+    <t>ООО «ЭНЕРГОЛОГИСТИКА»</t>
+  </si>
+  <si>
+    <t>1186658011870</t>
+  </si>
+  <si>
+    <t>6658512841</t>
+  </si>
+  <si>
+    <t>623418, Свердловская область, г. Каменск-Уральский, ул. Советская, д. 14, офис 1</t>
+  </si>
+  <si>
+    <t>8(3439)53 02 00</t>
+  </si>
+  <si>
+    <t>enlogistika_bvn@mail.ru</t>
+  </si>
+  <si>
+    <t>23.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «АВАНГАРД»</t>
+  </si>
+  <si>
+    <t>ООО «АВАНГАРД»</t>
+  </si>
+  <si>
+    <t>1150571000580</t>
+  </si>
+  <si>
+    <t>0571004715</t>
+  </si>
+  <si>
+    <t>367013, Республика Дагестан, г. о. город Махачкала, вн. р-н Советский район, г. Махачкала, пр-кт Расула Гамзатова, д. 64, этаж 4, каб. 1</t>
+  </si>
+  <si>
+    <t>8(928)054 86 99</t>
+  </si>
+  <si>
+    <t>Ars_05@mail.ru</t>
+  </si>
+  <si>
+    <t>28.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Служба коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «СКП»</t>
+  </si>
+  <si>
+    <t>1207700353255</t>
+  </si>
+  <si>
+    <t>9731070641</t>
+  </si>
+  <si>
+    <t>121609, город Москва, вн. тер. г. муниципальный округ Крылатское, ул. Осенняя, д. 23, помещ. 1/1/10</t>
+  </si>
+  <si>
+    <t>www.skp.ooo</t>
+  </si>
+  <si>
+    <t>8(926)174 57 11</t>
+  </si>
+  <si>
+    <t>client@skp.ooo</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Интерсвязь-20»</t>
+  </si>
+  <si>
+    <t>ООО «Интерсвязь-20»</t>
+  </si>
+  <si>
+    <t>1097448000968</t>
+  </si>
+  <si>
+    <t>7448116882</t>
+  </si>
+  <si>
+    <t>454138, Челябинская область, г. Челябинск, пр-кт Комсомольский, д. 38 Б, офис 10</t>
+  </si>
+  <si>
+    <t>https://ooointersvyaz20.is74.ru/</t>
+  </si>
+  <si>
+    <t>8(912)891 66 67</t>
+  </si>
+  <si>
+    <t>ooointersvyaz20@is74.ru</t>
+  </si>
+  <si>
+    <t>29.01.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ЧЕЧЭНЕРГОСБОР»</t>
+  </si>
+  <si>
+    <t>ООО «ЧЕЧЭНЕРГОСБОР»</t>
+  </si>
+  <si>
+    <t>1212000001542</t>
+  </si>
+  <si>
+    <t>2014023114</t>
+  </si>
+  <si>
+    <t>364024, Чеченская Республика, г. о. город Грозный, г. Грозный, р-н Ахматовский, пр-кт А. А. Кадырова, д. 3/25, этаж/кабинет 26/2</t>
+  </si>
+  <si>
+    <t>8(920)111 20 39</t>
+  </si>
+  <si>
+    <t>Ima.ibakh@mail.ru</t>
+  </si>
+  <si>
+    <t>31.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно кассовый центр Менделеево»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ Менделеево»</t>
+  </si>
+  <si>
+    <t>1215000019596</t>
+  </si>
+  <si>
+    <t>5044121322</t>
+  </si>
+  <si>
+    <t>141570, Московская область, г. о. Солнечногорск, пгт. Менделеево, ул. Куйбышева, д. 9, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(926)217 41 77</t>
+  </si>
+  <si>
+    <t>rkcmendeleevo@gmail.com</t>
+  </si>
+  <si>
+    <t>05.02.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый Информационный Расчетно-Кассовый Центр ГК Креатив»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРКЦ ГК Креатив»</t>
+  </si>
+  <si>
+    <t>1165044052304</t>
+  </si>
+  <si>
+    <t>5044098970</t>
+  </si>
+  <si>
+    <t>141554, Московская область, г. Солнечногорск, д. Кривцово, д. 20</t>
+  </si>
+  <si>
+    <t>https://kreativmo.ru/</t>
+  </si>
+  <si>
+    <t>8(800)775 97 48</t>
+  </si>
+  <si>
+    <t>buh@kreativmo.ru</t>
+  </si>
+  <si>
+    <t>14.02.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РАСЧЕТНО-ИНФОРМАЦИОННЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>1247800085070</t>
+  </si>
+  <si>
+    <t>7802956241</t>
+  </si>
+  <si>
+    <t>194356, город Санкт-Петербург, ул. Асафьева, д. 7, к. 1, литера А, помещ. 12-Н</t>
+  </si>
+  <si>
+    <t>8(967)550 15 28</t>
+  </si>
+  <si>
+    <t>17.02.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЦЕНТР ОБРАБОТКИ ПЛАТЕЖЕЙ»</t>
+  </si>
+  <si>
+    <t>ООО «ЦОП»</t>
+  </si>
+  <si>
+    <t>1222700006869</t>
+  </si>
+  <si>
+    <t>2723218370</t>
+  </si>
+  <si>
+    <t>680017, Хабаровский край, г. о. город Хабаровск, г. Хабаровск, ул. Ленинградская, д. 23, помещ. 28/5</t>
+  </si>
+  <si>
+    <t>8(900)341 14 95</t>
+  </si>
+  <si>
+    <t>tsop8370@mail.ru</t>
+  </si>
+  <si>
+    <t>18.02.2025</t>
+  </si>
+  <si>
+    <t>Товарищество собственников жилья «Белый дом»</t>
+  </si>
+  <si>
+    <t>ТСЖ «Белый дом»</t>
+  </si>
+  <si>
+    <t>1022401808241</t>
+  </si>
+  <si>
+    <t>2460055796</t>
+  </si>
+  <si>
+    <t>660001, Красноярский край, г. Красноярск, ул. Менжинского, д. 9 «Г», 42</t>
+  </si>
+  <si>
+    <t>8(391)244 82 88</t>
+  </si>
+  <si>
+    <t>Belyy.dom.2002@bk.ru</t>
+  </si>
+  <si>
+    <t>19.02.2025</t>
+  </si>
+  <si>
+    <t>1243700010608</t>
+  </si>
+  <si>
+    <t>3700025800</t>
+  </si>
+  <si>
+    <t>155360, Ивановская область, м. р-н Пучежский, г. п. Пучежское, г. Пучеж, ул. Приволжская, д. 4, кв. 2</t>
+  </si>
+  <si>
+    <t>8(49345)2 13 81</t>
+  </si>
+  <si>
+    <t>ypravdom2012@yandex.ru</t>
+  </si>
+  <si>
+    <t>24.02.2025</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Коломенское ТВ»</t>
+  </si>
+  <si>
+    <t>АО «Коломенское ТВ»</t>
+  </si>
+  <si>
+    <t>1035004253800</t>
+  </si>
+  <si>
+    <t>5022024195</t>
+  </si>
+  <si>
+    <t>140407, Московская область, г. Коломна, ул. Гагарина, д. 70, офис 35</t>
+  </si>
+  <si>
+    <t>ktv.colomna.ru</t>
+  </si>
+  <si>
+    <t>8(4966)16 50 01</t>
+  </si>
+  <si>
+    <t>ktv@colomna.ru</t>
+  </si>
+  <si>
+    <t>26.03.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный Центр-Ижевск»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ-Ижевск»</t>
+  </si>
+  <si>
+    <t>1171832010602</t>
+  </si>
+  <si>
+    <t>1841070978</t>
+  </si>
+  <si>
+    <t>426063, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. Восточная, д. 32</t>
+  </si>
+  <si>
+    <t>8(3412)90 85 05</t>
+  </si>
+  <si>
+    <t>rz-izhevsk@inbox.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие Заволжского муниципального района «Ресурсоснабжающая организация»</t>
+  </si>
+  <si>
+    <t>МУП «РСО»</t>
+  </si>
+  <si>
+    <t>1193702023646</t>
+  </si>
+  <si>
+    <t>3703023335</t>
+  </si>
+  <si>
+    <t>155412, Ивановская область, Заволжский район, г. Заволжск, ул. Спортивная, д. 6</t>
+  </si>
+  <si>
+    <t>8(493)332 30 79</t>
+  </si>
+  <si>
+    <t>adm-pochta81@mail.ru</t>
+  </si>
+  <si>
+    <t>03.04.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «АГЕНТ ПЭЙ»</t>
+  </si>
+  <si>
+    <t>ООО «АГЕНТ ПЭЙ»</t>
+  </si>
+  <si>
+    <t>1232000001530</t>
+  </si>
+  <si>
+    <t>2015009955</t>
+  </si>
+  <si>
+    <t>364050, Чеченская Республика, г. о. город Грозный, г. Грозный, р-н Байсангуровский, ул. Восточная Объездная, д. 21, этаж 3, офис 3</t>
+  </si>
+  <si>
+    <t>8(928)628 76 17</t>
+  </si>
+  <si>
+    <t>agentpay77@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Халцедон»</t>
+  </si>
+  <si>
+    <t>ООО «Халцедон»</t>
+  </si>
+  <si>
+    <t>1206600065605</t>
+  </si>
+  <si>
+    <t>6623136145</t>
+  </si>
+  <si>
+    <t>622051, Свердловская область, г. Нижний Тагил, ул. Молодежная, д. 24А, кв. 2</t>
+  </si>
+  <si>
+    <t>https://ooo-khalcedon/</t>
+  </si>
+  <si>
+    <t>8(953)007 93 60</t>
+  </si>
+  <si>
+    <t>smirnova-olga595@mail.ru</t>
+  </si>
+  <si>
+    <t>07.04.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Дельта»</t>
+  </si>
+  <si>
+    <t>ООО «Дельта»</t>
+  </si>
+  <si>
+    <t>1141832002510</t>
+  </si>
+  <si>
+    <t>1832117997</t>
+  </si>
+  <si>
+    <t>426075, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ул. Ленина, д. 164, кв. 17</t>
+  </si>
+  <si>
+    <t>8(3412)90 45 94</t>
+  </si>
+  <si>
+    <t>ooo_delta_ooo@inbox.ru</t>
+  </si>
+  <si>
+    <t>11.04.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПЛАТЕЖНЫЙ ЦЕНТР ЖИЛИЩНО-КОММУНАЛЬНОГО ХОЗЯЙСТВА"</t>
+  </si>
+  <si>
+    <t>ООО "ПЛАТЕЖНЫЙ ЦЕНТР ЖКХ"</t>
+  </si>
+  <si>
+    <t>1258600001351</t>
+  </si>
+  <si>
+    <t>8601076190</t>
+  </si>
+  <si>
+    <t>628011, Ханты-Мансийский автономный округ - Югра, Г. О. ХАНТЫ-МАНСИЙСК, г. ХАНТЫ-МАНСИЙСК, УЛ. ПИОНЕРСКАЯ, Д. 70, КВ. 107</t>
+  </si>
+  <si>
+    <t>8(3467)33 11 44</t>
+  </si>
+  <si>
+    <t>PsystemZHKH@yandex.ru</t>
+  </si>
+  <si>
+    <t>23.04.2025</t>
+  </si>
+  <si>
+    <t>Жилищно-строительный кооператив № 61</t>
+  </si>
+  <si>
+    <t>ЖСК-61</t>
+  </si>
+  <si>
+    <t>1032700448296</t>
+  </si>
+  <si>
+    <t>2723017240</t>
+  </si>
+  <si>
+    <t>680012, Хабаровский край, г. Хабаровск, ул. Морозова Павла Леонтьевича, д. 132, офис 1</t>
+  </si>
+  <si>
+    <t>8(4212)33 95 84</t>
+  </si>
+  <si>
+    <t>pion61tsj@mail.ru</t>
+  </si>
+  <si>
+    <t>12.05.2025</t>
+  </si>
+  <si>
+    <t>Некоммерческая организация «Единый региональный фонд по управлению многоквартирными домами на территории Луганской Народной Республики»</t>
+  </si>
+  <si>
+    <t>Единый региональный фонд управления МКД</t>
+  </si>
+  <si>
+    <t>1249400005425</t>
+  </si>
+  <si>
+    <t>9403030572</t>
+  </si>
+  <si>
+    <t>291031, Луганская Народная Республика, г. о. город Луганск, г. Луганск, кв-л Героев Брестской Крепости, д. 31А</t>
+  </si>
+  <si>
+    <t>https://www.fondmkdlnr.ru</t>
+  </si>
+  <si>
+    <t>8(8572)61 61 34</t>
+  </si>
+  <si>
+    <t>nko_erf@mail.ru</t>
+  </si>
+  <si>
+    <t>06.06.2025</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Трансэнерго»</t>
+  </si>
+  <si>
+    <t>АО «Трансэнерго»</t>
+  </si>
+  <si>
+    <t>1087423000719</t>
+  </si>
+  <si>
+    <t>7423023178</t>
+  </si>
+  <si>
+    <t>456770, Челябинская область, г. Снежинск, ул. Транспортная, д. 44</t>
+  </si>
+  <si>
+    <t>https://oaotransenergo.ru/</t>
+  </si>
+  <si>
+    <t>8(35146)924 27</t>
+  </si>
+  <si>
+    <t>transen@ao-te.ru</t>
+  </si>
+  <si>
+    <t>10.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «БЛАГОУСТРОЙСТВО-1»</t>
+  </si>
+  <si>
+    <t>ООО «БЛАГОУСТРОЙСТВО-1»</t>
+  </si>
+  <si>
+    <t>1080546000149</t>
+  </si>
+  <si>
+    <t>0546019789</t>
+  </si>
+  <si>
+    <t>368124, Республика Дагестан, г. Кизилюрт, ул. Буйнакского, д. 6, к. А</t>
+  </si>
+  <si>
+    <t>8(922)437 61 66</t>
+  </si>
+  <si>
+    <t>Vika241174@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр ЮГ»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ ЮГ»</t>
+  </si>
+  <si>
+    <t>1242300062014</t>
+  </si>
+  <si>
+    <t>2369011687</t>
+  </si>
+  <si>
+    <t>353862, Краснодарский край, м. о. Приморско-Ахтарский, г. Приморско-Ахтарск, ул. Фестивальная, д. 20/3</t>
+  </si>
+  <si>
+    <t>8(961)503 05 99</t>
+  </si>
+  <si>
+    <t>rkc2471@mail.ru</t>
+  </si>
+  <si>
+    <t>23.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городской расчётный центр»</t>
+  </si>
+  <si>
+    <t>ООО «СарРЦ»</t>
+  </si>
+  <si>
+    <t>1096450003077</t>
+  </si>
+  <si>
+    <t>6450938172</t>
+  </si>
+  <si>
+    <t>410028, Саратовская область, г. о. город Саратов, г. Саратов, ул. им. Чернышевского Н.  зд. 124А, офис 402</t>
+  </si>
+  <si>
+    <t>саррц.рф</t>
+  </si>
+  <si>
+    <t>8(8452)39 00 14</t>
+  </si>
+  <si>
+    <t>office@sarrc.ru</t>
+  </si>
+  <si>
+    <t>24.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Эксплуатация МКД»</t>
+  </si>
+  <si>
+    <t>ООО «Эксплуатация МКД»</t>
+  </si>
+  <si>
+    <t>1173443028660</t>
+  </si>
+  <si>
+    <t>3456004007</t>
+  </si>
+  <si>
+    <t>403532, Волгоградская область, г. Фролово, ул. Ленина, д. 47, офис 2</t>
+  </si>
+  <si>
+    <t>8(961)084 71 11</t>
+  </si>
+  <si>
+    <t>ukdom2018@mail.ru</t>
+  </si>
+  <si>
+    <t>27.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городское управление Ишимбайского жилищного хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «ГУ ИЖХ»</t>
+  </si>
+  <si>
+    <t>1210200046946</t>
+  </si>
+  <si>
+    <t>0261052204</t>
+  </si>
+  <si>
+    <t>453203, Республика Башкортостан, м. р-н Ишимбайский, г. п. город Ишимбай, г. Ишимбай, ул. Блохина, д. 7, помещ. 32</t>
+  </si>
+  <si>
+    <t>8(34794)2 81 01</t>
+  </si>
+  <si>
+    <t>oooguizh@mail.ru</t>
+  </si>
+  <si>
+    <t>25.07.2025</t>
+  </si>
+  <si>
+    <t>Закрытое акционерное общество «СЕРВИС-ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>ЗАО «СЕРВИС-ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>1105543008196</t>
+  </si>
+  <si>
+    <t>5503219197</t>
+  </si>
+  <si>
+    <t>644046, Омская область, г. Омск, ул. Маяковского, д. 14</t>
+  </si>
+  <si>
+    <t>modus-omsk.ru</t>
+  </si>
+  <si>
+    <t>8(3812)37 23 23</t>
+  </si>
+  <si>
+    <t>pkfmodus@gmail.com</t>
+  </si>
+  <si>
+    <t>08.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Доверка»</t>
+  </si>
+  <si>
+    <t>ООО «Доверка»</t>
+  </si>
+  <si>
+    <t>1211600002734</t>
+  </si>
+  <si>
+    <t>1615016159</t>
+  </si>
+  <si>
+    <t>420500, Республика Татарстан (Татарстан), м. р-н Верхнеуслонский, г. п. город Иннополис, г. Иннополис, ул. Университетская, д. 7, помещ. 503</t>
+  </si>
+  <si>
+    <t>doverka.com</t>
+  </si>
+  <si>
+    <t>8(800)300 75 65</t>
+  </si>
+  <si>
+    <t>info@doverka.com</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «Октябрьский»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «Октябрьский»</t>
+  </si>
+  <si>
+    <t>1252900002630</t>
+  </si>
+  <si>
+    <t>2901321518</t>
+  </si>
+  <si>
+    <t>163071, Архангельская область, г. о. город Архангельск, г. Архангельск, ул. Садовая, д. 53</t>
+  </si>
+  <si>
+    <t>8(921)247 91 08</t>
+  </si>
+  <si>
+    <t>sigma.glbuh@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЕДИНЫЙ ИНФОРМАЦИОННЫЙ РАСЧЕТНЫЙ ЦЕНТР»</t>
+  </si>
+  <si>
+    <t>1250500008296</t>
+  </si>
+  <si>
+    <t>0500033580</t>
+  </si>
+  <si>
+    <t>368300, Республика Дагестан, г. о. город Каспийск, г. Каспийск, ул. Ильяшенко, д. 7, кв. 14</t>
+  </si>
+  <si>
+    <t>8(964)000 48 98</t>
+  </si>
+  <si>
+    <t>eirc.rd@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетно-кассовый центр Бурейского района»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ Бурейского района»</t>
+  </si>
+  <si>
+    <t>1112813000299</t>
+  </si>
+  <si>
+    <t>2813008923</t>
+  </si>
+  <si>
+    <t>676720, Амурская область, р-н Бурейский, пгт Новобурейский, ул. Комсомольская, д. 9</t>
+  </si>
+  <si>
+    <t>8(41634)2 16 21</t>
+  </si>
+  <si>
+    <t>rkz-burea@yandex.ru</t>
+  </si>
+  <si>
+    <t>16.09.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "КАССА 24"</t>
+  </si>
+  <si>
+    <t>ООО "КАССА 24"</t>
+  </si>
+  <si>
+    <t>1115042006518</t>
+  </si>
+  <si>
+    <t>5042121253</t>
+  </si>
+  <si>
+    <t>141310, Московская область, г. СЕРГИЕВ ПОСАД, ПР-КТ КРАСНОЙ АРМИИ, Д. 203В, ПОМЕЩ. 3, К. 16, ЭТ. 3</t>
+  </si>
+  <si>
+    <t>8(903)731 72 17</t>
+  </si>
+  <si>
+    <t>imn75@rambler.ru</t>
+  </si>
+  <si>
+    <t>25.09.2025</t>
+  </si>
+  <si>
+    <t>МУНИЦИПАЛЬНОЕ УНИТАРНОЕ ПРЕДПРИЯТИЕ "ЖИЛИЩНО-КОММУНАЛЬНОЕ ХОЗЯЙСТВО" НЫТВЕНСКОГО МУНИЦИПАЛЬНОГО ОКРУГА ПЕРМСКОГО КРАЯ</t>
+  </si>
+  <si>
+    <t>МУП "ЖКХ"</t>
+  </si>
+  <si>
+    <t>1025902284275</t>
+  </si>
+  <si>
+    <t>5942002315</t>
+  </si>
+  <si>
+    <t>617000, Пермский край, Р-Н НЫТВЕНСКИЙ, г. НЫТВА, УЛ. ВОЛОДАРСКОГО, Д. 78А</t>
+  </si>
+  <si>
+    <t>Жкх-нытва.рф</t>
+  </si>
+  <si>
+    <t>+7 (34272) 2-41-02</t>
+  </si>
+  <si>
+    <t>Mup2014gkx@mail.ru</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ГОРОДСКОЙ ИНФОРМАЦИОННО-ТЕХНИЧЕСКИЙ ЦЕНТР" ГОРОДА ИСКИТИМА НОВОСИБИРСКОЙ ОБЛАСТИ</t>
+  </si>
+  <si>
+    <t>ООО "ГИТЦ"</t>
+  </si>
+  <si>
+    <t>1255400024956</t>
+  </si>
+  <si>
+    <t>5473021990</t>
+  </si>
+  <si>
+    <t>633208, Новосибирская область, Г. О. ГОРОД ИСКИТИМ, г. ИСКИТИМ, МКР. ЮЖНЫЙ, Д. 52</t>
+  </si>
+  <si>
+    <t>8(38343)2 43 19</t>
+  </si>
+  <si>
+    <t>ooo.gitcisk@mail.ru</t>
+  </si>
+  <si>
+    <t>20.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "СИТИЛАН"</t>
+  </si>
+  <si>
+    <t>ООО "СИТИЛАН"</t>
+  </si>
+  <si>
+    <t>1129901000107</t>
+  </si>
+  <si>
+    <t>9901034690</t>
+  </si>
+  <si>
+    <t>468320, УЛ. ГОРЬКОГО, Д. 26, 33</t>
+  </si>
+  <si>
+    <t>9411.ru</t>
+  </si>
+  <si>
+    <t>8(771)820 14 16; 8(336)225 73 21</t>
+  </si>
+  <si>
+    <t>citylan@9411.ru</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПЛАТЕЖНЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>ООО "ПЛАТЕЖНЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>1254200009095</t>
+  </si>
+  <si>
+    <t>4214046240</t>
+  </si>
+  <si>
+    <t>652873, Кемеровская область - Кузбасс, М. О. МЕЖДУРЕЧЕНСКИЙ, г. МЕЖДУРЕЧЕНСК, ПР-КТ ШАХТЕРОВ, Д. 35А, ПОМЕЩ. 3А</t>
+  </si>
+  <si>
+    <t>+7 (995) 617-53-36</t>
+  </si>
+  <si>
+    <t>Nastya.rabota12@mail.ru</t>
+  </si>
+  <si>
+    <t>30.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ УПРАВЛЯЮЩАЯ КОМПАНИЯ "УПРАВДОМ"</t>
+  </si>
+  <si>
+    <t>ООО УК "УПРАВДОМ"</t>
+  </si>
+  <si>
+    <t>1106915000136</t>
+  </si>
+  <si>
+    <t>6915012644</t>
+  </si>
+  <si>
+    <t>172003, Тверская область, г. ТОРЖОК, Ш. ЛЕНИНГРАДСКОЕ, Д. 10А</t>
+  </si>
+  <si>
+    <t>http://upravdom-torzhok.ru</t>
+  </si>
+  <si>
+    <t>8-910-938-88-22</t>
+  </si>
+  <si>
+    <t>nika.gurina@yandex.ru</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ТОПКИНСКИЙ ЕДИНЫЙ РАСЧЕТНО-КАССОВЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>ООО "ТЕРКЦ"</t>
+  </si>
+  <si>
+    <t>1254200007951</t>
+  </si>
+  <si>
+    <t>4246026905</t>
+  </si>
+  <si>
+    <t>652300, Кемеровская область - Кузбасс, М. О. ТОПКИНСКИЙ, г. ТОПКИ, УЛ. ЛЕРМОНТОВА, ЗД. 24</t>
+  </si>
+  <si>
+    <t>8 384 544 76 34</t>
+  </si>
+  <si>
+    <t>TERKCOOO@yandex.ru</t>
+  </si>
+  <si>
+    <t>06.11.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "УПРАВЛЕНИЕ ЕДИНОГО ЗАКАЗЧИКА ЖИЛИЩНО-КОММУНАЛЬНЫХ УСЛУГ ГОРОДА ЛЕНИНСКА-КУЗНЕЦКОГО"</t>
+  </si>
+  <si>
+    <t>ООО "УЕЗ ЖКУ Г. ЛЕНИНСКА-КУЗНЕЦКОГО"</t>
+  </si>
+  <si>
+    <t>1144212001064</t>
+  </si>
+  <si>
+    <t>4212037137</t>
+  </si>
+  <si>
+    <t>652500, Кемеровская область - Кузбасс, Р-Н ЛЕНИНСК-КУЗНЕЦКИЙ, г. ЛЕНИНСК-КУЗНЕЦКИЙ, УЛ. ЗЕМЦОВА, Д. 1</t>
+  </si>
+  <si>
+    <t>8(996)413 49 91</t>
+  </si>
+  <si>
+    <t>office@uez-lk.ru</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПЭЙБЭРРИ ПЛЮС"</t>
+  </si>
+  <si>
+    <t>ООО "ПЭЙБЭРРИ ПЛЮС"</t>
+  </si>
+  <si>
+    <t>1169102056408</t>
+  </si>
+  <si>
+    <t>9102204585</t>
+  </si>
+  <si>
+    <t>295018, Республика Крым, г. СИМФЕРОПОЛЬ, УЛ. ЛИНЕЙНАЯ, ЗД. 2А, СТР. 2, КОМ. 8</t>
+  </si>
+  <si>
+    <t>+7(978)101-16-87</t>
+  </si>
+  <si>
+    <t>ilyin@payberry.ru</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПЛАТЁЖНЫЕ РЕШЕНИЯ"</t>
+  </si>
+  <si>
+    <t>ООО "ПЛАТЁЖНЫЕ РЕШЕНИЯ"</t>
+  </si>
+  <si>
+    <t>1251600038360</t>
+  </si>
+  <si>
+    <t>1686052308</t>
+  </si>
+  <si>
+    <t>420061, Республика Татарстан (Татарстан), Г. О. ГОРОД КАЗАНЬ, г. КАЗАНЬ, УЛ. НИКОЛАЯ ЕРШОВА, Д. 49В, ОФИС 20</t>
+  </si>
+  <si>
+    <t>+7(919)688-01-18</t>
+  </si>
+  <si>
+    <t>pay.sol@yandex.ru</t>
+  </si>
+  <si>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "РАСЧЕТНЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>ООО "РАСЧЕТНЫЙ ЦЕНТР"</t>
+  </si>
+  <si>
+    <t>1246400003300</t>
+  </si>
+  <si>
+    <t>6440045437</t>
+  </si>
+  <si>
+    <t>412310, Саратовская область, М. Р-Н БАЛАШОВСКИЙ, Г. П. ГОРОД БАЛАШОВ, г. БАЛАШОВ, УЛ. АВТОМОБИЛИСТОВ, Д. 9</t>
+  </si>
+  <si>
+    <t>+7(960)342-06-18</t>
+  </si>
+  <si>
+    <t>NICKSGAP@INBOX.RU</t>
+  </si>
+  <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "КОЛИБРИ"</t>
+  </si>
+  <si>
+    <t>ООО "КОЛИБРИ"</t>
+  </si>
+  <si>
+    <t>1241800006436</t>
+  </si>
+  <si>
+    <t>1800017710</t>
+  </si>
+  <si>
+    <t>426054, Удмуртская Республика, Г. О. ГОРОД ИЖЕВСК, г. ИЖЕВСК, УЛ. 9-Я ПОДЛЕСНАЯ, Д. 17, ОФ. 1</t>
+  </si>
+  <si>
+    <t>8(912)745-83-38</t>
+  </si>
+  <si>
+    <t>Kolibri.izh@mail.ru</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "БИТБАНКЕР"</t>
+  </si>
+  <si>
+    <t>ООО "БИТБАНКЕР"</t>
+  </si>
+  <si>
+    <t>1217700570977</t>
+  </si>
+  <si>
+    <t>9703060680</t>
+  </si>
+  <si>
+    <t>123112, город Москва, ВН. ТЕР. Г. МУНИЦИПАЛЬНЫЙ ОКРУГ ПРЕСНЕНСКИЙ, НАБ. ПРЕСНЕНСКАЯ, Д. 12, ЭТАЖ 40, ОФИС 4</t>
+  </si>
+  <si>
+    <t>+7(915)368-45-50</t>
+  </si>
+  <si>
+    <t>sychev@bitbanker.ru</t>
+  </si>
+  <si>
+    <t>25.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ПЛАТЕЖКА"</t>
+  </si>
+  <si>
+    <t>ООО "ПЛАТЕЖКА"</t>
+  </si>
+  <si>
+    <t>1257700335628</t>
+  </si>
+  <si>
+    <t>7743474973</t>
+  </si>
+  <si>
+    <t>125239, город Москва, ВН. ТЕР. Г. МУНИЦИПАЛЬНЫЙ ОКРУГ КОПТЕВО, ПЕР. СТАРОКОПТЕВСКИЙ, Д. 2, КВ. 30</t>
+  </si>
+  <si>
+    <t>8(925)125-88-66</t>
+  </si>
+  <si>
+    <t>mr.plata@list.ru</t>
+  </si>
+  <si>
+    <t>26.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ ЦЕНТР ИНФОРМАЦИОННОЙ БЕЗОПАСНОСТИ "СТРАЖ"</t>
+  </si>
+  <si>
+    <t>ООО ЦИБ "СТРАЖ"</t>
+  </si>
+  <si>
+    <t>1129901000019</t>
+  </si>
+  <si>
+    <t>9901088889</t>
+  </si>
+  <si>
+    <t>468321, УЛ. ИМЕНИ КОСМОНАВТА ТИТОВА Г. С., Д. 15, 51+52</t>
+  </si>
+  <si>
+    <t>www.baikonurpay.ru; www.cibst.ru</t>
+  </si>
+  <si>
+    <t>8(33622)7-63-53; +7(967)351-82-84</t>
+  </si>
+  <si>
+    <t>cibst@mail.ru</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ЦЕНТР НАЧИСЛЕНИЙ "СОКОЛОВОГОРСКИЙ"</t>
+  </si>
+  <si>
+    <t>ООО "ЦЕНТР НАЧИСЛЕНИЙ "СОКОЛОВОГОРСКИЙ"</t>
+  </si>
+  <si>
+    <t>1056415025248</t>
+  </si>
+  <si>
+    <t>6452915283</t>
+  </si>
+  <si>
+    <t>410012, Саратовская область, Г. О. ГОРОД САРАТОВ, г. САРАТОВ, УЛ. ВОЛЬСКАЯ, Д. 127/133</t>
+  </si>
+  <si>
+    <t>8(927)105-90-54</t>
+  </si>
+  <si>
+    <t>centr.2200@mail.ru</t>
+  </si>
+  <si>
+    <t>18.06.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие Тихорецкого городского поселения Тихорецкого района «Тихорецкий расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>МУП ТГП ТР «ТРКЦ»</t>
+  </si>
+  <si>
+    <t>1102360000588</t>
+  </si>
+  <si>
+    <t>2360003730</t>
+  </si>
+  <si>
+    <t>352120, Краснодарский край, Тихорецкий, Тихорецк, ул. Октябрьская, д. 10</t>
+  </si>
+  <si>
+    <t>http://trkcmup.ru/</t>
+  </si>
+  <si>
+    <t>10.07.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Бахетле»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Бахетле»</t>
+  </si>
+  <si>
+    <t>1171690123417</t>
+  </si>
+  <si>
+    <t>1660304977</t>
+  </si>
+  <si>
+    <t>430004, Республика Мордовия, г. Саранск, г. о. Саранск, г. Саранск, ул. Мордовская, д. 35, к. 233Б, помещ. I</t>
+  </si>
+  <si>
+    <t>8(937)622 24 50</t>
+  </si>
+  <si>
+    <t>ukb6222450@gmail.com</t>
+  </si>
+  <si>
+    <t>1221300000734</t>
+  </si>
+  <si>
+    <t>1326258007</t>
+  </si>
+  <si>
+    <t>430004, Республика Мордовия, г. Саранск, г. о. Саранск, г. Саранск, ул. Кирова, д. 31, пом. 3</t>
+  </si>
+  <si>
+    <t>ercrm.ru</t>
+  </si>
+  <si>
+    <t>8(8342)27 00 81</t>
+  </si>
+  <si>
+    <t>inbox@ercrm.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Богатовское коммунальное хозяйство»</t>
+  </si>
+  <si>
+    <t>ООО «БКХ»</t>
+  </si>
+  <si>
+    <t>1116377000673</t>
+  </si>
+  <si>
+    <t>6377015315</t>
+  </si>
+  <si>
+    <t>446630, Самарская область, р-н Богатовский, с. Богатое, ул. Чапаева, д. 18, помещения 5-8</t>
+  </si>
+  <si>
+    <t>8(846)662 11 11</t>
+  </si>
+  <si>
+    <t>bkx2011@yandex.ru</t>
+  </si>
+  <si>
+    <t>1155258001524</t>
+  </si>
+  <si>
+    <t>5258120982</t>
+  </si>
+  <si>
+    <t>603073, Нижегородская область, г. о. город Нижний Новгород, г. Нижний Новгород, ул. Глеба Успенского, д. 1, к. 2, помещ. П2</t>
+  </si>
+  <si>
+    <t>https://rc-nn.ru/</t>
+  </si>
+  <si>
+    <t>8(831)281 20 68</t>
+  </si>
+  <si>
+    <t>ooorc52@yandex.ru</t>
+  </si>
+  <si>
+    <t>19.12.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Водоканал»</t>
+  </si>
+  <si>
+    <t>МУП «Водоканал»</t>
+  </si>
+  <si>
+    <t>1125235000835</t>
+  </si>
+  <si>
+    <t>5239010720</t>
+  </si>
+  <si>
+    <t>606910, Нижегородская область, г. Шахунья, ул. Советская, д. 100</t>
+  </si>
+  <si>
+    <t>shah-vodokanal.ru</t>
+  </si>
+  <si>
+    <t>8(83152)2 60 95</t>
+  </si>
+  <si>
+    <t>office@shah-vodokanal.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Нептун»</t>
+  </si>
+  <si>
+    <t>ООО «Нептун»</t>
+  </si>
+  <si>
+    <t>1032601420686</t>
+  </si>
+  <si>
+    <t>2609021280</t>
+  </si>
+  <si>
+    <t>357324, Ставропольский край, р-н Кировский, ст-ца Зольская, ул. Орджоникидзе, д. 7</t>
+  </si>
+  <si>
+    <t>www.ooo-neptun.ru</t>
+  </si>
+  <si>
+    <t>8(87938)5 06 81</t>
+  </si>
+  <si>
+    <t>oleg_orishev@mail.ru</t>
+  </si>
+  <si>
+    <t>14.01.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Водоканал»</t>
+  </si>
+  <si>
+    <t>ООО «Водоканал»</t>
+  </si>
+  <si>
+    <t>1176313043004</t>
+  </si>
+  <si>
+    <t>6330076954</t>
+  </si>
+  <si>
+    <t>446100, Самарская область, г. Чапаевск, ул. Кооперативная, д. 3</t>
+  </si>
+  <si>
+    <t>www.vodokanalchap.ru</t>
+  </si>
+  <si>
+    <t>8(84639)2 19 71</t>
+  </si>
+  <si>
+    <t>vodokanalchap@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городское коммунальное управление»</t>
+  </si>
+  <si>
+    <t>ООО «ГКУ»</t>
+  </si>
+  <si>
+    <t>1065635007932</t>
+  </si>
+  <si>
+    <t>5618011646</t>
+  </si>
+  <si>
+    <t>462781, Оренбургская область, г. Ясный, ул. Ленина, д. 9, помещение 5, кабинет 300</t>
+  </si>
+  <si>
+    <t>8(353)682 28 30</t>
+  </si>
+  <si>
+    <t>gku_06@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Флагман»</t>
+  </si>
+  <si>
+    <t>ООО УК «Флагман»</t>
+  </si>
+  <si>
+    <t>1123850001637</t>
+  </si>
+  <si>
+    <t>3849020186</t>
+  </si>
+  <si>
+    <t>664081, Иркутская область, г. Иркутск, мкр. Крылатый, д. 22/3, этаж цокольный № 1</t>
+  </si>
+  <si>
+    <t>www.flagman38.ru</t>
+  </si>
+  <si>
+    <t>8(3952)56 56 11</t>
+  </si>
+  <si>
+    <t>uk-flagman@mail.ru</t>
+  </si>
+  <si>
+    <t>03.02.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие Куйбышевского района «Управляющая компания жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>МУП «Управляющая компания ЖКХ»</t>
+  </si>
+  <si>
+    <t>1125485000299</t>
+  </si>
+  <si>
+    <t>5452115920</t>
+  </si>
+  <si>
+    <t>https://vk.com/rkckainsk</t>
+  </si>
+  <si>
+    <t>8(38362)5 14 54; 8(38362)2 51 53</t>
+  </si>
+  <si>
+    <t>rkc-kainsk@yandex.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное предприятие городского округа Семеновский «Горводопровод»</t>
+  </si>
+  <si>
+    <t>МП «Горводопровод»</t>
+  </si>
+  <si>
+    <t>1055204002336</t>
+  </si>
+  <si>
+    <t>5228009786</t>
+  </si>
+  <si>
+    <t>606650, Нижегородская область, г. Семенов, ул. Советская, д. 6</t>
+  </si>
+  <si>
+    <t>8(83162)5 51 17</t>
+  </si>
+  <si>
+    <t>mup.gorvodoprovod@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ужурское ЖКХ»</t>
+  </si>
+  <si>
+    <t>ООО «Ужурское ЖКХ»</t>
+  </si>
+  <si>
+    <t>1052439009182</t>
+  </si>
+  <si>
+    <t>2439006394</t>
+  </si>
+  <si>
+    <t>662253, Красноярский край, р-н Ужурский, г. Ужур, ул. Победа Социализма, д. 116</t>
+  </si>
+  <si>
+    <t>8(913)037 70 00</t>
+  </si>
+  <si>
+    <t>e.kovaleva@gkh24.com</t>
+  </si>
+  <si>
+    <t>Публичное Акционерное Общество «РУТЕЛЕКОМ»</t>
+  </si>
+  <si>
+    <t>ПАО «РУТЕЛЕКОМ»</t>
+  </si>
+  <si>
+    <t>1024202000833</t>
+  </si>
+  <si>
+    <t>4230000309</t>
+  </si>
+  <si>
+    <t>630102, Новосибирская область, г. Новосибирск, ул. Восход, д. 1, к. А, офис 511</t>
+  </si>
+  <si>
+    <t>www.yrga.ru</t>
+  </si>
+  <si>
+    <t>8(38451)4 24 27</t>
+  </si>
+  <si>
+    <t>42142@yrga.ru</t>
+  </si>
+  <si>
+    <t>03.03.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Газпром межрегионгаз Владимир»</t>
+  </si>
+  <si>
+    <t>ООО «Газпром межрегионгаз Владимир»</t>
+  </si>
+  <si>
+    <t>1023301456903</t>
+  </si>
+  <si>
+    <t>3328415442</t>
+  </si>
+  <si>
+    <t>600017, Владимирская область, г. Владимир, ул. Мира, д. 34, этаж 4, офис 402</t>
+  </si>
+  <si>
+    <t>www.vlrg.ru</t>
+  </si>
+  <si>
+    <t>8(4922)40 20 30</t>
+  </si>
+  <si>
+    <t>info@vlrg.ru</t>
+  </si>
+  <si>
+    <t>18.03.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное предприятие «Жилищное хозяйство» муниципального образования «Киришское городское поселение Киришского муниципального района»</t>
+  </si>
+  <si>
+    <t>МП «Жилищное хозяйство»</t>
+  </si>
+  <si>
+    <t>1024701482321</t>
+  </si>
+  <si>
+    <t>4708001129</t>
+  </si>
+  <si>
+    <t>187110, Ленинградская область, р-н Киришский, г. Кириши, ул. Пионерская, д. 3А</t>
+  </si>
+  <si>
+    <t>upravdom-kirishi.ru</t>
+  </si>
+  <si>
+    <t>8(81368)523 12</t>
+  </si>
+  <si>
+    <t>soboleva@upravdom-kirishi.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПриладожскЖКХ» Приладожского городского поселения Кировского муниципального района Ленинградской области</t>
+  </si>
+  <si>
+    <t>ООО «ПриладожскЖКХ»</t>
+  </si>
+  <si>
+    <t>1244700031102</t>
+  </si>
+  <si>
+    <t>4706082725</t>
+  </si>
+  <si>
+    <t>187326, Ленинградская область, м. р-н Кировский, г. п. Приладожское, гп Приладожский, 25</t>
+  </si>
+  <si>
+    <t>8(81362)6 53 06</t>
+  </si>
+  <si>
+    <t>priladoga@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ремстрой-Индустрия»</t>
+  </si>
+  <si>
+    <t>ООО «Ремстрой-Индустрия»</t>
+  </si>
+  <si>
+    <t>1084230000667</t>
+  </si>
+  <si>
+    <t>4230024645</t>
+  </si>
+  <si>
+    <t>652050, Кемеровская область - Кузбасс, г. Юрга, ул. Новая, д. 8</t>
+  </si>
+  <si>
+    <t>ук-рси.рф</t>
+  </si>
+  <si>
+    <t>8(384)514 18 09</t>
+  </si>
+  <si>
+    <t>remstroy.yrga@mail.ru</t>
+  </si>
+  <si>
+    <t>27.03.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ГородОК плюс»</t>
+  </si>
+  <si>
+    <t>ООО «ГородОК плюс»</t>
+  </si>
+  <si>
+    <t>1225000060845</t>
+  </si>
+  <si>
+    <t>5042159401</t>
+  </si>
+  <si>
+    <t>141301, Московская область, г. о. Сергиево-Посадский, г. Сергиев Посад, ш. Новоугличское, д. 21, кв. 42</t>
+  </si>
+  <si>
+    <t>8(916)595 69 92</t>
+  </si>
+  <si>
+    <t>GOR2PLUS@MAIL.RU</t>
+  </si>
+  <si>
+    <t>14.04.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Егорьевский Расчетный Кассовый Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Егорьевский РКЦ»</t>
+  </si>
+  <si>
+    <t>1115011001698</t>
+  </si>
+  <si>
+    <t>5011032652</t>
+  </si>
+  <si>
+    <t>140301, Московская область, г. Егорьевск, ул. Октябрьская д. 38/1</t>
+  </si>
+  <si>
+    <t>8(917)534 37 39</t>
+  </si>
+  <si>
+    <t>rkc@tomilino.net</t>
+  </si>
+  <si>
+    <t>22.04.2025</t>
+  </si>
+  <si>
+    <t>1171832024264</t>
+  </si>
+  <si>
+    <t>1837017570</t>
+  </si>
+  <si>
+    <t>427628, Удмуртская Республика, г. Глазов, г. о. г. Глазов, ул. Калинина, д. 2а</t>
+  </si>
+  <si>
+    <t>8(34141)6 61 62</t>
+  </si>
+  <si>
+    <t>rkc-glazov@yandex.ru</t>
+  </si>
+  <si>
+    <t>29.04.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «КС»</t>
+  </si>
+  <si>
+    <t>1146313000646</t>
+  </si>
+  <si>
+    <t>6313546335</t>
+  </si>
+  <si>
+    <t>443048, Самарская область, г. Самара, п. Красная Глинка, кв-л 3-й, д. 32, этаж 2, помещ. 6</t>
+  </si>
+  <si>
+    <t>8(846)219 24 25</t>
+  </si>
+  <si>
+    <t>sekret@ksooo.ru</t>
+  </si>
+  <si>
+    <t>16.05.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Информационно-расчетная компания «Биллинговый центр»</t>
+  </si>
+  <si>
+    <t>ООО «ИРК «Биллинговый центр»</t>
+  </si>
+  <si>
+    <t>1117610008163</t>
+  </si>
+  <si>
+    <t>7610093866</t>
+  </si>
+  <si>
+    <t>152935, Ярославская область, г. Рыбинск, ул. Мотостроителей, д. 16, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(4855)23 17 47</t>
+  </si>
+  <si>
+    <t>ex@irc-bc.ru</t>
+  </si>
+  <si>
+    <t>22.05.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью УК «Времена года»</t>
+  </si>
+  <si>
+    <t>ООО УК «Времена года»</t>
+  </si>
+  <si>
+    <t>1145260011710</t>
+  </si>
+  <si>
+    <t>5260393698</t>
+  </si>
+  <si>
+    <t>603163, Нижегородская область, г. Нижний Новгород, ул. Родионова, д. 199, к. 1, кв. 17</t>
+  </si>
+  <si>
+    <t>https://ukvg-nn.ru</t>
+  </si>
+  <si>
+    <t>8(831)452 93 03</t>
+  </si>
+  <si>
+    <t>OOOUKVG@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ИРБЦ-Черноземье»</t>
+  </si>
+  <si>
+    <t>ООО «ИРБЦ-Черноземье»</t>
+  </si>
+  <si>
+    <t>1224600007884</t>
+  </si>
+  <si>
+    <t>4632293856</t>
+  </si>
+  <si>
+    <t>305021, Курская область, г. Курск, пр-кт Победы, д. 44, офис XXXI</t>
+  </si>
+  <si>
+    <t>8(4712)78 75 13</t>
+  </si>
+  <si>
+    <t>irbts@mail.ru</t>
+  </si>
+  <si>
+    <t>28.05.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр расчета коммунальных платежей»</t>
+  </si>
+  <si>
+    <t>ООО «ЦРКП»</t>
+  </si>
+  <si>
+    <t>1036403912533</t>
+  </si>
+  <si>
+    <t>6439054941</t>
+  </si>
+  <si>
+    <t>413865, Саратовская область, м. р-н Балаковский, г. п. город Балаково, г. Балаково, ул. Октябрьская, д. 42/1, помещ. 1</t>
+  </si>
+  <si>
+    <t>8(8453)46 21 89</t>
+  </si>
+  <si>
+    <t>czrkp@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр Мобильной Связи «Диксис-Челны 2»</t>
+  </si>
+  <si>
+    <t>ООО «ЦМС«Диксис-Челны 2»</t>
+  </si>
+  <si>
+    <t>1081689001712</t>
+  </si>
+  <si>
+    <t>1645023837</t>
+  </si>
+  <si>
+    <t>423237, Республика Татарстан (Татарстан), р-н Бугульминский, г. Бугульма, ул. Мусы Джалиля, д. 7</t>
+  </si>
+  <si>
+    <t>8(987)421 74 85, 8(917)273 75 96</t>
+  </si>
+  <si>
+    <t>mustafina_elvira@1sota.ru</t>
+  </si>
+  <si>
+    <t>04.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр Мобильной Связи «Диксис-Закамье»</t>
+  </si>
+  <si>
+    <t>ООО «ЦМС «Диксис-Закамье»</t>
+  </si>
+  <si>
+    <t>1081689001701</t>
+  </si>
+  <si>
+    <t>1645023844</t>
+  </si>
+  <si>
+    <t>423236, Республика Татарстан (Татарстан), р-н Бугульминский, г. Бугульма, ул. Газинура Гафиатуллина, д. 31</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр Мобильной Связи «Первый Сотовый-Закамье»</t>
+  </si>
+  <si>
+    <t>ООО «ЦМС «Первый Сотовый-Закамье»</t>
+  </si>
+  <si>
+    <t>1081689001690</t>
+  </si>
+  <si>
+    <t>1645023851</t>
+  </si>
+  <si>
+    <t>423236, Республика Татарстан (Татарстан), р-н Бугульминский, г. Бугульма, ул. Мусы Джалиля, д. 26</t>
+  </si>
+  <si>
+    <t>05.06.2025</t>
+  </si>
+  <si>
+    <t>18.03.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Региональная генерирующая компания-Узловая»</t>
+  </si>
+  <si>
+    <t>ООО «РГК-Узловая»</t>
+  </si>
+  <si>
+    <t>1167154061315</t>
+  </si>
+  <si>
+    <t>7117029220</t>
+  </si>
+  <si>
+    <t>301600, Тульская область, Узловский, г. Узловая, пл. Советская, д. 5, помещ. 10, этаж 2</t>
+  </si>
+  <si>
+    <t>rgk-l.ru</t>
+  </si>
+  <si>
+    <t>8(950)916 57 38</t>
+  </si>
+  <si>
+    <t>buh@rgk-l.ru</t>
+  </si>
+  <si>
+    <t>18.06.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Вместе»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Вместе»</t>
+  </si>
+  <si>
+    <t>1064230008182</t>
+  </si>
+  <si>
+    <t>4230021517</t>
+  </si>
+  <si>
+    <t>652061, Кемеровская область - Кузбасс, г. Юрга, ул. Мира, д. 9Б</t>
+  </si>
+  <si>
+    <t>http://ukrsu.upravkom.ru</t>
+  </si>
+  <si>
+    <t>8(38451)4 74 85</t>
+  </si>
+  <si>
+    <t>yurgareu@upravkom.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Выбор»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Выбор»</t>
+  </si>
+  <si>
+    <t>1154230000605</t>
+  </si>
+  <si>
+    <t>4230029932</t>
+  </si>
+  <si>
+    <t>652055, Кемеровская область - Кузбасс, г. Юрга, ул. Достоевского, д. 6, к. А</t>
+  </si>
+  <si>
+    <t>http://ukreu.upravkom.ru</t>
+  </si>
+  <si>
+    <t>buhrsu_6@rsu.upravkom.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие жилищно-коммунального хозяйства г. Барабинска</t>
+  </si>
+  <si>
+    <t>1065470001519</t>
+  </si>
+  <si>
+    <t>5451110781</t>
+  </si>
+  <si>
+    <t>632332, Новосибирская область, р-н Барабинский, г. Барабинск, пер. Майский, д. 11</t>
+  </si>
+  <si>
+    <t>8(383)612 44 70</t>
+  </si>
+  <si>
+    <t>mupgkh-barabinska@yandex.ru</t>
+  </si>
+  <si>
+    <t>07.07.2025</t>
+  </si>
+  <si>
+    <t>Закрытое акционерное общество «РАДУГАЭНЕРГО»</t>
+  </si>
+  <si>
+    <t>ЗАО «РАДУГАЭНЕРГО»</t>
+  </si>
+  <si>
+    <t>1033303400140</t>
+  </si>
+  <si>
+    <t>3308004388</t>
+  </si>
+  <si>
+    <t>600910, Владимирская область, г. Радужный, кв-л 13/13, строение 1</t>
+  </si>
+  <si>
+    <t>www.radugaenergo.ru</t>
+  </si>
+  <si>
+    <t>8(49254)3 10 22</t>
+  </si>
+  <si>
+    <t>info@radugaenergo.ru; buh@radugaenergo.ru</t>
+  </si>
+  <si>
+    <t>15.07.2025</t>
+  </si>
+  <si>
+    <t>Закрытое акционерное общество «Управляющая компания «СПАС-Дом»</t>
+  </si>
+  <si>
+    <t>ЗАО «УК «СПАС-Дом»</t>
+  </si>
+  <si>
+    <t>1065405025168</t>
+  </si>
+  <si>
+    <t>5405311268</t>
+  </si>
+  <si>
+    <t>630091, Новосибирская область, г. Новосибирск, ул. Семьи Шамшиных, д. 69А</t>
+  </si>
+  <si>
+    <t>https://spas-dom.ru/</t>
+  </si>
+  <si>
+    <t>8(913)480 10 74</t>
+  </si>
+  <si>
+    <t>minina.na@spas-dom.ru</t>
+  </si>
+  <si>
+    <t>22.07.2025</t>
+  </si>
+  <si>
+    <t>20.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СимМетрия»</t>
+  </si>
+  <si>
+    <t>ООО «СимМетрия»</t>
+  </si>
+  <si>
+    <t>1042127014632</t>
+  </si>
+  <si>
+    <t>2127006550</t>
+  </si>
+  <si>
+    <t>428027, Чувашская Республика - Чувашия, г. Чебоксары, б-р Эгерский, д. 42</t>
+  </si>
+  <si>
+    <t>8(927)667 31 99</t>
+  </si>
+  <si>
+    <t>544044@mail.ru</t>
+  </si>
+  <si>
+    <t>24.07.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ремонтно-эксплуатационное предприятие»</t>
+  </si>
+  <si>
+    <t>ООО «РЭП»</t>
+  </si>
+  <si>
+    <t>1186658023221</t>
+  </si>
+  <si>
+    <t>6684031140</t>
+  </si>
+  <si>
+    <t>623286, Свердловская область, м. о. Ревда, г. Ревда, ул. Карла Либкнехта, влд. 84А</t>
+  </si>
+  <si>
+    <t>8(34397)3 10 96</t>
+  </si>
+  <si>
+    <t>oooreprevda@gmail.com</t>
+  </si>
+  <si>
+    <t>29.07.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Лидер Управляющая Компания»</t>
+  </si>
+  <si>
+    <t>ООО «Лидер УК»</t>
+  </si>
+  <si>
+    <t>1144246000700</t>
+  </si>
+  <si>
+    <t>4246019520</t>
+  </si>
+  <si>
+    <t>650004, Кемеровская область - Кузбасс, г. Кемерово, ул. Бийская, д. 38, офис 204</t>
+  </si>
+  <si>
+    <t>8(3845)36 75 59</t>
+  </si>
+  <si>
+    <t>lideruk@inbox.ru</t>
+  </si>
+  <si>
+    <t>04.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Принцип»</t>
+  </si>
+  <si>
+    <t>ООО «Принцип»</t>
+  </si>
+  <si>
+    <t>1233800025656</t>
+  </si>
+  <si>
+    <t>3816035998</t>
+  </si>
+  <si>
+    <t>665514, Иркутская область, м. о. Чунский, рп Чунский, мкр. Северный, д. 5, кв. 4</t>
+  </si>
+  <si>
+    <t>8(964)262 49 15</t>
+  </si>
+  <si>
+    <t>gorod.gorod.2023@mail.ru</t>
+  </si>
+  <si>
+    <t>13.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «ЮКОМ»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «ЮКОМ»</t>
+  </si>
+  <si>
+    <t>1095908002046</t>
+  </si>
+  <si>
+    <t>5908044548</t>
+  </si>
+  <si>
+    <t>614032, Пермский край, г. Пермь, ул. Липатова, д. 25</t>
+  </si>
+  <si>
+    <t>8(342)282 83 77</t>
+  </si>
+  <si>
+    <t>uk-ucom@yandex.ru</t>
+  </si>
+  <si>
+    <t>15.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный Центр ОПТИМА»</t>
+  </si>
+  <si>
+    <t>РЦ ОПТИМА</t>
+  </si>
+  <si>
+    <t>1105105000428</t>
+  </si>
+  <si>
+    <t>5105093724</t>
+  </si>
+  <si>
+    <t>184367, Мурманская область, р-н Кольский, пгт Кильдинстрой, ул. Полярная, д. 2</t>
+  </si>
+  <si>
+    <t>8(900)937 15 29</t>
+  </si>
+  <si>
+    <t>UK-OPTIMA@yandex.ru</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Стройпартнер»</t>
+  </si>
+  <si>
+    <t>ООО «Стройпартнер»</t>
+  </si>
+  <si>
+    <t>1135476107898</t>
+  </si>
+  <si>
+    <t>5406752593</t>
+  </si>
+  <si>
+    <t>630083, Новосибирская область, г. Новосибирск, ул. Большевистская, д. 122, кв. 17</t>
+  </si>
+  <si>
+    <t>8(38443)5 14 00</t>
+  </si>
+  <si>
+    <t>ukstroip20@mail.ru</t>
+  </si>
+  <si>
+    <t>21.08.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ТелеЧек»</t>
+  </si>
+  <si>
+    <t>ООО «ТелеЧек»</t>
+  </si>
+  <si>
+    <t>1114705000706</t>
+  </si>
+  <si>
+    <t>4705052750</t>
+  </si>
+  <si>
+    <t>188305, Ленинградская область, м. о. Гатчинский, г. Гатчина, ул. Достоевского, д. 11, помещ. 3-Н</t>
+  </si>
+  <si>
+    <t>8(813)713 25 24</t>
+  </si>
+  <si>
+    <t>ps@gtn.ru</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Система платежей»</t>
+  </si>
+  <si>
+    <t>ООО «СП»</t>
+  </si>
+  <si>
+    <t>1062221005835</t>
+  </si>
+  <si>
+    <t>2221115557</t>
+  </si>
+  <si>
+    <t>656011, Алтайский край, г. Барнаул, ул. П. С. Кулагина, д. 8В, офис 203</t>
+  </si>
+  <si>
+    <t>https://quickpay.ru/</t>
+  </si>
+  <si>
+    <t>8(3852)22 61 43</t>
+  </si>
+  <si>
+    <t>o.kozub@quickpay.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управление по эксплуатации и ремонту-Кубань»</t>
+  </si>
+  <si>
+    <t>ООО «УЭР-Кубань»</t>
+  </si>
+  <si>
+    <t>1082311009351</t>
+  </si>
+  <si>
+    <t>2311114082</t>
+  </si>
+  <si>
+    <t>350053, Краснодарский край, г. Краснодар, ул. Екатеринодарская, д. 10, помещ. 12</t>
+  </si>
+  <si>
+    <t>8(861)992 20 54; 8(961)586 46 46</t>
+  </si>
+  <si>
+    <t>lykomorie@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Консультативный центр»</t>
+  </si>
+  <si>
+    <t>ООО «Консультативный центр»</t>
+  </si>
+  <si>
+    <t>1171690108094</t>
+  </si>
+  <si>
+    <t>1659185845</t>
+  </si>
+  <si>
+    <t>420059, Республика Татарстан (Татарстан), г. Казань, ул. Роторная, д. 1, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(843)233 80 88</t>
+  </si>
+  <si>
+    <t>rc_kc@mail.ru</t>
+  </si>
+  <si>
+    <t>02.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Инновационная процессинговая компания»</t>
+  </si>
+  <si>
+    <t>ООО «ИПК»</t>
+  </si>
+  <si>
+    <t>1103850022704</t>
+  </si>
+  <si>
+    <t>3812129268</t>
+  </si>
+  <si>
+    <t>195256, город Санкт-Петербург, ул. Софьи Ковалевской, д. 14, к. 6, Литера А, кв. 173</t>
+  </si>
+  <si>
+    <t>https://portalgkh.ru/</t>
+  </si>
+  <si>
+    <t>500-100 доб. 0240</t>
+  </si>
+  <si>
+    <t>info@irkpk.ru</t>
+  </si>
+  <si>
+    <t>04.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кольский Вычислительный Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Кольский Вычислительный Центр»</t>
+  </si>
+  <si>
+    <t>1135105000216</t>
+  </si>
+  <si>
+    <t>5105095930</t>
+  </si>
+  <si>
+    <t>184355, Мурманская область, р-н Кольский, пгт Мурмаши, ул. Энергетиков, д. 7</t>
+  </si>
+  <si>
+    <t>8(902)136 84 66</t>
+  </si>
+  <si>
+    <t>oookola_v_centr@mail.ru</t>
+  </si>
+  <si>
+    <t>27.06.2024</t>
+  </si>
+  <si>
+    <t>Государственное унитарное предприятие Ставропольского края «Региональный расчетный центр Ставропольского края»</t>
+  </si>
+  <si>
+    <t>ГУП СК «РРЦ СК»</t>
+  </si>
+  <si>
+    <t>1142651000590</t>
+  </si>
+  <si>
+    <t>2634812126</t>
+  </si>
+  <si>
+    <t>355006, Ставропольский край, г. Ставрополь, пр-кт К. Маркса, д. 60</t>
+  </si>
+  <si>
+    <t>8(8652)26 38 17</t>
+  </si>
+  <si>
+    <t>05.09.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Коммунально-эксплуатационное предприятие» Городского округа Закрытое административно-территориальное образование Комаровский Оренбургской области</t>
+  </si>
+  <si>
+    <t>МУП «КЭП» ГО ЗАТО Комаровский</t>
+  </si>
+  <si>
+    <t>1025602138781</t>
+  </si>
+  <si>
+    <t>5618005106</t>
+  </si>
+  <si>
+    <t>462781, Оренбургская область, п. Комаровский, ул. Комарова, д. 3, к. А</t>
+  </si>
+  <si>
+    <t>www.kepzato.ru</t>
+  </si>
+  <si>
+    <t>8(35368)2 27 16</t>
+  </si>
+  <si>
+    <t>mpzato@mail.ru</t>
+  </si>
+  <si>
+    <t>09.09.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Водоснабжение» муниципального района Красноармейский Самарской области</t>
+  </si>
+  <si>
+    <t>МУП «Водоснабжение»</t>
+  </si>
+  <si>
+    <t>1086375000524</t>
+  </si>
+  <si>
+    <t>6375193506</t>
+  </si>
+  <si>
+    <t>446140, Самарская область, р-н Красноармейский, с. Красноармейское, пер. Кооперативный, д. 13</t>
+  </si>
+  <si>
+    <t>8(84675)2 18 97</t>
+  </si>
+  <si>
+    <t>mupvoda2022@yandex.ru</t>
+  </si>
+  <si>
+    <t>10.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищно-коммунальное хозяйство города Гатчины»</t>
+  </si>
+  <si>
+    <t>ООО «ЖКХ г. Гатчины»</t>
+  </si>
+  <si>
+    <t>1244700037042</t>
+  </si>
+  <si>
+    <t>4705122527</t>
+  </si>
+  <si>
+    <t>188300, Ленинградская область, м. р-н Гатчинский, г. Гатчина, ул. Соборная, д. 1</t>
+  </si>
+  <si>
+    <t>upravdom.gtn.ru</t>
+  </si>
+  <si>
+    <t>8(813)712 21 36</t>
+  </si>
+  <si>
+    <t>INFO@GKH47.RU</t>
+  </si>
+  <si>
+    <t>11.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Флагман»</t>
+  </si>
+  <si>
+    <t>ООО «Флагман»</t>
+  </si>
+  <si>
+    <t>1204600013760</t>
+  </si>
+  <si>
+    <t>4632274645</t>
+  </si>
+  <si>
+    <t>305006, Курская область, г. Курск, пр-кт Анатолия Дериглазова, д. 19, помещ. II</t>
+  </si>
+  <si>
+    <t>8(471)244 63 73</t>
+  </si>
+  <si>
+    <t>kursk.flagman@yandex.ru</t>
+  </si>
+  <si>
+    <t>12.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Интеграция»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ Интеграция»</t>
+  </si>
+  <si>
+    <t>1215800010414</t>
+  </si>
+  <si>
+    <t>5837081526</t>
+  </si>
+  <si>
+    <t>440061, Пензенская область, г. о. город Пенза, г. Пенза, ул. Луначарского, д. 53</t>
+  </si>
+  <si>
+    <t>8(8412)46 50 26</t>
+  </si>
+  <si>
+    <t>ekoprom-gcpnz@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью управляющая компания «Интинская»</t>
+  </si>
+  <si>
+    <t>ООО УК «Интинская»</t>
+  </si>
+  <si>
+    <t>1141104000289</t>
+  </si>
+  <si>
+    <t>1104013849</t>
+  </si>
+  <si>
+    <t>169841, Республика Коми, г. Инта, ул. Мира, д. 37</t>
+  </si>
+  <si>
+    <t>8(821)456 87 55; 8(821)456 27 07</t>
+  </si>
+  <si>
+    <t>inta.uk@gmail.com</t>
+  </si>
+  <si>
+    <t>18.09.2025</t>
+  </si>
+  <si>
+    <t>1161326059553</t>
+  </si>
+  <si>
+    <t>1326247358</t>
+  </si>
+  <si>
+    <t>430005, Республика Мордовия, г. о. Саранск, г. Саранск, ул. Коммунистическая, д. 89, офис 717</t>
+  </si>
+  <si>
+    <t>https://erc13.ru</t>
+  </si>
+  <si>
+    <t>8(8342)22 32 41</t>
+  </si>
+  <si>
+    <t>ertskov@yandex.ru</t>
+  </si>
+  <si>
+    <t>06.08.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Миллениум»</t>
+  </si>
+  <si>
+    <t>ООО «Миллениум»</t>
+  </si>
+  <si>
+    <t>1181690000381</t>
+  </si>
+  <si>
+    <t>1655396933</t>
+  </si>
+  <si>
+    <t>420066, Республика Татарстан (Татарстан), г. Казань, г. о. Казань, ул. Комсомольская, д. 2, помещ. 1203</t>
+  </si>
+  <si>
+    <t>8(843)211 16 08</t>
+  </si>
+  <si>
+    <t>kznmillenium@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ростовский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1176196042901</t>
+  </si>
+  <si>
+    <t>6163206104</t>
+  </si>
+  <si>
+    <t>344038, Ростовская область, г. о. город Ростов-на-Дону, г. Ростов-на-Дону, пр-кт Михаила Нагибина, д. 12/2, офис 23</t>
+  </si>
+  <si>
+    <t>оооррц.рф</t>
+  </si>
+  <si>
+    <t>8(863)206 71 92</t>
+  </si>
+  <si>
+    <t>rrc2022@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центральная касса»</t>
+  </si>
+  <si>
+    <t>ООО «Центральная касса»</t>
+  </si>
+  <si>
+    <t>1165958068462</t>
+  </si>
+  <si>
+    <t>5903123588</t>
+  </si>
+  <si>
+    <t>614066, Пермский край, г. Пермь, ул. Стахановская, д. 54, стр. Р, офис 400/6</t>
+  </si>
+  <si>
+    <t>8(342)240 20 37</t>
+  </si>
+  <si>
+    <t>sko@ckassa.ru</t>
+  </si>
+  <si>
+    <t>22.09.2025</t>
+  </si>
+  <si>
+    <t>Открытое акционерное общество «Сузунское ЖКХ»</t>
+  </si>
+  <si>
+    <t>ОАО «Сузунское ЖКХ»</t>
+  </si>
+  <si>
+    <t>1105483000809</t>
+  </si>
+  <si>
+    <t>5436108763</t>
+  </si>
+  <si>
+    <t>633623, Новосибирская область, Сузунский, р. п. Сузун, ул. Коммунистическая, д. 3</t>
+  </si>
+  <si>
+    <t>http://gkh-suz.ru</t>
+  </si>
+  <si>
+    <t>8(38346)22 724; 8(38346)21 447</t>
+  </si>
+  <si>
+    <t>ppk.05@mail.ru</t>
+  </si>
+  <si>
+    <t>24.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ИНТЕР РАО - Орловский энергосбыт»</t>
+  </si>
+  <si>
+    <t>ООО «Орловский энергосбыт»</t>
+  </si>
+  <si>
+    <t>1115742001682</t>
+  </si>
+  <si>
+    <t>5754020600</t>
+  </si>
+  <si>
+    <t>302020, Орловская область, г. Орел, ул. Полесская, д. 28К</t>
+  </si>
+  <si>
+    <t>www.interrao-orel.ru</t>
+  </si>
+  <si>
+    <t>8(4862)73 44 73; 8(4862)54 59 60</t>
+  </si>
+  <si>
+    <t>secretary@interrao-orel.ru; nekrasova_le@interrao-orel.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищно-эксплуатационные услуги № 6» города Кирово-Чепецка</t>
+  </si>
+  <si>
+    <t>ООО «ЖЭУ № 6» г. Кирово-Чепецка</t>
+  </si>
+  <si>
+    <t>1244300003750</t>
+  </si>
+  <si>
+    <t>4312158576</t>
+  </si>
+  <si>
+    <t>613050, Кировская область, г. о. город Кирово-Чепецк, г. Кирово-Чепецк, проезд Дзержинского, д. 6А</t>
+  </si>
+  <si>
+    <t>8(83361)4 55 78</t>
+  </si>
+  <si>
+    <t>mup.zheu6@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Городская управляющая жилищно-эксплуатационная компания № 6» города Кирово-Чепецка Кировской области</t>
+  </si>
+  <si>
+    <t>ООО «ГУЖЭК № 6» г. Кирово-Чепецка</t>
+  </si>
+  <si>
+    <t>1244300003771</t>
+  </si>
+  <si>
+    <t>4312158583</t>
+  </si>
+  <si>
+    <t>8(83361)4 46 08</t>
+  </si>
+  <si>
+    <t>mup_zhek6@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Коммунальное хозяйство»</t>
+  </si>
+  <si>
+    <t>МУП «КХ»</t>
+  </si>
+  <si>
+    <t>1234000005480</t>
+  </si>
+  <si>
+    <t>4000003369</t>
+  </si>
+  <si>
+    <t>249440, Калужская область, м. р-н Кировский, г. п. город Киров, г. Киров, ул. Пролетарская, д. 12</t>
+  </si>
+  <si>
+    <t>8(48456)5 11 37</t>
+  </si>
+  <si>
+    <t>mupkx-2023@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Город Комфорта»</t>
+  </si>
+  <si>
+    <t>ООО «Город Комфорта»</t>
+  </si>
+  <si>
+    <t>1186234008971</t>
+  </si>
+  <si>
+    <t>6215032204</t>
+  </si>
+  <si>
+    <t>390000, Рязанская область, г. Рязань, ул. Маяковского, д. 49, помещ. Н24</t>
+  </si>
+  <si>
+    <t>https://www.gorodkomforta62.ru/</t>
+  </si>
+  <si>
+    <t>8(4912)24 70 14</t>
+  </si>
+  <si>
+    <t>gorodkomfort@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Веста»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Веста»</t>
+  </si>
+  <si>
+    <t>1223900008023</t>
+  </si>
+  <si>
+    <t>3902011782</t>
+  </si>
+  <si>
+    <t>238056, Калининградская область, г. о. Гусевский, г. Гусев, ул. Московская, д. 69, этаж цокольный этаж № 1, подвал № 1, офис № 1</t>
+  </si>
+  <si>
+    <t>8(929)168 93 39</t>
+  </si>
+  <si>
+    <t>Yk.vesta39@mail.ru</t>
+  </si>
+  <si>
+    <t>26.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Небоскрёб на Карцева»</t>
+  </si>
+  <si>
+    <t>ООО УК «Небоскрёб на Карцева»</t>
+  </si>
+  <si>
+    <t>1200200031107</t>
+  </si>
+  <si>
+    <t>0264078480</t>
+  </si>
+  <si>
+    <t>452687, Республика Башкортостан, г. Нефтекамск, ул. Декабристов, д. 3Б, кв. 8</t>
+  </si>
+  <si>
+    <t>8(961)041 89 64</t>
+  </si>
+  <si>
+    <t>nbk-abonent@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый информационно-расчетный центр Чувашии»</t>
+  </si>
+  <si>
+    <t>ООО «ЕИРЦ Чувашии»</t>
+  </si>
+  <si>
+    <t>1222100008855</t>
+  </si>
+  <si>
+    <t>2100002397</t>
+  </si>
+  <si>
+    <t>428003, Чувашская Республика - Чувашия, г. о. город Чебоксары, г. Чебоксары, пр-кт Мира, д. 1, кабинет 210</t>
+  </si>
+  <si>
+    <t>8(903)358 56 15</t>
+  </si>
+  <si>
+    <t>ooo-prosolutions@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилищная компания»</t>
+  </si>
+  <si>
+    <t>ООО «Жилком»</t>
+  </si>
+  <si>
+    <t>1146733002888</t>
+  </si>
+  <si>
+    <t>6722042152</t>
+  </si>
+  <si>
+    <t>215110, Смоленская область, р-н Вяземский, г. Вязьма, ул. Репина, д. 14</t>
+  </si>
+  <si>
+    <t>8(48131)2 35 75</t>
+  </si>
+  <si>
+    <t>gilcomV@yandex.ru</t>
+  </si>
+  <si>
+    <t>29.09.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая Компания Сталкер»</t>
+  </si>
+  <si>
+    <t>ООО «УК Сталкер»</t>
+  </si>
+  <si>
+    <t>1074230001306</t>
+  </si>
+  <si>
+    <t>4230023585</t>
+  </si>
+  <si>
+    <t>652062, Кемеровская область - Кузбасс, г. Юрга, пр-кт Победы, д. 38Б</t>
+  </si>
+  <si>
+    <t>www.ykgkh.ru</t>
+  </si>
+  <si>
+    <t>8(38451)4 86 37</t>
+  </si>
+  <si>
+    <t>yk_gkh@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Апогей плюс»</t>
+  </si>
+  <si>
+    <t>ООО «Апогей+»</t>
+  </si>
+  <si>
+    <t>1071837001004</t>
+  </si>
+  <si>
+    <t>1837003312</t>
+  </si>
+  <si>
+    <t>427625, Удмуртская Республика, г. Глазов, ул. Пехтина, д. 6</t>
+  </si>
+  <si>
+    <t>8(34141)2 15 16</t>
+  </si>
+  <si>
+    <t>ooo_apogey_plus@mail.ru; apogey_pko2024@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Алтайэнергосбыт»</t>
+  </si>
+  <si>
+    <t>АО «Алтайэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1062224065166</t>
+  </si>
+  <si>
+    <t>2224103849</t>
+  </si>
+  <si>
+    <t>656038, Алтайский край, г. о. город Барнаул, г. Барнаул, б-р Обской, д. 30</t>
+  </si>
+  <si>
+    <t>www.altaiensb.ru</t>
+  </si>
+  <si>
+    <t>8(3852)22 39 51</t>
+  </si>
+  <si>
+    <t>kanz@altaiensb.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетно информационный центр»</t>
+  </si>
+  <si>
+    <t>1116913000654</t>
+  </si>
+  <si>
+    <t>6913013113</t>
+  </si>
+  <si>
+    <t>172735, Тверская область, г. Осташков, пер. Восточный, д. 1, кв. 21</t>
+  </si>
+  <si>
+    <t>8(910)938 90 67</t>
+  </si>
+  <si>
+    <t>irinaerc@yandex.ru</t>
+  </si>
+  <si>
+    <t>01.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «Домсервис Тайга»</t>
+  </si>
+  <si>
+    <t>ООО УК «ДСТ»</t>
+  </si>
+  <si>
+    <t>1174205005721</t>
+  </si>
+  <si>
+    <t>4246021167</t>
+  </si>
+  <si>
+    <t>652401, Кемеровская область - Кузбасс, г. Тайга, ул. Щетинкина, д. 74/2</t>
+  </si>
+  <si>
+    <t>8(908)945 00 23</t>
+  </si>
+  <si>
+    <t>melkov1960@mail.ru; UKDST2018@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Биллинг-центр»</t>
+  </si>
+  <si>
+    <t>ООО «Биллинг-центр»</t>
+  </si>
+  <si>
+    <t>1187627021174</t>
+  </si>
+  <si>
+    <t>7608035850</t>
+  </si>
+  <si>
+    <t>152020, Ярославская область, г. Переславль-Залесский, ул. Советская, д. 37, офис 116</t>
+  </si>
+  <si>
+    <t>https://bill-c.jkhinfo.ru/</t>
+  </si>
+  <si>
+    <t>8(48535)3 84 00</t>
+  </si>
+  <si>
+    <t>Billing.c-pz@mail.ru</t>
+  </si>
+  <si>
+    <t>02.10.2025</t>
+  </si>
+  <si>
+    <t>1140280006415</t>
+  </si>
+  <si>
+    <t>0268069422</t>
+  </si>
+  <si>
+    <t>453120, Республика Башкортостан, г. Стерлитамак, ул. Блюхера, д. 12</t>
+  </si>
+  <si>
+    <t>https://erc-str.ru/contact.html</t>
+  </si>
+  <si>
+    <t>8(3473)22 03 58</t>
+  </si>
+  <si>
+    <t>info@rsc-str.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчет»</t>
+  </si>
+  <si>
+    <t>ООО «РАСЧЕТ»</t>
+  </si>
+  <si>
+    <t>1151690104279</t>
+  </si>
+  <si>
+    <t>1657205327</t>
+  </si>
+  <si>
+    <t>420124, Республика Татарстан (Татарстан), г. Казань, ул. Четаева, д. 50, офис 1</t>
+  </si>
+  <si>
+    <t>8(987)410 44 19</t>
+  </si>
+  <si>
+    <t>dily4@mail.ru</t>
+  </si>
+  <si>
+    <t>14.03.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Новые Телекоммуникационные Технологии»</t>
+  </si>
+  <si>
+    <t>ООО «НТТ»</t>
+  </si>
+  <si>
+    <t>1075074001958</t>
+  </si>
+  <si>
+    <t>5074036184</t>
+  </si>
+  <si>
+    <t>119019, город Москва, ул. Арбат, д. 6/2, помещ. 2/1/4</t>
+  </si>
+  <si>
+    <t>8(926)900 10 95</t>
+  </si>
+  <si>
+    <t>ntt-info@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Сфера СП»</t>
+  </si>
+  <si>
+    <t>ООО «Сфера СП»</t>
+  </si>
+  <si>
+    <t>1166952069525</t>
+  </si>
+  <si>
+    <t>6952009199</t>
+  </si>
+  <si>
+    <t>170042, Тверская область, г. о. город Тверь, г. Тверь, Наб. Афанасия Никитина, д. 144, к. 4, помещ. 5</t>
+  </si>
+  <si>
+    <t>8(905)126 07 11</t>
+  </si>
+  <si>
+    <t>inckom.dom@yandex.ru</t>
+  </si>
+  <si>
+    <t>06.10.2025</t>
+  </si>
+  <si>
+    <t>1033802256730</t>
+  </si>
+  <si>
+    <t>3821005886</t>
+  </si>
+  <si>
+    <t>666031, Иркутская область, г. Шелехов, ул. Култукский тракт, д. 3</t>
+  </si>
+  <si>
+    <t>shelvoda.ru</t>
+  </si>
+  <si>
+    <t>8(395)506 30 96</t>
+  </si>
+  <si>
+    <t>post@shelvoda.ru</t>
+  </si>
+  <si>
+    <t>1062336004653</t>
+  </si>
+  <si>
+    <t>2336018461</t>
+  </si>
+  <si>
+    <t>353800, Краснодарский край, Красноармейский, ст-ца Полтавская, ул. Ленина, д. 154</t>
+  </si>
+  <si>
+    <t>8(86165)3 26 35</t>
+  </si>
+  <si>
+    <t>polt_erc@rambler.ru</t>
+  </si>
+  <si>
+    <t>07.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Люксдом»</t>
+  </si>
+  <si>
+    <t>ООО «Люксдом»</t>
+  </si>
+  <si>
+    <t>1087746246950</t>
+  </si>
+  <si>
+    <t>7734579144</t>
+  </si>
+  <si>
+    <t>123060, город Москва, ул. Маршала Соколовского, д. 1</t>
+  </si>
+  <si>
+    <t>ukluxedom.ru</t>
+  </si>
+  <si>
+    <t>8(499)792 85 81</t>
+  </si>
+  <si>
+    <t>ooozks@inbox.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Малое универсальное предприятие жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «МУП ЖКХ»</t>
+  </si>
+  <si>
+    <t>1075827000501</t>
+  </si>
+  <si>
+    <t>5827011544</t>
+  </si>
+  <si>
+    <t>08.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПогарДом»</t>
+  </si>
+  <si>
+    <t>ООО «ПогарДом»</t>
+  </si>
+  <si>
+    <t>1083252001139</t>
+  </si>
+  <si>
+    <t>3252006380</t>
+  </si>
+  <si>
+    <t>243550, Брянская область, р-н Погарский, пгт Погар, пл. Советская, д. 22</t>
+  </si>
+  <si>
+    <t>8(48349)2 11 82</t>
+  </si>
+  <si>
+    <t>nash-dom.22@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Управляющая компания «ЖИЛДОМСЕРВИС»</t>
+  </si>
+  <si>
+    <t>ООО УК «ЖИЛДОМСЕРВИС»</t>
+  </si>
+  <si>
+    <t>1113668040672</t>
+  </si>
+  <si>
+    <t>3661054473</t>
+  </si>
+  <si>
+    <t>394002, Воронежская область, г. о. город Воронеж, г. Воронеж, ул. Урывского, д. 17, помещ. 1/5</t>
+  </si>
+  <si>
+    <t>8(473)202 56 46</t>
+  </si>
+  <si>
+    <t>zhildomservis@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное казенное предприятие «ТЕПЛО»</t>
+  </si>
+  <si>
+    <t>МКП «ТЕПЛО»</t>
+  </si>
+  <si>
+    <t>1184205004070</t>
+  </si>
+  <si>
+    <t>4230032501</t>
+  </si>
+  <si>
+    <t>652300, Кемеровская область - Кузбасс, р-н Топкинский, г. Топки, ул. Алма-Атинская, д. 31</t>
+  </si>
+  <si>
+    <t>8(38454)3 11 32</t>
+  </si>
+  <si>
+    <t>mkp-teplo18@mail.ru</t>
+  </si>
+  <si>
+    <t>09.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчётно-кассовый центр Михайловского района»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРКЦ Михайловского района»</t>
+  </si>
+  <si>
+    <t>1122827000570</t>
+  </si>
+  <si>
+    <t>2820010730</t>
+  </si>
+  <si>
+    <t>676680, Амурская область, р-н Михайловский, с. Поярково, ул. Ленина, д. 91</t>
+  </si>
+  <si>
+    <t>8(41637)4 22 12</t>
+  </si>
+  <si>
+    <t>erkcpoirkovo@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Платсервис»</t>
+  </si>
+  <si>
+    <t>ООО «Платсервис»</t>
+  </si>
+  <si>
+    <t>1102801006990</t>
+  </si>
+  <si>
+    <t>2801151830</t>
+  </si>
+  <si>
+    <t>675004, Амурская область, г. о. город Благовещенск, г. Благовещенск, ул. Артиллерийская, д. 30, офис 208</t>
+  </si>
+  <si>
+    <t>8(914)538 02 66</t>
+  </si>
+  <si>
+    <t>revizor-up@ya.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Таймырбыт»</t>
+  </si>
+  <si>
+    <t>АО «Таймырбыт»</t>
+  </si>
+  <si>
+    <t>1058484016645</t>
+  </si>
+  <si>
+    <t>8401011170</t>
+  </si>
+  <si>
+    <t>647000, Красноярский край, р-н Таймырский Долгано-Ненецкий, г. Дудинка, ул. Матросова, зд. 14</t>
+  </si>
+  <si>
+    <t>www.taymirbit.org</t>
+  </si>
+  <si>
+    <t>8(391)915 24 50</t>
+  </si>
+  <si>
+    <t>taymirbit@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Ключ»</t>
+  </si>
+  <si>
+    <t>ООО «Ключ»</t>
+  </si>
+  <si>
+    <t>1236900008070</t>
+  </si>
+  <si>
+    <t>6952325846</t>
+  </si>
+  <si>
+    <t>170042, Тверская область, г. Тверь, наб. Афанасия Никитина, д. 144, к. 4, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(910)535 62 39</t>
+  </si>
+  <si>
+    <t>Kluch_1960@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Коммунальные системы «Жуково»</t>
+  </si>
+  <si>
+    <t>ООО «Коммунальные системы «Жуково»</t>
+  </si>
+  <si>
+    <t>1076714002518</t>
+  </si>
+  <si>
+    <t>6714028355</t>
+  </si>
+  <si>
+    <t>214550, Смоленская область, р-н Смоленский, д. Покорное, ул. Школьная, д. 26</t>
+  </si>
+  <si>
+    <t>8(4812)47 52 23; 8(4812)47 52 19</t>
+  </si>
+  <si>
+    <t>gkh-gukovo@yandex.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единый расчетный центр на территории Республики Марий Эл»</t>
+  </si>
+  <si>
+    <t>АО «ЕРЦ Республики Марий Эл»</t>
+  </si>
+  <si>
+    <t>1141215004644</t>
+  </si>
+  <si>
+    <t>1215181990</t>
+  </si>
+  <si>
+    <t>424006, Республика Марий Эл, г. о. город Йошкар-Ола, г. Йошкар-Ола, ул. Карла Маркса, д. 109Б</t>
+  </si>
+  <si>
+    <t>https://erc-mariel.ru/contacts</t>
+  </si>
+  <si>
+    <t>8(8362)30 49 40</t>
+  </si>
+  <si>
+    <t>erc_office@mail.ru</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Объединение жилищно-коммунального хозяйства»</t>
+  </si>
+  <si>
+    <t>ООО «ОЖКХ»</t>
+  </si>
+  <si>
+    <t>1075246001467</t>
+  </si>
+  <si>
+    <t>5246031872</t>
+  </si>
+  <si>
+    <t>606440, Нижегородская область, г. Бор, ш. Стеклозаводское, д. 1</t>
+  </si>
+  <si>
+    <t>https://borgkh.ru/</t>
+  </si>
+  <si>
+    <t>8(83159)2 10 67</t>
+  </si>
+  <si>
+    <t>ooo@borgkh.ru</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Единая процессинг-сервисная система жилищно-коммунального хозяйства Воронежской области»</t>
+  </si>
+  <si>
+    <t>АО «ЕПСС ЖКХ ВО»</t>
+  </si>
+  <si>
+    <t>1133668054574</t>
+  </si>
+  <si>
+    <t>3662196833</t>
+  </si>
+  <si>
+    <t>394036, Воронежская область, г. о. город Воронеж, г. Воронеж, ул. Театральная, д. 30, помещ. I, ком. 33</t>
+  </si>
+  <si>
+    <t>https://epss-vrn.ru/</t>
+  </si>
+  <si>
+    <t>8(473)26 44 02</t>
+  </si>
+  <si>
+    <t>epss@epss36.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Биллинговый центр»</t>
+  </si>
+  <si>
+    <t>ООО «Биллинговый центр»</t>
+  </si>
+  <si>
+    <t>1185958027364</t>
+  </si>
+  <si>
+    <t>5907041093</t>
+  </si>
+  <si>
+    <t>614000, Пермский край, г. о. Пермский, г. Пермь, ул. Монастырская, д. 87, помещ. 14</t>
+  </si>
+  <si>
+    <t>8(922)355 26 65</t>
+  </si>
+  <si>
+    <t>billing-center@mail.ru</t>
+  </si>
+  <si>
+    <t>15.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Эксплстройсервис»</t>
+  </si>
+  <si>
+    <t>ООО «Эксплстройсервис»</t>
+  </si>
+  <si>
+    <t>1075050002829</t>
+  </si>
+  <si>
+    <t>5050063615</t>
+  </si>
+  <si>
+    <t>141181, Московская область, г. Щёлково, дп. Загорянский, ул. Ватутина, д. 1А</t>
+  </si>
+  <si>
+    <t>http://www.eksplstroiservis.ru</t>
+  </si>
+  <si>
+    <t>8(496)253 98 53</t>
+  </si>
+  <si>
+    <t>vshk08@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управление специальных работ»</t>
+  </si>
+  <si>
+    <t>ООО «УСР»</t>
+  </si>
+  <si>
+    <t>1065753007011</t>
+  </si>
+  <si>
+    <t>5753038933</t>
+  </si>
+  <si>
+    <t>302040, Орловская область, г. Орел, ул. Октябрьская, д. 64А, пом. 1, 2</t>
+  </si>
+  <si>
+    <t>usr-orel.ru</t>
+  </si>
+  <si>
+    <t>8(4862)42 00 30</t>
+  </si>
+  <si>
+    <t>usr57@mail.ru</t>
+  </si>
+  <si>
+    <t>16.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания ЖКХ №1»</t>
+  </si>
+  <si>
+    <t>ООО «УК ЖКХ №1»</t>
+  </si>
+  <si>
+    <t>1034205018165</t>
+  </si>
+  <si>
+    <t>4205020140</t>
+  </si>
+  <si>
+    <t>650065, Кемеровская область - Кузбасс, г. Кемерово, пр-кт Ленина, д. 146/1</t>
+  </si>
+  <si>
+    <t>uk-kem.ru</t>
+  </si>
+  <si>
+    <t>8(3842)37 48 24</t>
+  </si>
+  <si>
+    <t>uk374824@mail.ru</t>
+  </si>
+  <si>
+    <t>1172801005277</t>
+  </si>
+  <si>
+    <t>2813010224</t>
+  </si>
+  <si>
+    <t>676720, Амурская область, р-н Бурейский, пгт. Новобурейский, ул. Пионерская, д. 28, офис 1</t>
+  </si>
+  <si>
+    <t>8(909)893 90 69</t>
+  </si>
+  <si>
+    <t>ooo_rkc@internet.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «СПЕЦАВТОГРАД»</t>
+  </si>
+  <si>
+    <t>ООО «СПЕЦАВТОГРАД»</t>
+  </si>
+  <si>
+    <t>1135249004417</t>
+  </si>
+  <si>
+    <t>5249128777</t>
+  </si>
+  <si>
+    <t>606015, Нижегородская область, г. о. город Дзержинск, г. Дзержинск, ул. Гайдара, д. 43, кв. 28</t>
+  </si>
+  <si>
+    <t>8(952)466 75 00</t>
+  </si>
+  <si>
+    <t>sag-uk@mail.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Сети»</t>
+  </si>
+  <si>
+    <t>АО «Сети»</t>
+  </si>
+  <si>
+    <t>1142903000195</t>
+  </si>
+  <si>
+    <t>2903011092</t>
+  </si>
+  <si>
+    <t>164901, Архангельская область, г. Новодвинск, ул. Солнечная, д. 13, к. 1</t>
+  </si>
+  <si>
+    <t>https://oaoseti.ru/</t>
+  </si>
+  <si>
+    <t>8(81852)4 50 05</t>
+  </si>
+  <si>
+    <t>oaoseti@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ГЭК - ИНЖИНИРИНГ»</t>
+  </si>
+  <si>
+    <t>ООО «ГЭК - ИНЖИНИРИНГ»</t>
+  </si>
+  <si>
+    <t>1195958009664</t>
+  </si>
+  <si>
+    <t>5904371897</t>
+  </si>
+  <si>
+    <t>614007, Пермский край, г. о. Пермский, г. Пермь, ул. Сибирская, стр. 48/1, офис 311</t>
+  </si>
+  <si>
+    <t>8(342)206 88 98</t>
+  </si>
+  <si>
+    <t>infoperm@gekgroup.ru</t>
+  </si>
+  <si>
+    <t>1146509001000</t>
+  </si>
+  <si>
+    <t>6508009879</t>
+  </si>
+  <si>
+    <t>694910, Сахалинская область, р-н Углегорский, пгт Шахтерск, ул. Ленина, д. 14</t>
+  </si>
+  <si>
+    <t>8(993)242 63 49</t>
+  </si>
+  <si>
+    <t>rkc.ooo@bk.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Волжский»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ В»</t>
+  </si>
+  <si>
+    <t>1143435002886</t>
+  </si>
+  <si>
+    <t>3435312138</t>
+  </si>
+  <si>
+    <t>404109, Волгоградская область, г. о. город Волжский, г. Волжский, ул. Мира, д. 93А, помещ. 6</t>
+  </si>
+  <si>
+    <t>8(8443)55 68 20; 8(961)065 52 04</t>
+  </si>
+  <si>
+    <t>rcenter.vlz@rcuo.ru</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Газпром межрегионгаз Тамбов»</t>
+  </si>
+  <si>
+    <t>ООО «Газпром межрегионгаз Тамбов»</t>
+  </si>
+  <si>
+    <t>1026801155303</t>
+  </si>
+  <si>
+    <t>6831020409</t>
+  </si>
+  <si>
+    <t>392000, Тамбовская область, г. Тамбов, ул. Интернациональная, д. 11А</t>
+  </si>
+  <si>
+    <t>www.tamrg.ru</t>
+  </si>
+  <si>
+    <t>8(4752)71 80 32</t>
+  </si>
+  <si>
+    <t>r68_secret@tamrg.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие жилищно-коммунальных услуг Цивильского муниципального округа Чувашской Республики</t>
+  </si>
+  <si>
+    <t>МУП ЖКУ Цивильского муниципального округа</t>
+  </si>
+  <si>
+    <t>1142137000389</t>
+  </si>
+  <si>
+    <t>2115005383</t>
+  </si>
+  <si>
+    <t>429901, Чувашская Республика - Чувашия, м. о. Цивильский, г. Цивильск, ул. М. Горького, двлд. 1</t>
+  </si>
+  <si>
+    <t>8(835)452 11 22</t>
+  </si>
+  <si>
+    <t>mupgkuciv@gmail.com</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Скапл»</t>
+  </si>
+  <si>
+    <t>ООО «Скапл»</t>
+  </si>
+  <si>
+    <t>1181832013120</t>
+  </si>
+  <si>
+    <t>1840080290</t>
+  </si>
+  <si>
+    <t>426039, Удмуртская Республика, г. о. город Ижевск, г. Ижевск, ш. Воткинское, д. 170, помещ. 24Б</t>
+  </si>
+  <si>
+    <t>https://sbplat.ru</t>
+  </si>
+  <si>
+    <t>8(800)250 89 12</t>
+  </si>
+  <si>
+    <t>info@skapl.ru</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>11.11.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ДоКоР»</t>
+  </si>
+  <si>
+    <t>ООО «ДоКоР»</t>
+  </si>
+  <si>
+    <t>1054205184758</t>
+  </si>
+  <si>
+    <t>4205089906</t>
+  </si>
+  <si>
+    <t>650056, Кемеровская область - Кузбасс, г. о. Кемеровский, г. Кемерово, б-р Строителей, д. 53А, помещ. 114</t>
+  </si>
+  <si>
+    <t>www.докор.рф</t>
+  </si>
+  <si>
+    <t>8(3842)49 02 82</t>
+  </si>
+  <si>
+    <t>ooodokor@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Жилкомхоз»</t>
+  </si>
+  <si>
+    <t>ООО «Жилкомхоз»</t>
+  </si>
+  <si>
+    <t>1083254000851</t>
+  </si>
+  <si>
+    <t>3255501880</t>
+  </si>
+  <si>
+    <t>241550, Брянская область, г. Сельцо, ул. Кирова, д. 59, офис 1</t>
+  </si>
+  <si>
+    <t>http://www.gkh-seltso.ru</t>
+  </si>
+  <si>
+    <t>8(483)297 14 12</t>
+  </si>
+  <si>
+    <t>buh@gkh-seltso.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Октябрьский Водоканал»</t>
+  </si>
+  <si>
+    <t>ООО «Октябрьский Водоканал»</t>
+  </si>
+  <si>
+    <t>1232800001015</t>
+  </si>
+  <si>
+    <t>2827010619</t>
+  </si>
+  <si>
+    <t>676885, Амурская область, м. р-н Октябрьский, с. п. Варваровский сельсовет, с. Варваровка, ул. Молодежная, д. 11, офис 13</t>
+  </si>
+  <si>
+    <t>8(41652)2 14 73</t>
+  </si>
+  <si>
+    <t>varvarovckoe_zhkx@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Погарский районный водоканал»</t>
+  </si>
+  <si>
+    <t>МУП «ВОДОКАНАЛ»</t>
+  </si>
+  <si>
+    <t>1043244003527</t>
+  </si>
+  <si>
+    <t>3252000269</t>
+  </si>
+  <si>
+    <t>243550, Брянская область, р-н Погарский, пгт Погар, ул. Советская, д. 7</t>
+  </si>
+  <si>
+    <t>8(48349)2 24 71</t>
+  </si>
+  <si>
+    <t>pogar.vodokanal@inbox.ru</t>
+  </si>
+  <si>
+    <t>28.10.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Платежный полюс»</t>
+  </si>
+  <si>
+    <t>ООО «Платежный полюс»</t>
+  </si>
+  <si>
+    <t>1222300060399</t>
+  </si>
+  <si>
+    <t>2369009430</t>
+  </si>
+  <si>
+    <t>353860, Краснодарский край, м. р-н Приморско-Ахтарский, г. п. Приморско-Ахтарское, г. Приморско-Ахтарск, ул. Первомайская, д. 18, ком. 3</t>
+  </si>
+  <si>
+    <t>8(905)402 22 60</t>
+  </si>
+  <si>
+    <t>pp@webkompas.ru</t>
+  </si>
+  <si>
+    <t>29.10.2025</t>
+  </si>
+  <si>
+    <t>Межмуниципальное общество с ограниченной ответственностью по обеспечению сбора платежей от населения и других групп потребителей за жилищно-коммунальные услуги «Расчетно-кассовый центр»</t>
+  </si>
+  <si>
+    <t>1062709013069</t>
+  </si>
+  <si>
+    <t>2704018657</t>
+  </si>
+  <si>
+    <t>682800, Хабаровский край, г. Советская Гавань, ул. Пионерская, д. 17</t>
+  </si>
+  <si>
+    <t>8(421)384 03 15</t>
+  </si>
+  <si>
+    <t>svgrkc@mail.ru</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Дирекция единого заказчика» города Искитима Новосибирской области</t>
+  </si>
+  <si>
+    <t>МУП «ДЕЗ»</t>
+  </si>
+  <si>
+    <t>1065472008535</t>
+  </si>
+  <si>
+    <t>5446006190</t>
+  </si>
+  <si>
+    <t>633209, Новосибирская область, г. Искитим, ул. Коротеева, д. 24</t>
+  </si>
+  <si>
+    <t>mupgitc.ru</t>
+  </si>
+  <si>
+    <t>mup_dez@inbox.ru</t>
+  </si>
+  <si>
+    <t>1165275074436</t>
+  </si>
+  <si>
+    <t>5254491714</t>
+  </si>
+  <si>
+    <t>607190, Нижегородская область, г. Саров, ул. Зернова, д. 34, оф. 78</t>
+  </si>
+  <si>
+    <t>https://lk.grcenter.ru</t>
+  </si>
+  <si>
+    <t>8(83130)9 01 00</t>
+  </si>
+  <si>
+    <t>info@grcenter.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Казачинский теплоэнергокомплекс»</t>
+  </si>
+  <si>
+    <t>ООО «Казачинский ТЭК»</t>
+  </si>
+  <si>
+    <t>1052447017171</t>
+  </si>
+  <si>
+    <t>2417002981</t>
+  </si>
+  <si>
+    <t>663100, Красноярский край, р-н Казачинский, с. Казачинское, ул. Юбилейная, д. 1А</t>
+  </si>
+  <si>
+    <t>казачинскийтэк.рф</t>
+  </si>
+  <si>
+    <t>8(391)962 24 39</t>
+  </si>
+  <si>
+    <t>kazachinsktek@mail.ru</t>
+  </si>
+  <si>
+    <t>01.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания Проспект»</t>
+  </si>
+  <si>
+    <t>ООО «Управляющая компания Проспект»</t>
+  </si>
+  <si>
+    <t>1075475006023</t>
+  </si>
+  <si>
+    <t>5433169856</t>
+  </si>
+  <si>
+    <t>630559, Новосибирская область, рп Кольцово, пр-кт Никольский, д. 6, офис 6</t>
+  </si>
+  <si>
+    <t>https://prospekt-uk.ru/</t>
+  </si>
+  <si>
+    <t>8(383)304 82 10</t>
+  </si>
+  <si>
+    <t>u.k.prospekt@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «ЖЭУ № 6»</t>
+  </si>
+  <si>
+    <t>ООО «УК «ЖЭУ № 6»</t>
+  </si>
+  <si>
+    <t>1083801009148</t>
+  </si>
+  <si>
+    <t>3801100203</t>
+  </si>
+  <si>
+    <t>665826, Иркутская область, г. Ангарск, мкр. 12, д. 16</t>
+  </si>
+  <si>
+    <t>8(3955)67 54 31</t>
+  </si>
+  <si>
+    <t>xjv@list.ru</t>
+  </si>
+  <si>
+    <t>07.11.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие «Теплоснабжение»</t>
+  </si>
+  <si>
+    <t>МУП «Теплоснабжение»</t>
+  </si>
+  <si>
+    <t>1086375000458</t>
+  </si>
+  <si>
+    <t>6375193457</t>
+  </si>
+  <si>
+    <t>8(8467)52 10 42</t>
+  </si>
+  <si>
+    <t>mup.teplosnabzhenie@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Платёж Центр»</t>
+  </si>
+  <si>
+    <t>ООО «Платёж Центр»</t>
+  </si>
+  <si>
+    <t>1136450010620</t>
+  </si>
+  <si>
+    <t>6450078978</t>
+  </si>
+  <si>
+    <t>410028, Саратовская область, г. Саратов, ул. им. Чернышевского Н.  зд. 124А, офис 404</t>
+  </si>
+  <si>
+    <t>платежцентр.рф; онлайнжкх.рф</t>
+  </si>
+  <si>
+    <t>8(8452)39 00 13</t>
+  </si>
+  <si>
+    <t>oplata@sarplat.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью УК «Ареал»</t>
+  </si>
+  <si>
+    <t>ООО УК «Ареал»</t>
+  </si>
+  <si>
+    <t>1076658027302</t>
+  </si>
+  <si>
+    <t>6658278493</t>
+  </si>
+  <si>
+    <t>624093, Свердловская область, г. Верхняя Пышма, ул. Феофанова, д. 25, к. А</t>
+  </si>
+  <si>
+    <t>8(343)687 55 12</t>
+  </si>
+  <si>
+    <t>ukareal@mail.ru</t>
+  </si>
+  <si>
+    <t>12.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания №2»</t>
+  </si>
+  <si>
+    <t>ООО «УК №2»</t>
+  </si>
+  <si>
+    <t>1073705000544</t>
+  </si>
+  <si>
+    <t>3705062570</t>
+  </si>
+  <si>
+    <t>155523, Ивановская область, р-н Фурмановский, г. Фурманов, ул. Мичурина, д. 12</t>
+  </si>
+  <si>
+    <t>8(493)413 85 18</t>
+  </si>
+  <si>
+    <t>furmanov7@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «РЕГИОНПЛАТ»</t>
+  </si>
+  <si>
+    <t>ООО «РЕГИОНПЛАТ»</t>
+  </si>
+  <si>
+    <t>1043107043066</t>
+  </si>
+  <si>
+    <t>3123112944</t>
+  </si>
+  <si>
+    <t>308009, Белгородская область, г. Белгород, ул. Победы, д. 49, корпус 3</t>
+  </si>
+  <si>
+    <t>https://rps31.ru/</t>
+  </si>
+  <si>
+    <t>8(4722)33 97 37</t>
+  </si>
+  <si>
+    <t>regionplat@yandex.ru</t>
+  </si>
+  <si>
+    <t>17.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Борисоглебская энергосбытовая организация»</t>
+  </si>
+  <si>
+    <t>ООО «БЭСО»</t>
+  </si>
+  <si>
+    <t>1233600021577</t>
+  </si>
+  <si>
+    <t>3604084390</t>
+  </si>
+  <si>
+    <t>397160, Воронежская область, г. о. Борисоглебский, г. Борисоглебск, ул. Советская, зд. 37А</t>
+  </si>
+  <si>
+    <t>www.бэсо.рф</t>
+  </si>
+  <si>
+    <t>8(47354)6 37 77</t>
+  </si>
+  <si>
+    <t>mupbeso@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЕРКЦ»</t>
+  </si>
+  <si>
+    <t>1160280098329</t>
+  </si>
+  <si>
+    <t>0250015088</t>
+  </si>
+  <si>
+    <t>452174, Республика Башкортостан, Чишминский, рп. Чишмы, ул. Трактовая, д. 17А</t>
+  </si>
+  <si>
+    <t>8(347)972 01 73</t>
+  </si>
+  <si>
+    <t>erkc-chishmy@mail.ru</t>
+  </si>
+  <si>
+    <t>18.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр «ЖКУ»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ «ЖКУ»</t>
+  </si>
+  <si>
+    <t>1127847048064</t>
+  </si>
+  <si>
+    <t>7802776601</t>
+  </si>
+  <si>
+    <t>195197, город Санкт-Петербург, вн. тер. г. муниципальный округ Финляндский округ, пр-кт Металлистов, д. 117, стр. 1, офис 68-Н, ком. 7</t>
+  </si>
+  <si>
+    <t>8(812)498 83 58</t>
+  </si>
+  <si>
+    <t>оhtabuh@gmail.com</t>
+  </si>
+  <si>
+    <t>1033901820700</t>
+  </si>
+  <si>
+    <t>3905054181</t>
+  </si>
+  <si>
+    <t>236029, Калининградская область, г. Калининград, ул. Земельная, д. 2, помещ. II-КМИ-1</t>
+  </si>
+  <si>
+    <t>8(4012)98 84 84</t>
+  </si>
+  <si>
+    <t>info@rkc39.com</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Кимрская дирекция единого заказчика»</t>
+  </si>
+  <si>
+    <t>ООО «КДЕЗ»</t>
+  </si>
+  <si>
+    <t>1076910001948</t>
+  </si>
+  <si>
+    <t>6910017381</t>
+  </si>
+  <si>
+    <t>171506, Тверская область, г. Кимры, ул. Луначарского, д. 33</t>
+  </si>
+  <si>
+    <t>8(48236)3 10 75</t>
+  </si>
+  <si>
+    <t>kdez2008@yandex.ru</t>
+  </si>
+  <si>
+    <t>24.11.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ЖИСЭМ»</t>
+  </si>
+  <si>
+    <t>ООО «ЖИСЭМ»</t>
+  </si>
+  <si>
+    <t>1165275042811</t>
+  </si>
+  <si>
+    <t>5228057701</t>
+  </si>
+  <si>
+    <t>606650, Нижегородская область, г. Семенов, ул. Минина, д. 6А, помещ. 7</t>
+  </si>
+  <si>
+    <t>https://gilservis-sem.ru</t>
+  </si>
+  <si>
+    <t>8(83162)5 10 03</t>
+  </si>
+  <si>
+    <t>gilservis-sem@mail.ru</t>
+  </si>
+  <si>
+    <t>Открытое акционерное общество «Северо-Кузбасская энергетическая компания»</t>
+  </si>
+  <si>
+    <t>ОАО «СКЭК»</t>
+  </si>
+  <si>
+    <t>1084205006600</t>
+  </si>
+  <si>
+    <t>4205153492</t>
+  </si>
+  <si>
+    <t>650000, Кемеровская область - Кузбасс, г. Кемерово, ул. Кузбасская, д. 6</t>
+  </si>
+  <si>
+    <t>https://skek.ru</t>
+  </si>
+  <si>
+    <t>8(3842)36 26 83</t>
+  </si>
+  <si>
+    <t>26.11.2025</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ "ДЕЗКОНТРОЛЬ"</t>
+  </si>
+  <si>
+    <t>ООО "ДЕЗКОНТРОЛЬ"</t>
+  </si>
+  <si>
+    <t>1114214001758</t>
+  </si>
+  <si>
+    <t>4214033579</t>
+  </si>
+  <si>
+    <t>630089, Новосибирская область, г. НОВОСИБИРСК, УЛ. КОШУРНИКОВА, Д. 29, ОФИС 12</t>
+  </si>
+  <si>
+    <t>8(384-74)2 02 53</t>
+  </si>
+  <si>
+    <t>dkusluga-com@yandex.ru</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>Муниципальное предприятие «Водоканал» муниципального образования Гулькевичский район</t>
+  </si>
+  <si>
+    <t>МП «Водоканал»</t>
+  </si>
+  <si>
+    <t>1052316355332</t>
+  </si>
+  <si>
+    <t>2329018887</t>
+  </si>
+  <si>
+    <t>352195, Краснодарский край, р-н Гулькевичский, г. Гулькевичи, ул. Торговая, д. 30</t>
+  </si>
+  <si>
+    <t>www.gulvodokanal.ru</t>
+  </si>
+  <si>
+    <t>8(86160)5 81 82</t>
+  </si>
+  <si>
+    <t>info@gulvodokanal.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «УК ЛЮКС»</t>
+  </si>
+  <si>
+    <t>ООО «УК ЛЮКС»</t>
+  </si>
+  <si>
+    <t>1173328016355</t>
+  </si>
+  <si>
+    <t>3327138980</t>
+  </si>
+  <si>
+    <t>600022, Владимирская область, г. Владимир, ул. Ставровская, д. 10, стр. А, этаж 2, ком. 9</t>
+  </si>
+  <si>
+    <t>8(920)621 13 97</t>
+  </si>
+  <si>
+    <t>mixapov@mail.ru</t>
+  </si>
+  <si>
+    <t>31.07.2024</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью Расчетно-кассовый центр «МАЛАХИТ»</t>
+  </si>
+  <si>
+    <t>ООО РКЦ «МАЛАХИТ»</t>
+  </si>
+  <si>
+    <t>1222700002117</t>
+  </si>
+  <si>
+    <t>2709018234</t>
+  </si>
+  <si>
+    <t>682800, Хабаровский край, м. р-н Советско-Гаванский, г. п. город Советская Гавань, г. Советская Гавань, ул. Пионерская, д. 10, помещ. 2</t>
+  </si>
+  <si>
+    <t>8(914)413 49 23</t>
+  </si>
+  <si>
+    <t>rkcmalahit@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Газпром межрегионгаз Иваново»</t>
+  </si>
+  <si>
+    <t>ООО «Газпром межрегионгаз Иваново»</t>
+  </si>
+  <si>
+    <t>1023700534274</t>
+  </si>
+  <si>
+    <t>3702232505</t>
+  </si>
+  <si>
+    <t>153002, Ивановская область, г. Иваново, ул. Жиделева, д. 17-А</t>
+  </si>
+  <si>
+    <t>www.mrg037.ru</t>
+  </si>
+  <si>
+    <t>8(4932)35 75 04</t>
+  </si>
+  <si>
+    <t>ivanovo@mrg037.ru</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>Кондопожское муниципальное многоотраслевое предприятие жилищно-коммунального хозяйства</t>
+  </si>
+  <si>
+    <t>Кондопожское ММП ЖКХ</t>
+  </si>
+  <si>
+    <t>1021000859901</t>
+  </si>
+  <si>
+    <t>1003000427</t>
+  </si>
+  <si>
+    <t>186222, Республика Карелия, р-н Кондопожский, г. Кондопога, ул. Комсомольская, д. 12А</t>
+  </si>
+  <si>
+    <t>https://kondzkh.ru/</t>
+  </si>
+  <si>
+    <t>8(81451)7 49 98</t>
+  </si>
+  <si>
+    <t>kondzkh@onego.ru</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Прохладный теплоэнерго»</t>
+  </si>
+  <si>
+    <t>АО «ПТЭ»</t>
+  </si>
+  <si>
+    <t>1030700154737</t>
+  </si>
+  <si>
+    <t>0716002697</t>
+  </si>
+  <si>
+    <t>361045, Кабардино-Балкарская Республика, г. Прохладный, ул. Степана Разина, д. 1</t>
+  </si>
+  <si>
+    <t>pte-proh.ru</t>
+  </si>
+  <si>
+    <t>8(86631)7 16 41</t>
+  </si>
+  <si>
+    <t>prohtepenerg@yandex.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «КОДОРИЯ»</t>
+  </si>
+  <si>
+    <t>ООО «КОДОРИЯ»</t>
+  </si>
+  <si>
+    <t>1247800050497</t>
+  </si>
+  <si>
+    <t>7842222568</t>
+  </si>
+  <si>
+    <t>191124, город Санкт-Петербург, ул. Красного Текстильщика, д. 10-12, литера О, 6 этаж, помещ. 1-Н, часть ч. п. 601, каб. 18</t>
+  </si>
+  <si>
+    <t>8(911)259 50 20</t>
+  </si>
+  <si>
+    <t>vov.cher@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый расчетный центр г. Тольятти»</t>
+  </si>
+  <si>
+    <t>ООО «ЕРЦ г. Тольятти»</t>
+  </si>
+  <si>
+    <t>1176313022874</t>
+  </si>
+  <si>
+    <t>6321427356</t>
+  </si>
+  <si>
+    <t>445024, Самарская область, г. Тольятти, ул. Революционная, д. 3, к. 2, офис 1002</t>
+  </si>
+  <si>
+    <t>8(8482)31 37 93</t>
+  </si>
+  <si>
+    <t>pravo@erc163.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая Компания Возрождение»</t>
+  </si>
+  <si>
+    <t>ООО «УК Возрождение»</t>
+  </si>
+  <si>
+    <t>1117847118510</t>
+  </si>
+  <si>
+    <t>7811488977</t>
+  </si>
+  <si>
+    <t>199155, город Санкт-Петербург, вн. тер. г. муниципальный округ Остров Декабристов, пр-кт Кима, д. 5/34, литера Б, помещ. 4-Н</t>
+  </si>
+  <si>
+    <t>https://mcrenaissance.ru/</t>
+  </si>
+  <si>
+    <t>8(812)200 87 02</t>
+  </si>
+  <si>
+    <t>info@mcrenaissance.ru</t>
+  </si>
+  <si>
+    <t>03.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Электронная карта пациента»</t>
+  </si>
+  <si>
+    <t>ООО «ЭКП»</t>
+  </si>
+  <si>
+    <t>1187847208163</t>
+  </si>
+  <si>
+    <t>7839105039</t>
+  </si>
+  <si>
+    <t>196247, город Санкт-Петербург, пр-кт Ленинский, д. 153, пом/офис 90Н/328</t>
+  </si>
+  <si>
+    <t>https://patientcard.ru/</t>
+  </si>
+  <si>
+    <t>8(921)964 35 22</t>
+  </si>
+  <si>
+    <t>info@medis.tech</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Единый Расчётный Центр»</t>
+  </si>
+  <si>
+    <t>1233300006587</t>
+  </si>
+  <si>
+    <t>3300004185</t>
+  </si>
+  <si>
+    <t>600001, Владимирская область, г. Владимир, г. о. город Владимир, г. Владимир, пр-кт Ленина, д. 12, помещ. IV</t>
+  </si>
+  <si>
+    <t>8(915)791 91 98</t>
+  </si>
+  <si>
+    <t>erc33@list.ru</t>
+  </si>
+  <si>
+    <t>28.11.2024</t>
+  </si>
+  <si>
+    <t>Муниципальное унитарное предприятие городского округа Домодедово «Теплосеть»</t>
+  </si>
+  <si>
+    <t>МУП «Теплосеть»</t>
+  </si>
+  <si>
+    <t>1035002001869</t>
+  </si>
+  <si>
+    <t>5009022752</t>
+  </si>
+  <si>
+    <t>142005, Московская область, г. о. Домодедово, г. Домодедово, мкр. Центральный, ул. Кирова, д. 26А</t>
+  </si>
+  <si>
+    <t>domodedovo-teplo.ru</t>
+  </si>
+  <si>
+    <t>8(496)792 49 46</t>
+  </si>
+  <si>
+    <t>contact@teplodm.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Мурмашинский расчетный центр»</t>
+  </si>
+  <si>
+    <t>1125105001031</t>
+  </si>
+  <si>
+    <t>5105095591</t>
+  </si>
+  <si>
+    <t>184355, Мурманская область, м. р-н Кольский, г. п. Мурмаши, пгт Мурмаши, ул. Цесарского, д. 2, помещ. 69</t>
+  </si>
+  <si>
+    <t>8(952)294 00 99</t>
+  </si>
+  <si>
+    <t>ladykat2016@ya.ru</t>
+  </si>
+  <si>
+    <t>05.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Троицкий энергетический комплекс»</t>
+  </si>
+  <si>
+    <t>ООО «ТЭК»</t>
+  </si>
+  <si>
+    <t>1192724010379</t>
+  </si>
+  <si>
+    <t>2712011084</t>
+  </si>
+  <si>
+    <t>682350, Хабаровский край, р-н Нанайский, с. Троицкое, ул. Калинина, д. 92, помещ. 21</t>
+  </si>
+  <si>
+    <t>http://oooteknan.ukit.me/</t>
+  </si>
+  <si>
+    <t>8(42156)4 14 12</t>
+  </si>
+  <si>
+    <t>tek_nan@mail.ru</t>
+  </si>
+  <si>
+    <t>08.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Парма»</t>
+  </si>
+  <si>
+    <t>ООО «Парма»</t>
+  </si>
+  <si>
+    <t>1155749011660</t>
+  </si>
+  <si>
+    <t>5753064002</t>
+  </si>
+  <si>
+    <t>302028, Орловская область, г. Орел, ул. Максима Горького, д. 17, помещ. 28</t>
+  </si>
+  <si>
+    <t>8(4862)76 40 33</t>
+  </si>
+  <si>
+    <t>parma764033@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр реализации коммунальных услуг»</t>
+  </si>
+  <si>
+    <t>ООО «ЦРКУ»</t>
+  </si>
+  <si>
+    <t>1052459013639</t>
+  </si>
+  <si>
+    <t>2459013819</t>
+  </si>
+  <si>
+    <t>662311, Красноярский край, г. Шарыпово, мкр. Пионерный, д. 16</t>
+  </si>
+  <si>
+    <t>8(39153)2 82 58</t>
+  </si>
+  <si>
+    <t>crku@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчетный центр Астрахани»</t>
+  </si>
+  <si>
+    <t>ООО «РЦ Астрахани»</t>
+  </si>
+  <si>
+    <t>1143015001030</t>
+  </si>
+  <si>
+    <t>3015101984</t>
+  </si>
+  <si>
+    <t>414056, Астраханская область, г. Астрахань, ул. Марии Максаковой, стр. 18Б</t>
+  </si>
+  <si>
+    <t>южныйокруг.рф</t>
+  </si>
+  <si>
+    <t>8(8512)48 20 55 ; 8(8512)48 19 97</t>
+  </si>
+  <si>
+    <t>rcastrakhan@mail.ru</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ГрандСтрой»</t>
+  </si>
+  <si>
+    <t>ООО «ГрандСтрой»</t>
+  </si>
+  <si>
+    <t>1191447013680</t>
+  </si>
+  <si>
+    <t>1402025286</t>
+  </si>
+  <si>
+    <t>678901, Республика Саха (Якутия), м. р-н Алданский, г. п. город Алдан, г. Алдан, ул. Ленина, влд. 30</t>
+  </si>
+  <si>
+    <t>8(41145)3 32 30</t>
+  </si>
+  <si>
+    <t>gstaldan@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Управляющая компания «Колорит»</t>
+  </si>
+  <si>
+    <t>ООО «УК «Колорит»</t>
+  </si>
+  <si>
+    <t>1220500001237</t>
+  </si>
+  <si>
+    <t>0554008653</t>
+  </si>
+  <si>
+    <t>368303, Республика Дагестан, г. о. город Каспийск, г. Каспийск, ул. Ивана Крылова, д. 1А, помещ. 3</t>
+  </si>
+  <si>
+    <t>8(989)670 33 83</t>
+  </si>
+  <si>
+    <t>uk.kolorit@yandex.ru</t>
+  </si>
+  <si>
+    <t>16.12.2025</t>
+  </si>
+  <si>
+    <t>1106154000655</t>
+  </si>
+  <si>
+    <t>6154564537</t>
+  </si>
+  <si>
+    <t>347935, Ростовская область, г. Таганрог, пер. Комсомольский, д. 21</t>
+  </si>
+  <si>
+    <t>https://eirc-tg.ru</t>
+  </si>
+  <si>
+    <t>8(863)439 81 43</t>
+  </si>
+  <si>
+    <t>eirc_taganrog@mail.ru</t>
+  </si>
+  <si>
+    <t>17.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПРОЦЕССИНГ»</t>
+  </si>
+  <si>
+    <t>ООО «ПРОЦЕССИНГ»</t>
+  </si>
+  <si>
+    <t>1198617000163</t>
+  </si>
+  <si>
+    <t>8603236339</t>
+  </si>
+  <si>
+    <t>628606, Ханты-Мансийский автономный округ - Югра, г. Нижневартовск, ул. Индустриальная, зд. 14, офис 34</t>
+  </si>
+  <si>
+    <t>www.otn-nv.ru</t>
+  </si>
+  <si>
+    <t>8(3466)27 42 44</t>
+  </si>
+  <si>
+    <t>info@otn-nv.ru</t>
+  </si>
+  <si>
+    <t>18.12.2025</t>
+  </si>
+  <si>
+    <t>Акционерное общество «Читаэнергосбыт»</t>
+  </si>
+  <si>
+    <t>АО «Читаэнергосбыт»</t>
+  </si>
+  <si>
+    <t>1057536132323</t>
+  </si>
+  <si>
+    <t>7536066430</t>
+  </si>
+  <si>
+    <t>672039, Забайкальский край, г. Чита, ул. Бабушкина, д. 38</t>
+  </si>
+  <si>
+    <t>8(3022)23 11 23</t>
+  </si>
+  <si>
+    <t>delo@e-sbyt.ru</t>
+  </si>
+  <si>
+    <t>1131831003787</t>
+  </si>
+  <si>
+    <t>1831161344</t>
+  </si>
+  <si>
+    <t>427145, Удмуртская Республика, р-н Игринский, п. Игра, пер. Победы, д. 5</t>
+  </si>
+  <si>
+    <t>ooovodokanaligra.ru</t>
+  </si>
+  <si>
+    <t>8(34134)4 05 45</t>
+  </si>
+  <si>
+    <t>igravodokanal@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Стройресурс»</t>
+  </si>
+  <si>
+    <t>1241400002084</t>
+  </si>
+  <si>
+    <t>1400032087</t>
+  </si>
+  <si>
+    <t>678901, Республика Саха (Якутия), м. р-н Алданский, г. Алдан, г. п. город Алдан, ул. Ленина, влд. 30</t>
+  </si>
+  <si>
+    <t>8(41145)3 52 68</t>
+  </si>
+  <si>
+    <t>stroyresaldan@mail.ru</t>
+  </si>
+  <si>
+    <t>24.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «ПОЛИПЕЙ»</t>
+  </si>
+  <si>
+    <t>ООО «ПОЛИПЕЙ»</t>
+  </si>
+  <si>
+    <t>1177746698271</t>
+  </si>
+  <si>
+    <t>7707388422</t>
+  </si>
+  <si>
+    <t>299003, город Севастополь, ВН. ТЕР. Г. ЛЕНИНСКИЙ МУНИЦИПАЛЬНЫЙ ОКРУГ, УЛ. ТОКАРЕВА, Д. 18Д, К. 2, КВ. 54</t>
+  </si>
+  <si>
+    <t>https://polypay.ru/</t>
+  </si>
+  <si>
+    <t>8(918)030 84 84</t>
+  </si>
+  <si>
+    <t>info@polypay.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Совтех-инфо»</t>
+  </si>
+  <si>
+    <t>ООО «Совтех-инфо»</t>
+  </si>
+  <si>
+    <t>1246400012770</t>
+  </si>
+  <si>
+    <t>6440046769</t>
+  </si>
+  <si>
+    <t>412316, Саратовская область, м. р-н Балашовский, г. Балашов, г. п. город Балашов, ул. 167 Стрелковой дивизии, д. 2</t>
+  </si>
+  <si>
+    <t>8(84545)4 53 05</t>
+  </si>
+  <si>
+    <t>sovteh.info@yandex.ru</t>
+  </si>
+  <si>
+    <t>ОБЩЕСТВО С ОГРАНИЧЕННОЙ ОТВЕТСТВЕННОСТЬЮ «ТИТАН»</t>
+  </si>
+  <si>
+    <t>ООО «ТИТАН»</t>
+  </si>
+  <si>
+    <t>5177746190287</t>
+  </si>
+  <si>
+    <t>9710042393</t>
+  </si>
+  <si>
+    <t>129344, город Москва, ул. Енисейская, д. 7, стр. 4, помещ. 8, ком. 3</t>
+  </si>
+  <si>
+    <t>www.planet24.ru</t>
+  </si>
+  <si>
+    <t>dozelevs@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Расчётно-кассовый центр «КОМУС»</t>
+  </si>
+  <si>
+    <t>ООО «РКЦ «КОМУС»</t>
+  </si>
+  <si>
+    <t>1095906003863</t>
+  </si>
+  <si>
+    <t>5906092578</t>
+  </si>
+  <si>
+    <t>614017, Пермский край, г. Пермь, ул. Подлесная, д. 3, к. А, 249</t>
+  </si>
+  <si>
+    <t>8(982)481 20 28</t>
+  </si>
+  <si>
+    <t>asamonova@mail.ru</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью ПО «РемЖилСервис»</t>
+  </si>
+  <si>
+    <t>ООО ПО «РемЖилСервис»</t>
+  </si>
+  <si>
+    <t>1055006339376</t>
+  </si>
+  <si>
+    <t>5032133588</t>
+  </si>
+  <si>
+    <t>143002, Московская область, г. Одинцово, ул. Молодежная, д. 14, к. 1, эт. /ком. 3/303</t>
+  </si>
+  <si>
+    <t>8(963)726 63 60</t>
+  </si>
+  <si>
+    <t>kubinka-10@mail.ru</t>
+  </si>
+  <si>
     <t>Муниципальное бюджетное учреждение «Расчетно-кассовый центр Светлогорского городского округа»</t>
   </si>
   <si>
     <t>МБУ «РКЦ Светлогорского городского округа»</t>
   </si>
   <si>
     <t>1243900011189</t>
   </si>
   <si>
     <t>3900030797</t>
   </si>
   <si>
     <t>238563, Калининградская область, г. о. Светлогорский, г. Светлогорск, ул. Вокзальная, д. 4</t>
   </si>
   <si>
     <t>www.srkc39.ru</t>
   </si>
   <si>
     <t>8(40153)2 25 17</t>
   </si>
   <si>
     <t>srkc39@mail.ru</t>
   </si>
   <si>
+    <t>Общество с ограниченной ответственностью «Ранта Глобал»</t>
+  </si>
+  <si>
+    <t>ООО «Ранта Глобал»</t>
+  </si>
+  <si>
+    <t>1231000003651</t>
+  </si>
+  <si>
+    <t>1000009728</t>
+  </si>
+  <si>
+    <t>186810, Республика Карелия, м. о. Питкярантский, г. Питкяранта, ул. Титова, д. 2, кв. 41</t>
+  </si>
+  <si>
+    <t>8(912)465 67 60</t>
+  </si>
+  <si>
+    <t>RantaGlobal@yandex.ru</t>
+  </si>
+  <si>
+    <t>30.12.2025</t>
+  </si>
+  <si>
+    <t>Общество с ограниченной ответственностью «Центр финансовых услуг «Деметра»</t>
+  </si>
+  <si>
+    <t>ООО «ЦФУ «Деметра»</t>
+  </si>
+  <si>
+    <t>1185958028057</t>
+  </si>
+  <si>
+    <t>5904365808</t>
+  </si>
+  <si>
+    <t>614077, Пермский край, г. Пермь, ул. Екатерининская, д. 75, офис 514</t>
+  </si>
+  <si>
+    <t>8(902)809 29 19</t>
+  </si>
+  <si>
+    <t>demetra.centre@gmail.com</t>
+  </si>
+  <si>
     <t>Общество с ограниченной ответственностью «СуперБанкинг»</t>
   </si>
   <si>
     <t>ООО «СуперБанкинг»</t>
   </si>
   <si>
     <t>1216600061974</t>
   </si>
   <si>
     <t>6671188979</t>
   </si>
   <si>
     <t>620027, Свердловская область, г. о. город Екатеринбург, г. Екатеринбург, ул. Азина, стр. 22/4, офис 1. 5</t>
   </si>
   <si>
     <t>superbanking.ru</t>
   </si>
   <si>
     <t>8(499)719 99 11</t>
   </si>
   <si>
     <t>info@superbanking.ru</t>
   </si>
   <si>
-    <t>Общество с ограниченной ответственностью Расчетный кассовый центр «АЙТЕК»</t>
-[...13088 lines deleted...]
-    <t>RantaGlobal@yandex.ru</t>
+    <t>12.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="0"/>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
@@ -17435,51 +17438,51 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K579"/>
+  <dimension ref="A1:K577"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" customWidth="true" width="19.7109375" collapsed="false"/>
     <col min="2" max="2" customWidth="true" width="33.42578125" collapsed="false"/>
     <col min="3" max="3" customWidth="true" width="28.85546875" collapsed="false"/>
     <col min="4" max="4" customWidth="true" style="18" width="24.140625" collapsed="false"/>
     <col min="5" max="5" customWidth="true" width="21.140625" collapsed="false"/>
     <col min="6" max="6" customWidth="true" width="32.85546875" collapsed="false"/>
     <col min="7" max="7" customWidth="true" style="11" width="26.28515625" collapsed="false"/>
     <col min="8" max="8" customWidth="true" width="19.7109375" collapsed="false"/>
     <col min="9" max="9" customWidth="true" style="11" width="33.42578125" collapsed="false"/>
     <col min="11" max="11" style="13" width="9.140625" collapsed="false"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="16"/>
       <c r="E1" s="2"/>
@@ -21118,138 +21121,138 @@
       </c>
       <c r="I128" t="s" s="61">
         <v>975</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="29">
         <v>976</v>
       </c>
       <c r="B129" t="s" s="33">
         <v>977</v>
       </c>
       <c r="C129" t="s" s="37">
         <v>978</v>
       </c>
       <c r="D129" t="s" s="41">
         <v>979</v>
       </c>
       <c r="E129" t="s" s="45">
         <v>980</v>
       </c>
       <c r="F129" t="s" s="49">
         <v>981</v>
       </c>
       <c r="G129" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H129" t="s" s="57">
         <v>982</v>
       </c>
-      <c r="H129" t="s" s="57">
+      <c r="I129" t="s" s="61">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="29">
         <v>976</v>
       </c>
       <c r="B130" t="s" s="33">
+        <v>984</v>
+      </c>
+      <c r="C130" t="s" s="37">
         <v>985</v>
       </c>
-      <c r="C130" t="s" s="37">
+      <c r="D130" t="s" s="41">
         <v>986</v>
       </c>
-      <c r="D130" t="s" s="41">
+      <c r="E130" t="s" s="45">
         <v>987</v>
       </c>
-      <c r="E130" t="s" s="45">
+      <c r="F130" t="s" s="49">
         <v>988</v>
       </c>
-      <c r="F130" t="s" s="49">
+      <c r="G130" t="s" s="53">
         <v>989</v>
       </c>
-      <c r="G130" t="s" s="53">
+      <c r="H130" t="s" s="57">
         <v>990</v>
       </c>
-      <c r="H130" t="s" s="57">
+      <c r="I130" t="s" s="61">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="29">
         <v>976</v>
       </c>
       <c r="B131" t="s" s="33">
+        <v>992</v>
+      </c>
+      <c r="C131" t="s" s="37">
         <v>993</v>
       </c>
-      <c r="C131" t="s" s="37">
+      <c r="D131" t="s" s="41">
         <v>994</v>
       </c>
-      <c r="D131" t="s" s="41">
+      <c r="E131" t="s" s="45">
         <v>995</v>
       </c>
-      <c r="E131" t="s" s="45">
+      <c r="F131" t="s" s="49">
         <v>996</v>
       </c>
-      <c r="F131" t="s" s="49">
+      <c r="G131" t="s" s="53">
         <v>997</v>
       </c>
-      <c r="G131" t="s" s="53">
+      <c r="H131" t="s" s="57">
         <v>998</v>
       </c>
-      <c r="H131" t="s" s="57">
+      <c r="I131" t="s" s="61">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="29">
         <v>976</v>
       </c>
       <c r="B132" t="s" s="33">
+        <v>1000</v>
+      </c>
+      <c r="C132" t="s" s="37">
         <v>1001</v>
       </c>
-      <c r="C132" t="s" s="37">
+      <c r="D132" t="s" s="41">
         <v>1002</v>
       </c>
-      <c r="D132" t="s" s="41">
+      <c r="E132" t="s" s="45">
         <v>1003</v>
       </c>
-      <c r="E132" t="s" s="45">
+      <c r="F132" t="s" s="49">
         <v>1004</v>
       </c>
-      <c r="F132" t="s" s="49">
+      <c r="G132" t="s" s="53">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H132" t="s" s="57">
         <v>1006</v>
       </c>
       <c r="I132" t="s" s="61">
         <v>1007</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="29">
         <v>976</v>
       </c>
       <c r="B133" t="s" s="33">
         <v>1008</v>
       </c>
       <c r="C133" t="s" s="37">
         <v>1009</v>
       </c>
       <c r="D133" t="s" s="41">
         <v>1010</v>
       </c>
       <c r="E133" t="s" s="45">
         <v>1011</v>
       </c>
       <c r="F133" t="s" s="49">
@@ -21263,126 +21266,126 @@
       </c>
       <c r="I133" t="s" s="61">
         <v>1014</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B134" t="s" s="33">
         <v>1016</v>
       </c>
       <c r="C134" t="s" s="37">
         <v>1017</v>
       </c>
       <c r="D134" t="s" s="41">
         <v>1018</v>
       </c>
       <c r="E134" t="s" s="45">
         <v>1019</v>
       </c>
       <c r="F134" t="s" s="49">
         <v>1020</v>
       </c>
       <c r="G134" t="s" s="53">
-        <v>31</v>
+        <v>1021</v>
       </c>
       <c r="H134" t="s" s="57">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="I134" t="s" s="61">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B135" t="s" s="33">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C135" t="s" s="37">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D135" t="s" s="41">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="E135" t="s" s="45">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="F135" t="s" s="49">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="G135" t="s" s="53">
-        <v>1028</v>
+        <v>31</v>
       </c>
       <c r="H135" t="s" s="57">
         <v>1029</v>
       </c>
       <c r="I135" t="s" s="61">
         <v>1030</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B136" t="s" s="33">
         <v>1031</v>
       </c>
       <c r="C136" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D136" t="s" s="41">
         <v>1032</v>
       </c>
-      <c r="D136" t="s" s="41">
+      <c r="E136" t="s" s="45">
         <v>1033</v>
       </c>
-      <c r="E136" t="s" s="45">
+      <c r="F136" t="s" s="49">
         <v>1034</v>
       </c>
-      <c r="F136" t="s" s="49">
+      <c r="G136" t="s" s="53">
         <v>1035</v>
       </c>
-      <c r="G136" t="s" s="53">
+      <c r="H136" t="s" s="57">
         <v>1036</v>
       </c>
-      <c r="H136" t="s" s="57">
+      <c r="I136" t="s" s="61">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B137" t="s" s="33">
+        <v>1038</v>
+      </c>
+      <c r="C137" t="s" s="37">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D137" t="s" s="41">
         <v>1040</v>
       </c>
       <c r="E137" t="s" s="45">
         <v>1041</v>
       </c>
       <c r="F137" t="s" s="49">
         <v>1042</v>
       </c>
       <c r="G137" t="s" s="53">
         <v>1043</v>
       </c>
       <c r="H137" t="s" s="57">
         <v>1044</v>
       </c>
       <c r="I137" t="s" s="61">
         <v>1045</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B138" t="s" s="33">
@@ -21437,196 +21440,196 @@
       </c>
       <c r="I139" t="s" s="61">
         <v>1061</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B140" t="s" s="33">
         <v>1062</v>
       </c>
       <c r="C140" t="s" s="37">
         <v>1063</v>
       </c>
       <c r="D140" t="s" s="41">
         <v>1064</v>
       </c>
       <c r="E140" t="s" s="45">
         <v>1065</v>
       </c>
       <c r="F140" t="s" s="49">
         <v>1066</v>
       </c>
       <c r="G140" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H140" t="s" s="57">
         <v>1067</v>
       </c>
-      <c r="H140" t="s" s="57">
+      <c r="I140" t="s" s="61">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B141" t="s" s="33">
+        <v>1069</v>
+      </c>
+      <c r="C141" t="s" s="37">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D141" t="s" s="41">
         <v>1071</v>
       </c>
       <c r="E141" t="s" s="45">
         <v>1072</v>
       </c>
       <c r="F141" t="s" s="49">
         <v>1073</v>
       </c>
       <c r="G141" t="s" s="53">
         <v>1074</v>
       </c>
       <c r="H141" t="s" s="57">
         <v>1075</v>
       </c>
       <c r="I141" t="s" s="61">
         <v>1076</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B142" t="s" s="33">
         <v>1077</v>
       </c>
       <c r="C142" t="s" s="37">
         <v>1078</v>
       </c>
       <c r="D142" t="s" s="41">
         <v>1079</v>
       </c>
       <c r="E142" t="s" s="45">
         <v>1080</v>
       </c>
       <c r="F142" t="s" s="49">
         <v>1081</v>
       </c>
       <c r="G142" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H142" t="s" s="57">
         <v>1082</v>
       </c>
-      <c r="H142" t="s" s="57">
+      <c r="I142" t="s" s="61">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B143" t="s" s="33">
+        <v>1084</v>
+      </c>
+      <c r="C143" t="s" s="37">
         <v>1085</v>
       </c>
-      <c r="C143" t="s" s="37">
+      <c r="D143" t="s" s="41">
         <v>1086</v>
       </c>
-      <c r="D143" t="s" s="41">
+      <c r="E143" t="s" s="45">
         <v>1087</v>
       </c>
-      <c r="E143" t="s" s="45">
+      <c r="F143" t="s" s="49">
         <v>1088</v>
       </c>
-      <c r="F143" t="s" s="49">
+      <c r="G143" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H143" t="s" s="57">
         <v>1089</v>
       </c>
-      <c r="G143" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H143" t="s" s="57">
+      <c r="I143" t="s" s="61">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B144" t="s" s="33">
+        <v>1091</v>
+      </c>
+      <c r="C144" t="s" s="37">
         <v>1092</v>
       </c>
-      <c r="C144" t="s" s="37">
+      <c r="D144" t="s" s="41">
         <v>1093</v>
       </c>
-      <c r="D144" t="s" s="41">
+      <c r="E144" t="s" s="45">
         <v>1094</v>
       </c>
-      <c r="E144" t="s" s="45">
+      <c r="F144" t="s" s="49">
         <v>1095</v>
       </c>
-      <c r="F144" t="s" s="49">
+      <c r="G144" t="s" s="53">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H144" t="s" s="57">
         <v>1097</v>
       </c>
       <c r="I144" t="s" s="61">
         <v>1098</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B145" t="s" s="33">
         <v>1099</v>
       </c>
       <c r="C145" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D145" t="s" s="41">
         <v>1100</v>
       </c>
-      <c r="D145" t="s" s="41">
+      <c r="E145" t="s" s="45">
         <v>1101</v>
       </c>
-      <c r="E145" t="s" s="45">
+      <c r="F145" t="s" s="49">
         <v>1102</v>
       </c>
-      <c r="F145" t="s" s="49">
+      <c r="G145" t="s" s="53">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H145" t="s" s="57">
         <v>1104</v>
       </c>
       <c r="I145" t="s" s="61">
         <v>1105</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B146" t="s" s="33">
         <v>1106</v>
       </c>
       <c r="C146" t="s" s="37">
         <v>1107</v>
       </c>
       <c r="D146" t="s" s="41">
         <v>1108</v>
       </c>
       <c r="E146" t="s" s="45">
         <v>1109</v>
       </c>
       <c r="F146" t="s" s="49">
@@ -21640,80 +21643,80 @@
       </c>
       <c r="I146" t="s" s="61">
         <v>1113</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B147" t="s" s="33">
         <v>1114</v>
       </c>
       <c r="C147" t="s" s="37">
         <v>1115</v>
       </c>
       <c r="D147" t="s" s="41">
         <v>1116</v>
       </c>
       <c r="E147" t="s" s="45">
         <v>1117</v>
       </c>
       <c r="F147" t="s" s="49">
         <v>1118</v>
       </c>
       <c r="G147" t="s" s="53">
-        <v>31</v>
+        <v>1119</v>
       </c>
       <c r="H147" t="s" s="57">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="I147" t="s" s="61">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="29">
         <v>1015</v>
       </c>
       <c r="B148" t="s" s="33">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C148" t="s" s="37">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D148" t="s" s="41">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="E148" t="s" s="45">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="F148" t="s" s="49">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="G148" t="s" s="53">
-        <v>1126</v>
+        <v>31</v>
       </c>
       <c r="H148" t="s" s="57">
         <v>1127</v>
       </c>
       <c r="I148" t="s" s="61">
         <v>1128</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B149" t="s" s="33">
         <v>1130</v>
       </c>
       <c r="C149" t="s" s="37">
         <v>1131</v>
       </c>
       <c r="D149" t="s" s="41">
         <v>1132</v>
       </c>
       <c r="E149" t="s" s="45">
         <v>1133</v>
       </c>
       <c r="F149" t="s" s="49">
@@ -21727,10433 +21730,10433 @@
       </c>
       <c r="I149" t="s" s="61">
         <v>1137</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B150" t="s" s="33">
         <v>1138</v>
       </c>
       <c r="C150" t="s" s="37">
         <v>1139</v>
       </c>
       <c r="D150" t="s" s="41">
         <v>1140</v>
       </c>
       <c r="E150" t="s" s="45">
         <v>1141</v>
       </c>
       <c r="F150" t="s" s="49">
         <v>1142</v>
       </c>
       <c r="G150" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H150" t="s" s="57">
         <v>1143</v>
       </c>
-      <c r="H150" t="s" s="57">
+      <c r="I150" t="s" s="61">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B151" t="s" s="33">
+        <v>1145</v>
+      </c>
+      <c r="C151" t="s" s="37">
         <v>1146</v>
       </c>
-      <c r="C151" t="s" s="37">
+      <c r="D151" t="s" s="41">
         <v>1147</v>
       </c>
-      <c r="D151" t="s" s="41">
+      <c r="E151" t="s" s="45">
         <v>1148</v>
       </c>
-      <c r="E151" t="s" s="45">
+      <c r="F151" t="s" s="49">
         <v>1149</v>
       </c>
-      <c r="F151" t="s" s="49">
+      <c r="G151" t="s" s="53">
         <v>1150</v>
       </c>
-      <c r="G151" t="s" s="53">
+      <c r="H151" t="s" s="57">
         <v>1151</v>
       </c>
-      <c r="H151" t="s" s="57">
+      <c r="I151" t="s" s="61">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B152" t="s" s="33">
+        <v>1153</v>
+      </c>
+      <c r="C152" t="s" s="37">
         <v>1154</v>
       </c>
-      <c r="C152" t="s" s="37">
+      <c r="D152" t="s" s="41">
         <v>1155</v>
       </c>
-      <c r="D152" t="s" s="41">
+      <c r="E152" t="s" s="45">
         <v>1156</v>
       </c>
-      <c r="E152" t="s" s="45">
+      <c r="F152" t="s" s="49">
         <v>1157</v>
       </c>
-      <c r="F152" t="s" s="49">
+      <c r="G152" t="s" s="53">
         <v>1158</v>
       </c>
-      <c r="G152" t="s" s="53">
+      <c r="H152" t="s" s="57">
         <v>1159</v>
       </c>
-      <c r="H152" t="s" s="57">
+      <c r="I152" t="s" s="61">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B153" t="s" s="33">
+        <v>1161</v>
+      </c>
+      <c r="C153" t="s" s="37">
         <v>1162</v>
       </c>
-      <c r="C153" t="s" s="37">
+      <c r="D153" t="s" s="41">
         <v>1163</v>
       </c>
-      <c r="D153" t="s" s="41">
+      <c r="E153" t="s" s="45">
         <v>1164</v>
       </c>
-      <c r="E153" t="s" s="45">
+      <c r="F153" t="s" s="49">
         <v>1165</v>
       </c>
-      <c r="F153" t="s" s="49">
+      <c r="G153" t="s" s="53">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H153" t="s" s="57">
         <v>1167</v>
       </c>
       <c r="I153" t="s" s="61">
         <v>1168</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B154" t="s" s="33">
         <v>1169</v>
       </c>
       <c r="C154" t="s" s="37">
         <v>1170</v>
       </c>
       <c r="D154" t="s" s="41">
         <v>1171</v>
       </c>
       <c r="E154" t="s" s="45">
         <v>1172</v>
       </c>
       <c r="F154" t="s" s="49">
         <v>1173</v>
       </c>
       <c r="G154" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H154" t="s" s="57">
         <v>1174</v>
       </c>
-      <c r="H154" t="s" s="57">
+      <c r="I154" t="s" s="61">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="29">
         <v>1129</v>
       </c>
       <c r="B155" t="s" s="33">
+        <v>1176</v>
+      </c>
+      <c r="C155" t="s" s="37">
         <v>1177</v>
       </c>
-      <c r="C155" t="s" s="37">
+      <c r="D155" t="s" s="41">
         <v>1178</v>
       </c>
-      <c r="D155" t="s" s="41">
+      <c r="E155" t="s" s="45">
         <v>1179</v>
       </c>
-      <c r="E155" t="s" s="45">
+      <c r="F155" t="s" s="49">
         <v>1180</v>
       </c>
-      <c r="F155" t="s" s="49">
+      <c r="G155" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H155" t="s" s="57">
         <v>1181</v>
       </c>
-      <c r="G155" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H155" t="s" s="57">
+      <c r="I155" t="s" s="61">
         <v>1182</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="29">
-        <v>1129</v>
+        <v>1183</v>
       </c>
       <c r="B156" t="s" s="33">
         <v>1184</v>
       </c>
       <c r="C156" t="s" s="37">
         <v>1185</v>
       </c>
       <c r="D156" t="s" s="41">
         <v>1186</v>
       </c>
       <c r="E156" t="s" s="45">
         <v>1187</v>
       </c>
       <c r="F156" t="s" s="49">
         <v>1188</v>
       </c>
       <c r="G156" t="s" s="53">
         <v>1189</v>
       </c>
       <c r="H156" t="s" s="57">
         <v>1190</v>
       </c>
       <c r="I156" t="s" s="61">
         <v>1191</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="29">
-        <v>1129</v>
+        <v>1183</v>
       </c>
       <c r="B157" t="s" s="33">
         <v>1192</v>
       </c>
       <c r="C157" t="s" s="37">
         <v>1193</v>
       </c>
       <c r="D157" t="s" s="41">
         <v>1194</v>
       </c>
       <c r="E157" t="s" s="45">
         <v>1195</v>
       </c>
       <c r="F157" t="s" s="49">
         <v>1196</v>
       </c>
       <c r="G157" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H157" t="s" s="57">
         <v>1197</v>
       </c>
       <c r="I157" t="s" s="61">
         <v>1198</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="29">
+        <v>1183</v>
+      </c>
+      <c r="B158" t="s" s="33">
+        <v>749</v>
+      </c>
+      <c r="C158" t="s" s="37">
+        <v>750</v>
+      </c>
+      <c r="D158" t="s" s="41">
         <v>1199</v>
       </c>
-      <c r="B158" t="s" s="33">
+      <c r="E158" t="s" s="45">
         <v>1200</v>
       </c>
-      <c r="C158" t="s" s="37">
+      <c r="F158" t="s" s="49">
         <v>1201</v>
       </c>
-      <c r="D158" t="s" s="41">
+      <c r="G158" t="s" s="53">
         <v>1202</v>
       </c>
-      <c r="E158" t="s" s="45">
+      <c r="H158" t="s" s="57">
         <v>1203</v>
       </c>
-      <c r="F158" t="s" s="49">
+      <c r="I158" t="s" s="61">
         <v>1204</v>
-      </c>
-[...7 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="29">
-        <v>1199</v>
+        <v>1183</v>
       </c>
       <c r="B159" t="s" s="33">
+        <v>1205</v>
+      </c>
+      <c r="C159" t="s" s="37">
+        <v>1206</v>
+      </c>
+      <c r="D159" t="s" s="41">
         <v>1207</v>
       </c>
-      <c r="C159" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D159" t="s" s="41">
+      <c r="E159" t="s" s="45">
         <v>1208</v>
       </c>
-      <c r="E159" t="s" s="45">
+      <c r="F159" t="s" s="49">
         <v>1209</v>
       </c>
-      <c r="F159" t="s" s="49">
+      <c r="G159" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H159" t="s" s="57">
         <v>1210</v>
       </c>
-      <c r="G159" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H159" t="s" s="57">
+      <c r="I159" t="s" s="61">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="29">
-        <v>1199</v>
+        <v>1183</v>
       </c>
       <c r="B160" t="s" s="33">
-        <v>749</v>
+        <v>1212</v>
       </c>
       <c r="C160" t="s" s="37">
-        <v>750</v>
+        <v>465</v>
       </c>
       <c r="D160" t="s" s="41">
         <v>1213</v>
       </c>
       <c r="E160" t="s" s="45">
         <v>1214</v>
       </c>
       <c r="F160" t="s" s="49">
         <v>1215</v>
       </c>
       <c r="G160" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H160" t="s" s="57">
         <v>1216</v>
       </c>
-      <c r="H160" t="s" s="57">
+      <c r="I160" t="s" s="61">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="29">
-        <v>1199</v>
+        <v>1218</v>
       </c>
       <c r="B161" t="s" s="33">
+        <v>1099</v>
+      </c>
+      <c r="C161" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D161" t="s" s="41">
         <v>1219</v>
       </c>
-      <c r="C161" t="s" s="37">
+      <c r="E161" t="s" s="45">
         <v>1220</v>
       </c>
-      <c r="D161" t="s" s="41">
+      <c r="F161" t="s" s="49">
         <v>1221</v>
       </c>
-      <c r="E161" t="s" s="45">
+      <c r="G161" t="s" s="53">
         <v>1222</v>
       </c>
-      <c r="F161" t="s" s="49">
+      <c r="H161" t="s" s="57">
         <v>1223</v>
       </c>
-      <c r="G161" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H161" t="s" s="57">
+      <c r="I161" t="s" s="61">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="29">
-        <v>1199</v>
+        <v>1218</v>
       </c>
       <c r="B162" t="s" s="33">
+        <v>1225</v>
+      </c>
+      <c r="C162" t="s" s="37">
         <v>1226</v>
       </c>
-      <c r="C162" t="s" s="37">
+      <c r="D162" t="s" s="41">
         <v>1227</v>
       </c>
-      <c r="D162" t="s" s="41">
+      <c r="E162" t="s" s="45">
         <v>1228</v>
       </c>
-      <c r="E162" t="s" s="45">
+      <c r="F162" t="s" s="49">
         <v>1229</v>
       </c>
-      <c r="F162" t="s" s="49">
+      <c r="G162" t="s" s="53">
         <v>1230</v>
       </c>
-      <c r="G162" t="s" s="53">
+      <c r="H162" t="s" s="57">
         <v>1231</v>
       </c>
-      <c r="H162" t="s" s="57">
+      <c r="I162" t="s" s="61">
         <v>1232</v>
-      </c>
-[...1 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="29">
+        <v>1218</v>
+      </c>
+      <c r="B163" t="s" s="33">
+        <v>1233</v>
+      </c>
+      <c r="C163" t="s" s="37">
         <v>1234</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D163" t="s" s="41">
         <v>1235</v>
       </c>
       <c r="E163" t="s" s="45">
         <v>1236</v>
       </c>
       <c r="F163" t="s" s="49">
         <v>1237</v>
       </c>
       <c r="G163" t="s" s="53">
         <v>1238</v>
       </c>
       <c r="H163" t="s" s="57">
         <v>1239</v>
       </c>
       <c r="I163" t="s" s="61">
         <v>1240</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="29">
-        <v>1234</v>
+        <v>1218</v>
       </c>
       <c r="B164" t="s" s="33">
         <v>1241</v>
       </c>
       <c r="C164" t="s" s="37">
         <v>1242</v>
       </c>
       <c r="D164" t="s" s="41">
         <v>1243</v>
       </c>
       <c r="E164" t="s" s="45">
         <v>1244</v>
       </c>
       <c r="F164" t="s" s="49">
         <v>1245</v>
       </c>
       <c r="G164" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H164" t="s" s="57">
         <v>1246</v>
       </c>
       <c r="I164" t="s" s="61">
         <v>1247</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="29">
-        <v>1234</v>
+        <v>1218</v>
       </c>
       <c r="B165" t="s" s="33">
         <v>1248</v>
       </c>
       <c r="C165" t="s" s="37">
         <v>1249</v>
       </c>
       <c r="D165" t="s" s="41">
         <v>1250</v>
       </c>
       <c r="E165" t="s" s="45">
         <v>1251</v>
       </c>
       <c r="F165" t="s" s="49">
         <v>1252</v>
       </c>
       <c r="G165" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H165" t="s" s="57">
         <v>1253</v>
       </c>
-      <c r="H165" t="s" s="57">
+      <c r="I165" t="s" s="61">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="29">
-        <v>1234</v>
+        <v>1255</v>
       </c>
       <c r="B166" t="s" s="33">
         <v>1256</v>
       </c>
       <c r="C166" t="s" s="37">
         <v>1257</v>
       </c>
       <c r="D166" t="s" s="41">
         <v>1258</v>
       </c>
       <c r="E166" t="s" s="45">
         <v>1259</v>
       </c>
       <c r="F166" t="s" s="49">
         <v>1260</v>
       </c>
       <c r="G166" t="s" s="53">
         <v>1261</v>
       </c>
       <c r="H166" t="s" s="57">
         <v>1262</v>
       </c>
       <c r="I166" t="s" s="61">
         <v>1263</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="29">
-        <v>1234</v>
+        <v>1255</v>
       </c>
       <c r="B167" t="s" s="33">
         <v>1264</v>
       </c>
       <c r="C167" t="s" s="37">
         <v>1265</v>
       </c>
       <c r="D167" t="s" s="41">
         <v>1266</v>
       </c>
       <c r="E167" t="s" s="45">
         <v>1267</v>
       </c>
       <c r="F167" t="s" s="49">
         <v>1268</v>
       </c>
       <c r="G167" t="s" s="53">
-        <v>31</v>
+        <v>1269</v>
       </c>
       <c r="H167" t="s" s="57">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="I167" t="s" s="61">
-        <v>1270</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B168" t="s" s="33">
         <v>1272</v>
       </c>
       <c r="C168" t="s" s="37">
         <v>1273</v>
       </c>
       <c r="D168" t="s" s="41">
         <v>1274</v>
       </c>
       <c r="E168" t="s" s="45">
         <v>1275</v>
       </c>
       <c r="F168" t="s" s="49">
         <v>1276</v>
       </c>
       <c r="G168" t="s" s="53">
         <v>1277</v>
       </c>
       <c r="H168" t="s" s="57">
         <v>1278</v>
       </c>
       <c r="I168" t="s" s="61">
         <v>1279</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B169" t="s" s="33">
         <v>1280</v>
       </c>
       <c r="C169" t="s" s="37">
         <v>1281</v>
       </c>
       <c r="D169" t="s" s="41">
         <v>1282</v>
       </c>
       <c r="E169" t="s" s="45">
         <v>1283</v>
       </c>
       <c r="F169" t="s" s="49">
         <v>1284</v>
       </c>
       <c r="G169" t="s" s="53">
         <v>1285</v>
       </c>
       <c r="H169" t="s" s="57">
         <v>1286</v>
       </c>
       <c r="I169" t="s" s="61">
         <v>1287</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B170" t="s" s="33">
         <v>1288</v>
       </c>
       <c r="C170" t="s" s="37">
         <v>1289</v>
       </c>
       <c r="D170" t="s" s="41">
         <v>1290</v>
       </c>
       <c r="E170" t="s" s="45">
         <v>1291</v>
       </c>
       <c r="F170" t="s" s="49">
         <v>1292</v>
       </c>
       <c r="G170" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H170" t="s" s="57">
         <v>1293</v>
       </c>
-      <c r="H170" t="s" s="57">
+      <c r="I170" t="s" s="61">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B171" t="s" s="33">
+        <v>1295</v>
+      </c>
+      <c r="C171" t="s" s="37">
         <v>1296</v>
       </c>
-      <c r="C171" t="s" s="37">
+      <c r="D171" t="s" s="41">
         <v>1297</v>
       </c>
-      <c r="D171" t="s" s="41">
+      <c r="E171" t="s" s="45">
         <v>1298</v>
       </c>
-      <c r="E171" t="s" s="45">
+      <c r="F171" t="s" s="49">
         <v>1299</v>
       </c>
-      <c r="F171" t="s" s="49">
+      <c r="G171" t="s" s="53">
         <v>1300</v>
       </c>
-      <c r="G171" t="s" s="53">
+      <c r="H171" t="s" s="57">
         <v>1301</v>
       </c>
-      <c r="H171" t="s" s="57">
+      <c r="I171" t="s" s="61">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B172" t="s" s="33">
+        <v>1303</v>
+      </c>
+      <c r="C172" t="s" s="37">
         <v>1304</v>
       </c>
-      <c r="C172" t="s" s="37">
+      <c r="D172" t="s" s="41">
         <v>1305</v>
       </c>
-      <c r="D172" t="s" s="41">
+      <c r="E172" t="s" s="45">
         <v>1306</v>
       </c>
-      <c r="E172" t="s" s="45">
+      <c r="F172" t="s" s="49">
         <v>1307</v>
       </c>
-      <c r="F172" t="s" s="49">
+      <c r="G172" t="s" s="53">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H172" t="s" s="57">
         <v>1309</v>
       </c>
       <c r="I172" t="s" s="61">
         <v>1310</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B173" t="s" s="33">
         <v>1311</v>
       </c>
       <c r="C173" t="s" s="37">
         <v>1312</v>
       </c>
       <c r="D173" t="s" s="41">
         <v>1313</v>
       </c>
       <c r="E173" t="s" s="45">
         <v>1314</v>
       </c>
       <c r="F173" t="s" s="49">
         <v>1315</v>
       </c>
       <c r="G173" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H173" t="s" s="57">
         <v>1316</v>
       </c>
-      <c r="H173" t="s" s="57">
+      <c r="I173" t="s" s="61">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B174" t="s" s="33">
+        <v>1318</v>
+      </c>
+      <c r="C174" t="s" s="37">
         <v>1319</v>
       </c>
-      <c r="C174" t="s" s="37">
+      <c r="D174" t="s" s="41">
         <v>1320</v>
       </c>
-      <c r="D174" t="s" s="41">
+      <c r="E174" t="s" s="45">
         <v>1321</v>
       </c>
-      <c r="E174" t="s" s="45">
+      <c r="F174" t="s" s="49">
         <v>1322</v>
       </c>
-      <c r="F174" t="s" s="49">
+      <c r="G174" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H174" t="s" s="57">
         <v>1323</v>
       </c>
-      <c r="G174" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H174" t="s" s="57">
+      <c r="I174" t="s" s="61">
         <v>1324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s" s="29">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="B175" t="s" s="33">
+        <v>1325</v>
+      </c>
+      <c r="C175" t="s" s="37">
         <v>1326</v>
       </c>
-      <c r="C175" t="s" s="37">
+      <c r="D175" t="s" s="41">
         <v>1327</v>
       </c>
-      <c r="D175" t="s" s="41">
+      <c r="E175" t="s" s="45">
         <v>1328</v>
       </c>
-      <c r="E175" t="s" s="45">
+      <c r="F175" t="s" s="49">
         <v>1329</v>
       </c>
-      <c r="F175" t="s" s="49">
+      <c r="G175" t="s" s="53">
         <v>1330</v>
       </c>
-      <c r="G175" t="s" s="53">
+      <c r="H175" t="s" s="57">
         <v>1331</v>
       </c>
-      <c r="H175" t="s" s="57">
+      <c r="I175" t="s" s="61">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s" s="29">
-        <v>1271</v>
+        <v>1333</v>
       </c>
       <c r="B176" t="s" s="33">
         <v>1334</v>
       </c>
       <c r="C176" t="s" s="37">
         <v>1335</v>
       </c>
       <c r="D176" t="s" s="41">
         <v>1336</v>
       </c>
       <c r="E176" t="s" s="45">
         <v>1337</v>
       </c>
       <c r="F176" t="s" s="49">
         <v>1338</v>
       </c>
       <c r="G176" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H176" t="s" s="57">
         <v>1339</v>
       </c>
-      <c r="H176" t="s" s="57">
+      <c r="I176" t="s" s="61">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s" s="29">
-        <v>1271</v>
+        <v>1333</v>
       </c>
       <c r="B177" t="s" s="33">
+        <v>1341</v>
+      </c>
+      <c r="C177" t="s" s="37">
         <v>1342</v>
       </c>
-      <c r="C177" t="s" s="37">
+      <c r="D177" t="s" s="41">
         <v>1343</v>
       </c>
-      <c r="D177" t="s" s="41">
+      <c r="E177" t="s" s="45">
         <v>1344</v>
       </c>
-      <c r="E177" t="s" s="45">
+      <c r="F177" t="s" s="49">
         <v>1345</v>
       </c>
-      <c r="F177" t="s" s="49">
+      <c r="G177" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H177" t="s" s="57">
         <v>1346</v>
       </c>
-      <c r="G177" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H177" t="s" s="57">
+      <c r="I177" t="s" s="61">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s" s="29">
+        <v>1333</v>
+      </c>
+      <c r="B178" t="s" s="33">
+        <v>1348</v>
+      </c>
+      <c r="C178" t="s" s="37">
         <v>1349</v>
       </c>
-      <c r="B178" t="s" s="33">
+      <c r="D178" t="s" s="41">
         <v>1350</v>
       </c>
-      <c r="C178" t="s" s="37">
+      <c r="E178" t="s" s="45">
         <v>1351</v>
       </c>
-      <c r="D178" t="s" s="41">
+      <c r="F178" t="s" s="49">
         <v>1352</v>
       </c>
-      <c r="E178" t="s" s="45">
+      <c r="G178" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H178" t="s" s="57">
         <v>1353</v>
       </c>
-      <c r="F178" t="s" s="49">
+      <c r="I178" t="s" s="61">
         <v>1354</v>
-      </c>
-[...7 lines deleted...]
-        <v>1356</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s" s="29">
-        <v>1349</v>
+        <v>1333</v>
       </c>
       <c r="B179" t="s" s="33">
+        <v>1355</v>
+      </c>
+      <c r="C179" t="s" s="37">
+        <v>1356</v>
+      </c>
+      <c r="D179" t="s" s="41">
         <v>1357</v>
       </c>
-      <c r="C179" t="s" s="37">
+      <c r="E179" t="s" s="45">
         <v>1358</v>
       </c>
-      <c r="D179" t="s" s="41">
+      <c r="F179" t="s" s="49">
         <v>1359</v>
       </c>
-      <c r="E179" t="s" s="45">
+      <c r="G179" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H179" t="s" s="57">
         <v>1360</v>
       </c>
-      <c r="F179" t="s" s="49">
+      <c r="I179" t="s" s="61">
         <v>1361</v>
-      </c>
-[...7 lines deleted...]
-        <v>1363</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s" s="29">
-        <v>1349</v>
+        <v>1333</v>
       </c>
       <c r="B180" t="s" s="33">
+        <v>399</v>
+      </c>
+      <c r="C180" t="s" s="37">
+        <v>1362</v>
+      </c>
+      <c r="D180" t="s" s="41">
+        <v>1363</v>
+      </c>
+      <c r="E180" t="s" s="45">
         <v>1364</v>
       </c>
-      <c r="C180" t="s" s="37">
+      <c r="F180" t="s" s="49">
         <v>1365</v>
       </c>
-      <c r="D180" t="s" s="41">
+      <c r="G180" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H180" t="s" s="57">
         <v>1366</v>
       </c>
-      <c r="E180" t="s" s="45">
+      <c r="I180" t="s" s="61">
         <v>1367</v>
-      </c>
-[...10 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s" s="29">
-        <v>1349</v>
+        <v>1333</v>
       </c>
       <c r="B181" t="s" s="33">
+        <v>1368</v>
+      </c>
+      <c r="C181" t="s" s="37">
+        <v>1369</v>
+      </c>
+      <c r="D181" t="s" s="41">
+        <v>1370</v>
+      </c>
+      <c r="E181" t="s" s="45">
         <v>1371</v>
       </c>
-      <c r="C181" t="s" s="37">
+      <c r="F181" t="s" s="49">
         <v>1372</v>
       </c>
-      <c r="D181" t="s" s="41">
+      <c r="G181" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H181" t="s" s="57">
         <v>1373</v>
       </c>
-      <c r="E181" t="s" s="45">
+      <c r="I181" t="s" s="61">
         <v>1374</v>
-      </c>
-[...10 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s" s="29">
-        <v>1349</v>
+        <v>1375</v>
       </c>
       <c r="B182" t="s" s="33">
-        <v>399</v>
+        <v>804</v>
       </c>
       <c r="C182" t="s" s="37">
+        <v>805</v>
+      </c>
+      <c r="D182" t="s" s="41">
+        <v>1376</v>
+      </c>
+      <c r="E182" t="s" s="45">
+        <v>1377</v>
+      </c>
+      <c r="F182" t="s" s="49">
         <v>1378</v>
       </c>
-      <c r="D182" t="s" s="41">
+      <c r="G182" t="s" s="53">
         <v>1379</v>
       </c>
-      <c r="E182" t="s" s="45">
+      <c r="H182" t="s" s="57">
         <v>1380</v>
       </c>
-      <c r="F182" t="s" s="49">
+      <c r="I182" t="s" s="61">
         <v>1381</v>
-      </c>
-[...7 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s" s="29">
-        <v>1349</v>
+        <v>1375</v>
       </c>
       <c r="B183" t="s" s="33">
+        <v>1382</v>
+      </c>
+      <c r="C183" t="s" s="37">
+        <v>1383</v>
+      </c>
+      <c r="D183" t="s" s="41">
         <v>1384</v>
       </c>
-      <c r="C183" t="s" s="37">
+      <c r="E183" t="s" s="45">
         <v>1385</v>
       </c>
-      <c r="D183" t="s" s="41">
+      <c r="F183" t="s" s="49">
         <v>1386</v>
       </c>
-      <c r="E183" t="s" s="45">
+      <c r="G183" t="s" s="53">
         <v>1387</v>
       </c>
-      <c r="F183" t="s" s="49">
+      <c r="H183" t="s" s="57">
         <v>1388</v>
       </c>
-      <c r="G183" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H183" t="s" s="57">
+      <c r="I183" t="s" s="61">
         <v>1389</v>
-      </c>
-[...1 lines deleted...]
-        <v>1390</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s" s="29">
+        <v>1375</v>
+      </c>
+      <c r="B184" t="s" s="33">
+        <v>1390</v>
+      </c>
+      <c r="C184" t="s" s="37">
+        <v>1249</v>
+      </c>
+      <c r="D184" t="s" s="41">
         <v>1391</v>
       </c>
-      <c r="B184" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D184" t="s" s="41">
+      <c r="E184" t="s" s="45">
         <v>1392</v>
       </c>
-      <c r="E184" t="s" s="45">
+      <c r="F184" t="s" s="49">
         <v>1393</v>
       </c>
-      <c r="F184" t="s" s="49">
+      <c r="G184" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H184" t="s" s="57">
         <v>1394</v>
       </c>
-      <c r="G184" t="s" s="53">
+      <c r="I184" t="s" s="61">
         <v>1395</v>
-      </c>
-[...4 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="29">
-        <v>1391</v>
+        <v>1375</v>
       </c>
       <c r="B185" t="s" s="33">
+        <v>1396</v>
+      </c>
+      <c r="C185" t="s" s="37">
+        <v>1397</v>
+      </c>
+      <c r="D185" t="s" s="41">
         <v>1398</v>
       </c>
-      <c r="C185" t="s" s="37">
+      <c r="E185" t="s" s="45">
         <v>1399</v>
       </c>
-      <c r="D185" t="s" s="41">
+      <c r="F185" t="s" s="49">
         <v>1400</v>
       </c>
-      <c r="E185" t="s" s="45">
+      <c r="G185" t="s" s="53">
         <v>1401</v>
       </c>
-      <c r="F185" t="s" s="49">
+      <c r="H185" t="s" s="57">
         <v>1402</v>
       </c>
-      <c r="G185" t="s" s="53">
+      <c r="I185" t="s" s="61">
         <v>1403</v>
-      </c>
-[...4 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="29">
-        <v>1391</v>
+        <v>1404</v>
       </c>
       <c r="B186" t="s" s="33">
+        <v>1405</v>
+      </c>
+      <c r="C186" t="s" s="37">
         <v>1406</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="D186" t="s" s="41">
         <v>1407</v>
       </c>
       <c r="E186" t="s" s="45">
         <v>1408</v>
       </c>
       <c r="F186" t="s" s="49">
         <v>1409</v>
       </c>
       <c r="G186" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H186" t="s" s="57">
         <v>1410</v>
       </c>
       <c r="I186" t="s" s="61">
         <v>1411</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="29">
-        <v>1391</v>
+        <v>1412</v>
       </c>
       <c r="B187" t="s" s="33">
-        <v>1412</v>
+        <v>574</v>
       </c>
       <c r="C187" t="s" s="37">
+        <v>575</v>
+      </c>
+      <c r="D187" t="s" s="41">
         <v>1413</v>
       </c>
-      <c r="D187" t="s" s="41">
+      <c r="E187" t="s" s="45">
         <v>1414</v>
       </c>
-      <c r="E187" t="s" s="45">
+      <c r="F187" t="s" s="49">
         <v>1415</v>
       </c>
-      <c r="F187" t="s" s="49">
+      <c r="G187" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H187" t="s" s="57">
         <v>1416</v>
       </c>
-      <c r="G187" t="s" s="53">
+      <c r="I187" t="s" s="61">
         <v>1417</v>
-      </c>
-[...4 lines deleted...]
-        <v>1419</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="29">
+        <v>1412</v>
+      </c>
+      <c r="B188" t="s" s="33">
+        <v>1418</v>
+      </c>
+      <c r="C188" t="s" s="37">
+        <v>1419</v>
+      </c>
+      <c r="D188" t="s" s="41">
         <v>1420</v>
       </c>
-      <c r="B188" t="s" s="33">
+      <c r="E188" t="s" s="45">
         <v>1421</v>
       </c>
-      <c r="C188" t="s" s="37">
+      <c r="F188" t="s" s="49">
         <v>1422</v>
       </c>
-      <c r="D188" t="s" s="41">
+      <c r="G188" t="s" s="53">
         <v>1423</v>
       </c>
-      <c r="E188" t="s" s="45">
+      <c r="H188" t="s" s="57">
         <v>1424</v>
       </c>
-      <c r="F188" t="s" s="49">
+      <c r="I188" t="s" s="61">
         <v>1425</v>
-      </c>
-[...7 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s" s="29">
+        <v>1412</v>
+      </c>
+      <c r="B189" t="s" s="33">
+        <v>1426</v>
+      </c>
+      <c r="C189" t="s" s="37">
+        <v>1427</v>
+      </c>
+      <c r="D189" t="s" s="41">
         <v>1428</v>
       </c>
-      <c r="B189" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D189" t="s" s="41">
+      <c r="E189" t="s" s="45">
         <v>1429</v>
       </c>
-      <c r="E189" t="s" s="45">
+      <c r="F189" t="s" s="49">
         <v>1430</v>
       </c>
-      <c r="F189" t="s" s="49">
+      <c r="G189" t="s" s="53">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H189" t="s" s="57">
         <v>1432</v>
       </c>
       <c r="I189" t="s" s="61">
         <v>1433</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s" s="29">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B190" t="s" s="33">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C190" t="s" s="37">
-        <v>1435</v>
+        <v>1177</v>
       </c>
       <c r="D190" t="s" s="41">
         <v>1436</v>
       </c>
       <c r="E190" t="s" s="45">
         <v>1437</v>
       </c>
       <c r="F190" t="s" s="49">
         <v>1438</v>
       </c>
       <c r="G190" t="s" s="53">
         <v>1439</v>
       </c>
       <c r="H190" t="s" s="57">
         <v>1440</v>
       </c>
       <c r="I190" t="s" s="61">
         <v>1441</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s" s="29">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B191" t="s" s="33">
         <v>1442</v>
       </c>
       <c r="C191" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D191" t="s" s="41">
         <v>1443</v>
       </c>
-      <c r="D191" t="s" s="41">
+      <c r="E191" t="s" s="45">
         <v>1444</v>
       </c>
-      <c r="E191" t="s" s="45">
+      <c r="F191" t="s" s="49">
         <v>1445</v>
       </c>
-      <c r="F191" t="s" s="49">
+      <c r="G191" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H191" t="s" s="57">
         <v>1446</v>
       </c>
-      <c r="G191" t="s" s="53">
+      <c r="I191" t="s" s="61">
         <v>1447</v>
-      </c>
-[...4 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s" s="29">
+        <v>1434</v>
+      </c>
+      <c r="B192" t="s" s="33">
+        <v>1448</v>
+      </c>
+      <c r="C192" t="s" s="37">
+        <v>1449</v>
+      </c>
+      <c r="D192" t="s" s="41">
         <v>1450</v>
       </c>
-      <c r="B192" t="s" s="33">
+      <c r="E192" t="s" s="45">
         <v>1451</v>
       </c>
-      <c r="C192" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D192" t="s" s="41">
+      <c r="F192" t="s" s="49">
         <v>1452</v>
       </c>
-      <c r="E192" t="s" s="45">
+      <c r="G192" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H192" t="s" s="57">
         <v>1453</v>
       </c>
-      <c r="F192" t="s" s="49">
+      <c r="I192" t="s" s="61">
         <v>1454</v>
-      </c>
-[...7 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B193" t="s" s="33">
+        <v>1455</v>
+      </c>
+      <c r="C193" t="s" s="37">
+        <v>1456</v>
+      </c>
+      <c r="D193" t="s" s="41">
+        <v>1457</v>
+      </c>
+      <c r="E193" t="s" s="45">
         <v>1458</v>
       </c>
-      <c r="C193" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D193" t="s" s="41">
+      <c r="F193" t="s" s="49">
         <v>1459</v>
       </c>
-      <c r="E193" t="s" s="45">
+      <c r="G193" t="s" s="53">
         <v>1460</v>
       </c>
-      <c r="F193" t="s" s="49">
+      <c r="H193" t="s" s="57">
         <v>1461</v>
       </c>
-      <c r="G193" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H193" t="s" s="57">
+      <c r="I193" t="s" s="61">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B194" t="s" s="33">
+        <v>1463</v>
+      </c>
+      <c r="C194" t="s" s="37">
         <v>1464</v>
       </c>
-      <c r="C194" t="s" s="37">
+      <c r="D194" t="s" s="41">
         <v>1465</v>
       </c>
-      <c r="D194" t="s" s="41">
+      <c r="E194" t="s" s="45">
         <v>1466</v>
       </c>
-      <c r="E194" t="s" s="45">
+      <c r="F194" t="s" s="49">
         <v>1467</v>
       </c>
-      <c r="F194" t="s" s="49">
+      <c r="G194" t="s" s="53">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H194" t="s" s="57">
         <v>1469</v>
       </c>
       <c r="I194" t="s" s="61">
         <v>1470</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B195" t="s" s="33">
         <v>1471</v>
       </c>
       <c r="C195" t="s" s="37">
         <v>1472</v>
       </c>
       <c r="D195" t="s" s="41">
         <v>1473</v>
       </c>
       <c r="E195" t="s" s="45">
         <v>1474</v>
       </c>
       <c r="F195" t="s" s="49">
         <v>1475</v>
       </c>
       <c r="G195" t="s" s="53">
         <v>1476</v>
       </c>
       <c r="H195" t="s" s="57">
         <v>1477</v>
       </c>
       <c r="I195" t="s" s="61">
         <v>1478</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B196" t="s" s="33">
         <v>1479</v>
       </c>
       <c r="C196" t="s" s="37">
         <v>1480</v>
       </c>
       <c r="D196" t="s" s="41">
         <v>1481</v>
       </c>
       <c r="E196" t="s" s="45">
         <v>1482</v>
       </c>
       <c r="F196" t="s" s="49">
         <v>1483</v>
       </c>
       <c r="G196" t="s" s="53">
         <v>1484</v>
       </c>
       <c r="H196" t="s" s="57">
         <v>1485</v>
       </c>
       <c r="I196" t="s" s="61">
         <v>1486</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B197" t="s" s="33">
         <v>1487</v>
       </c>
       <c r="C197" t="s" s="37">
+        <v>734</v>
+      </c>
+      <c r="D197" t="s" s="41">
         <v>1488</v>
       </c>
-      <c r="D197" t="s" s="41">
+      <c r="E197" t="s" s="45">
         <v>1489</v>
       </c>
-      <c r="E197" t="s" s="45">
+      <c r="F197" t="s" s="49">
         <v>1490</v>
       </c>
-      <c r="F197" t="s" s="49">
+      <c r="G197" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H197" t="s" s="57">
         <v>1491</v>
       </c>
-      <c r="G197" t="s" s="53">
+      <c r="I197" t="s" s="61">
         <v>1492</v>
-      </c>
-[...4 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s" s="29">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B198" t="s" s="33">
+        <v>1493</v>
+      </c>
+      <c r="C198" t="s" s="37">
+        <v>1494</v>
+      </c>
+      <c r="D198" t="s" s="41">
         <v>1495</v>
       </c>
-      <c r="C198" t="s" s="37">
+      <c r="E198" t="s" s="45">
         <v>1496</v>
       </c>
-      <c r="D198" t="s" s="41">
+      <c r="F198" t="s" s="49">
         <v>1497</v>
       </c>
-      <c r="E198" t="s" s="45">
+      <c r="G198" t="s" s="53">
         <v>1498</v>
       </c>
-      <c r="F198" t="s" s="49">
+      <c r="H198" t="s" s="57">
         <v>1499</v>
       </c>
-      <c r="G198" t="s" s="53">
+      <c r="I198" t="s" s="61">
         <v>1500</v>
-      </c>
-[...4 lines deleted...]
-        <v>1502</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s" s="29">
-        <v>1450</v>
+        <v>1501</v>
       </c>
       <c r="B199" t="s" s="33">
+        <v>1502</v>
+      </c>
+      <c r="C199" t="s" s="37">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="D199" t="s" s="41">
         <v>1504</v>
       </c>
       <c r="E199" t="s" s="45">
         <v>1505</v>
       </c>
       <c r="F199" t="s" s="49">
         <v>1506</v>
       </c>
       <c r="G199" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H199" t="s" s="57">
         <v>1507</v>
       </c>
       <c r="I199" t="s" s="61">
         <v>1508</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s" s="29">
-        <v>1450</v>
+        <v>1501</v>
       </c>
       <c r="B200" t="s" s="33">
         <v>1509</v>
       </c>
       <c r="C200" t="s" s="37">
         <v>1510</v>
       </c>
       <c r="D200" t="s" s="41">
         <v>1511</v>
       </c>
       <c r="E200" t="s" s="45">
         <v>1512</v>
       </c>
       <c r="F200" t="s" s="49">
         <v>1513</v>
       </c>
       <c r="G200" t="s" s="53">
         <v>1514</v>
       </c>
       <c r="H200" t="s" s="57">
         <v>1515</v>
       </c>
       <c r="I200" t="s" s="61">
         <v>1516</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s" s="29">
+        <v>1501</v>
+      </c>
+      <c r="B201" t="s" s="33">
         <v>1517</v>
       </c>
-      <c r="B201" t="s" s="33">
+      <c r="C201" t="s" s="37">
+        <v>978</v>
+      </c>
+      <c r="D201" t="s" s="41">
         <v>1518</v>
       </c>
-      <c r="C201" t="s" s="37">
+      <c r="E201" t="s" s="45">
         <v>1519</v>
       </c>
-      <c r="D201" t="s" s="41">
+      <c r="F201" t="s" s="49">
         <v>1520</v>
       </c>
-      <c r="E201" t="s" s="45">
+      <c r="G201" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H201" t="s" s="57">
         <v>1521</v>
       </c>
-      <c r="F201" t="s" s="49">
+      <c r="I201" t="s" s="61">
         <v>1522</v>
-      </c>
-[...7 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B202" t="s" s="33">
+        <v>1523</v>
+      </c>
+      <c r="C202" t="s" s="37">
+        <v>1524</v>
+      </c>
+      <c r="D202" t="s" s="41">
         <v>1525</v>
       </c>
-      <c r="C202" t="s" s="37">
+      <c r="E202" t="s" s="45">
         <v>1526</v>
       </c>
-      <c r="D202" t="s" s="41">
+      <c r="F202" t="s" s="49">
         <v>1527</v>
       </c>
-      <c r="E202" t="s" s="45">
+      <c r="G202" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H202" t="s" s="57">
         <v>1528</v>
       </c>
-      <c r="F202" t="s" s="49">
+      <c r="I202" t="s" s="61">
         <v>1529</v>
-      </c>
-[...7 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B203" t="s" s="33">
+        <v>1530</v>
+      </c>
+      <c r="C203" t="s" s="37">
+        <v>1531</v>
+      </c>
+      <c r="D203" t="s" s="41">
+        <v>1532</v>
+      </c>
+      <c r="E203" t="s" s="45">
         <v>1533</v>
       </c>
-      <c r="C203" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D203" t="s" s="41">
+      <c r="F203" t="s" s="49">
         <v>1534</v>
       </c>
-      <c r="E203" t="s" s="45">
+      <c r="G203" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H203" t="s" s="57">
         <v>1535</v>
       </c>
-      <c r="F203" t="s" s="49">
+      <c r="I203" t="s" s="61">
         <v>1536</v>
-      </c>
-[...7 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B204" t="s" s="33">
+        <v>1537</v>
+      </c>
+      <c r="C204" t="s" s="37">
+        <v>1538</v>
+      </c>
+      <c r="D204" t="s" s="41">
         <v>1539</v>
       </c>
-      <c r="C204" t="s" s="37">
+      <c r="E204" t="s" s="45">
         <v>1540</v>
       </c>
-      <c r="D204" t="s" s="41">
+      <c r="F204" t="s" s="49">
         <v>1541</v>
       </c>
-      <c r="E204" t="s" s="45">
+      <c r="G204" t="s" s="53">
         <v>1542</v>
       </c>
-      <c r="F204" t="s" s="49">
+      <c r="H204" t="s" s="57">
         <v>1543</v>
       </c>
-      <c r="G204" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H204" t="s" s="57">
+      <c r="I204" t="s" s="61">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B205" t="s" s="33">
+        <v>1545</v>
+      </c>
+      <c r="C205" t="s" s="37">
         <v>1546</v>
       </c>
-      <c r="C205" t="s" s="37">
+      <c r="D205" t="s" s="41">
         <v>1547</v>
       </c>
-      <c r="D205" t="s" s="41">
+      <c r="E205" t="s" s="45">
         <v>1548</v>
       </c>
-      <c r="E205" t="s" s="45">
+      <c r="F205" t="s" s="49">
         <v>1549</v>
       </c>
-      <c r="F205" t="s" s="49">
+      <c r="G205" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H205" t="s" s="57">
         <v>1550</v>
       </c>
-      <c r="G205" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H205" t="s" s="57">
+      <c r="I205" t="s" s="61">
         <v>1551</v>
-      </c>
-[...1 lines deleted...]
-        <v>1552</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B206" t="s" s="33">
+        <v>1552</v>
+      </c>
+      <c r="C206" t="s" s="37">
         <v>1553</v>
       </c>
-      <c r="C206" t="s" s="37">
+      <c r="D206" t="s" s="41">
         <v>1554</v>
       </c>
-      <c r="D206" t="s" s="41">
+      <c r="E206" t="s" s="45">
         <v>1555</v>
       </c>
-      <c r="E206" t="s" s="45">
+      <c r="F206" t="s" s="49">
         <v>1556</v>
       </c>
-      <c r="F206" t="s" s="49">
+      <c r="G206" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H206" t="s" s="57">
         <v>1557</v>
       </c>
-      <c r="G206" t="s" s="53">
+      <c r="I206" t="s" s="61">
         <v>1558</v>
-      </c>
-[...4 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="29">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B207" t="s" s="33">
+        <v>1559</v>
+      </c>
+      <c r="C207" t="s" s="37">
+        <v>978</v>
+      </c>
+      <c r="D207" t="s" s="41">
+        <v>1560</v>
+      </c>
+      <c r="E207" t="s" s="45">
         <v>1561</v>
       </c>
-      <c r="C207" t="s" s="37">
+      <c r="F207" t="s" s="49">
         <v>1562</v>
       </c>
-      <c r="D207" t="s" s="41">
+      <c r="G207" t="s" s="53">
         <v>1563</v>
       </c>
-      <c r="E207" t="s" s="45">
+      <c r="H207" t="s" s="57">
         <v>1564</v>
       </c>
-      <c r="F207" t="s" s="49">
+      <c r="I207" t="s" s="61">
         <v>1565</v>
-      </c>
-[...7 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="29">
-        <v>1517</v>
+        <v>1566</v>
       </c>
       <c r="B208" t="s" s="33">
+        <v>1567</v>
+      </c>
+      <c r="C208" t="s" s="37">
         <v>1568</v>
       </c>
-      <c r="C208" t="s" s="37">
+      <c r="D208" t="s" s="41">
         <v>1569</v>
       </c>
-      <c r="D208" t="s" s="41">
+      <c r="E208" t="s" s="45">
         <v>1570</v>
       </c>
-      <c r="E208" t="s" s="45">
+      <c r="F208" t="s" s="49">
         <v>1571</v>
       </c>
-      <c r="F208" t="s" s="49">
+      <c r="G208" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H208" t="s" s="57">
         <v>1572</v>
       </c>
-      <c r="G208" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H208" t="s" s="57">
+      <c r="I208" t="s" s="61">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="29">
-        <v>1517</v>
+        <v>1566</v>
       </c>
       <c r="B209" t="s" s="33">
+        <v>1574</v>
+      </c>
+      <c r="C209" t="s" s="37">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
       <c r="D209" t="s" s="41">
         <v>1576</v>
       </c>
       <c r="E209" t="s" s="45">
         <v>1577</v>
       </c>
       <c r="F209" t="s" s="49">
         <v>1578</v>
       </c>
       <c r="G209" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H209" t="s" s="57">
         <v>1579</v>
       </c>
-      <c r="H209" t="s" s="57">
+      <c r="I209" t="s" s="61">
         <v>1580</v>
-      </c>
-[...1 lines deleted...]
-        <v>1581</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="29">
+        <v>1566</v>
+      </c>
+      <c r="B210" t="s" s="33">
+        <v>1581</v>
+      </c>
+      <c r="C210" t="s" s="37">
         <v>1582</v>
       </c>
-      <c r="B210" t="s" s="33">
+      <c r="D210" t="s" s="41">
         <v>1583</v>
       </c>
-      <c r="C210" t="s" s="37">
+      <c r="E210" t="s" s="45">
         <v>1584</v>
       </c>
-      <c r="D210" t="s" s="41">
+      <c r="F210" t="s" s="49">
         <v>1585</v>
       </c>
-      <c r="E210" t="s" s="45">
+      <c r="G210" t="s" s="53">
         <v>1586</v>
       </c>
-      <c r="F210" t="s" s="49">
+      <c r="H210" t="s" s="57">
         <v>1587</v>
       </c>
-      <c r="G210" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H210" t="s" s="57">
+      <c r="I210" t="s" s="61">
         <v>1588</v>
-      </c>
-[...1 lines deleted...]
-        <v>1589</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B211" t="s" s="33">
+        <v>1099</v>
+      </c>
+      <c r="C211" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D211" t="s" s="41">
+        <v>1589</v>
+      </c>
+      <c r="E211" t="s" s="45">
         <v>1590</v>
       </c>
-      <c r="C211" t="s" s="37">
+      <c r="F211" t="s" s="49">
         <v>1591</v>
       </c>
-      <c r="D211" t="s" s="41">
+      <c r="G211" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H211" t="s" s="57">
         <v>1592</v>
       </c>
-      <c r="E211" t="s" s="45">
+      <c r="I211" t="s" s="61">
         <v>1593</v>
-      </c>
-[...10 lines deleted...]
-        <v>1596</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B212" t="s" s="33">
+        <v>1594</v>
+      </c>
+      <c r="C212" t="s" s="37">
+        <v>1595</v>
+      </c>
+      <c r="D212" t="s" s="41">
+        <v>1596</v>
+      </c>
+      <c r="E212" t="s" s="45">
         <v>1597</v>
       </c>
-      <c r="C212" t="s" s="37">
+      <c r="F212" t="s" s="49">
         <v>1598</v>
       </c>
-      <c r="D212" t="s" s="41">
+      <c r="G212" t="s" s="53">
         <v>1599</v>
       </c>
-      <c r="E212" t="s" s="45">
+      <c r="H212" t="s" s="57">
         <v>1600</v>
       </c>
-      <c r="F212" t="s" s="49">
+      <c r="I212" t="s" s="61">
         <v>1601</v>
-      </c>
-[...7 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B213" t="s" s="33">
-        <v>1070</v>
+        <v>1602</v>
       </c>
       <c r="C213" t="s" s="37">
-        <v>163</v>
+        <v>1603</v>
       </c>
       <c r="D213" t="s" s="41">
+        <v>1604</v>
+      </c>
+      <c r="E213" t="s" s="45">
         <v>1605</v>
       </c>
-      <c r="E213" t="s" s="45">
+      <c r="F213" t="s" s="49">
         <v>1606</v>
       </c>
-      <c r="F213" t="s" s="49">
+      <c r="G213" t="s" s="53">
         <v>1607</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H213" t="s" s="57">
         <v>1608</v>
       </c>
       <c r="I213" t="s" s="61">
         <v>1609</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B214" t="s" s="33">
         <v>1610</v>
       </c>
       <c r="C214" t="s" s="37">
         <v>1611</v>
       </c>
       <c r="D214" t="s" s="41">
         <v>1612</v>
       </c>
       <c r="E214" t="s" s="45">
         <v>1613</v>
       </c>
       <c r="F214" t="s" s="49">
         <v>1614</v>
       </c>
       <c r="G214" t="s" s="53">
         <v>1615</v>
       </c>
       <c r="H214" t="s" s="57">
         <v>1616</v>
       </c>
       <c r="I214" t="s" s="61">
         <v>1617</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B215" t="s" s="33">
         <v>1618</v>
       </c>
       <c r="C215" t="s" s="37">
         <v>1619</v>
       </c>
       <c r="D215" t="s" s="41">
         <v>1620</v>
       </c>
       <c r="E215" t="s" s="45">
         <v>1621</v>
       </c>
       <c r="F215" t="s" s="49">
         <v>1622</v>
       </c>
       <c r="G215" t="s" s="53">
         <v>1623</v>
       </c>
       <c r="H215" t="s" s="57">
         <v>1624</v>
       </c>
       <c r="I215" t="s" s="61">
         <v>1625</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s" s="29">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B216" t="s" s="33">
         <v>1626</v>
       </c>
       <c r="C216" t="s" s="37">
         <v>1627</v>
       </c>
       <c r="D216" t="s" s="41">
         <v>1628</v>
       </c>
       <c r="E216" t="s" s="45">
         <v>1629</v>
       </c>
       <c r="F216" t="s" s="49">
         <v>1630</v>
       </c>
       <c r="G216" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H216" t="s" s="57">
         <v>1631</v>
       </c>
-      <c r="H216" t="s" s="57">
+      <c r="I216" t="s" s="61">
         <v>1632</v>
-      </c>
-[...1 lines deleted...]
-        <v>1633</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s" s="29">
-        <v>1582</v>
+        <v>1633</v>
       </c>
       <c r="B217" t="s" s="33">
         <v>1634</v>
       </c>
       <c r="C217" t="s" s="37">
         <v>1635</v>
       </c>
       <c r="D217" t="s" s="41">
         <v>1636</v>
       </c>
       <c r="E217" t="s" s="45">
         <v>1637</v>
       </c>
       <c r="F217" t="s" s="49">
         <v>1638</v>
       </c>
       <c r="G217" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H217" t="s" s="57">
         <v>1639</v>
       </c>
-      <c r="H217" t="s" s="57">
+      <c r="I217" t="s" s="61">
         <v>1640</v>
-      </c>
-[...1 lines deleted...]
-        <v>1641</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s" s="29">
-        <v>1582</v>
+        <v>1633</v>
       </c>
       <c r="B218" t="s" s="33">
+        <v>1641</v>
+      </c>
+      <c r="C218" t="s" s="37">
         <v>1642</v>
       </c>
-      <c r="C218" t="s" s="37">
+      <c r="D218" t="s" s="41">
         <v>1643</v>
       </c>
-      <c r="D218" t="s" s="41">
+      <c r="E218" t="s" s="45">
         <v>1644</v>
       </c>
-      <c r="E218" t="s" s="45">
+      <c r="F218" t="s" s="49">
         <v>1645</v>
       </c>
-      <c r="F218" t="s" s="49">
+      <c r="G218" t="s" s="53">
         <v>1646</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H218" t="s" s="57">
         <v>1647</v>
       </c>
       <c r="I218" t="s" s="61">
         <v>1648</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s" s="29">
+        <v>1633</v>
+      </c>
+      <c r="B219" t="s" s="33">
         <v>1649</v>
       </c>
-      <c r="B219" t="s" s="33">
+      <c r="C219" t="s" s="37">
         <v>1650</v>
       </c>
-      <c r="C219" t="s" s="37">
+      <c r="D219" t="s" s="41">
         <v>1651</v>
       </c>
-      <c r="D219" t="s" s="41">
+      <c r="E219" t="s" s="45">
         <v>1652</v>
       </c>
-      <c r="E219" t="s" s="45">
+      <c r="F219" t="s" s="49">
         <v>1653</v>
       </c>
-      <c r="F219" t="s" s="49">
+      <c r="G219" t="s" s="53">
         <v>1654</v>
       </c>
-      <c r="G219" t="s" s="53">
+      <c r="H219" t="s" s="57">
         <v>1655</v>
       </c>
-      <c r="H219" t="s" s="57">
+      <c r="I219" t="s" s="61">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s" s="29">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B220" t="s" s="33">
+        <v>1657</v>
+      </c>
+      <c r="C220" t="s" s="37">
         <v>1658</v>
       </c>
-      <c r="C220" t="s" s="37">
+      <c r="D220" t="s" s="41">
         <v>1659</v>
       </c>
-      <c r="D220" t="s" s="41">
+      <c r="E220" t="s" s="45">
         <v>1660</v>
       </c>
-      <c r="E220" t="s" s="45">
+      <c r="F220" t="s" s="49">
         <v>1661</v>
       </c>
-      <c r="F220" t="s" s="49">
+      <c r="G220" t="s" s="53">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H220" t="s" s="57">
         <v>1663</v>
       </c>
       <c r="I220" t="s" s="61">
         <v>1664</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s" s="29">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B221" t="s" s="33">
         <v>1665</v>
       </c>
       <c r="C221" t="s" s="37">
         <v>1666</v>
       </c>
       <c r="D221" t="s" s="41">
         <v>1667</v>
       </c>
       <c r="E221" t="s" s="45">
         <v>1668</v>
       </c>
       <c r="F221" t="s" s="49">
         <v>1669</v>
       </c>
       <c r="G221" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H221" t="s" s="57">
         <v>1670</v>
       </c>
-      <c r="H221" t="s" s="57">
+      <c r="I221" t="s" s="61">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s" s="29">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B222" t="s" s="33">
+        <v>1672</v>
+      </c>
+      <c r="C222" t="s" s="37">
+        <v>1362</v>
+      </c>
+      <c r="D222" t="s" s="41">
         <v>1673</v>
       </c>
-      <c r="C222" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D222" t="s" s="41">
+      <c r="E222" t="s" s="45">
         <v>1674</v>
       </c>
-      <c r="E222" t="s" s="45">
+      <c r="F222" t="s" s="49">
         <v>1675</v>
       </c>
-      <c r="F222" t="s" s="49">
+      <c r="G222" t="s" s="53">
         <v>1676</v>
       </c>
-      <c r="G222" t="s" s="53">
+      <c r="H222" t="s" s="57">
         <v>1677</v>
       </c>
-      <c r="H222" t="s" s="57">
+      <c r="I222" t="s" s="61">
         <v>1678</v>
-      </c>
-[...1 lines deleted...]
-        <v>1679</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s" s="29">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B223" t="s" s="33">
+        <v>1679</v>
+      </c>
+      <c r="C223" t="s" s="37">
         <v>1680</v>
       </c>
-      <c r="C223" t="s" s="37">
+      <c r="D223" t="s" s="41">
         <v>1681</v>
       </c>
-      <c r="D223" t="s" s="41">
+      <c r="E223" t="s" s="45">
         <v>1682</v>
       </c>
-      <c r="E223" t="s" s="45">
+      <c r="F223" t="s" s="49">
         <v>1683</v>
       </c>
-      <c r="F223" t="s" s="49">
+      <c r="G223" t="s" s="53">
         <v>1684</v>
       </c>
-      <c r="G223" t="s" s="53">
+      <c r="H223" t="s" s="57">
         <v>1685</v>
       </c>
-      <c r="H223" t="s" s="57">
+      <c r="I223" t="s" s="61">
         <v>1686</v>
-      </c>
-[...1 lines deleted...]
-        <v>1687</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s" s="29">
-        <v>1649</v>
+        <v>1687</v>
       </c>
       <c r="B224" t="s" s="33">
         <v>1688</v>
       </c>
       <c r="C224" t="s" s="37">
         <v>1689</v>
       </c>
       <c r="D224" t="s" s="41">
         <v>1690</v>
       </c>
       <c r="E224" t="s" s="45">
         <v>1691</v>
       </c>
       <c r="F224" t="s" s="49">
         <v>1692</v>
       </c>
       <c r="G224" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H224" t="s" s="57">
         <v>1693</v>
       </c>
       <c r="I224" t="s" s="61">
         <v>1694</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s" s="29">
-        <v>1649</v>
+        <v>1687</v>
       </c>
       <c r="B225" t="s" s="33">
         <v>1695</v>
       </c>
       <c r="C225" t="s" s="37">
+        <v>125</v>
+      </c>
+      <c r="D225" t="s" s="41">
         <v>1696</v>
       </c>
-      <c r="D225" t="s" s="41">
+      <c r="E225" t="s" s="45">
         <v>1697</v>
       </c>
-      <c r="E225" t="s" s="45">
+      <c r="F225" t="s" s="49">
         <v>1698</v>
       </c>
-      <c r="F225" t="s" s="49">
+      <c r="G225" t="s" s="53">
         <v>1699</v>
       </c>
-      <c r="G225" t="s" s="53">
+      <c r="H225" t="s" s="57">
         <v>1700</v>
       </c>
-      <c r="H225" t="s" s="57">
+      <c r="I225" t="s" s="61">
         <v>1701</v>
-      </c>
-[...1 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s" s="29">
+        <v>1687</v>
+      </c>
+      <c r="B226" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C226" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D226" t="s" s="41">
+        <v>1702</v>
+      </c>
+      <c r="E226" t="s" s="45">
         <v>1703</v>
       </c>
-      <c r="B226" t="s" s="33">
+      <c r="F226" t="s" s="49">
         <v>1704</v>
       </c>
-      <c r="C226" t="s" s="37">
+      <c r="G226" t="s" s="53">
         <v>1705</v>
       </c>
-      <c r="D226" t="s" s="41">
+      <c r="H226" t="s" s="57">
         <v>1706</v>
       </c>
-      <c r="E226" t="s" s="45">
+      <c r="I226" t="s" s="61">
         <v>1707</v>
-      </c>
-[...10 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s" s="29">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="B227" t="s" s="33">
+        <v>1708</v>
+      </c>
+      <c r="C227" t="s" s="37">
+        <v>1709</v>
+      </c>
+      <c r="D227" t="s" s="41">
+        <v>1710</v>
+      </c>
+      <c r="E227" t="s" s="45">
         <v>1711</v>
       </c>
-      <c r="C227" t="s" s="37">
+      <c r="F227" t="s" s="49">
         <v>1712</v>
       </c>
-      <c r="D227" t="s" s="41">
+      <c r="G227" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H227" t="s" s="57">
         <v>1713</v>
       </c>
-      <c r="E227" t="s" s="45">
+      <c r="I227" t="s" s="61">
         <v>1714</v>
-      </c>
-[...10 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s" s="29">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="B228" t="s" s="33">
+        <v>1715</v>
+      </c>
+      <c r="C228" t="s" s="37">
+        <v>1716</v>
+      </c>
+      <c r="D228" t="s" s="41">
+        <v>1717</v>
+      </c>
+      <c r="E228" t="s" s="45">
         <v>1718</v>
       </c>
-      <c r="C228" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D228" t="s" s="41">
+      <c r="F228" t="s" s="49">
         <v>1719</v>
       </c>
-      <c r="E228" t="s" s="45">
+      <c r="G228" t="s" s="53">
         <v>1720</v>
       </c>
-      <c r="F228" t="s" s="49">
+      <c r="H228" t="s" s="57">
         <v>1721</v>
       </c>
-      <c r="G228" t="s" s="53">
+      <c r="I228" t="s" s="61">
         <v>1722</v>
-      </c>
-[...4 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s" s="29">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="B229" t="s" s="33">
+        <v>1723</v>
+      </c>
+      <c r="C229" t="s" s="37">
+        <v>1724</v>
+      </c>
+      <c r="D229" t="s" s="41">
         <v>1725</v>
       </c>
-      <c r="C229" t="s" s="37">
+      <c r="E229" t="s" s="45">
         <v>1726</v>
       </c>
-      <c r="D229" t="s" s="41">
+      <c r="F229" t="s" s="49">
         <v>1727</v>
       </c>
-      <c r="E229" t="s" s="45">
+      <c r="G229" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H229" t="s" s="57">
         <v>1728</v>
       </c>
-      <c r="F229" t="s" s="49">
+      <c r="I229" t="s" s="61">
         <v>1729</v>
-      </c>
-[...7 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s" s="29">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="B230" t="s" s="33">
+        <v>1730</v>
+      </c>
+      <c r="C230" t="s" s="37">
+        <v>1731</v>
+      </c>
+      <c r="D230" t="s" s="41">
+        <v>1732</v>
+      </c>
+      <c r="E230" t="s" s="45">
         <v>1733</v>
       </c>
-      <c r="C230" t="s" s="37">
+      <c r="F230" t="s" s="49">
         <v>1734</v>
       </c>
-      <c r="D230" t="s" s="41">
+      <c r="G230" t="s" s="53">
         <v>1735</v>
       </c>
-      <c r="E230" t="s" s="45">
+      <c r="H230" t="s" s="57">
         <v>1736</v>
       </c>
-      <c r="F230" t="s" s="49">
+      <c r="I230" t="s" s="61">
         <v>1737</v>
-      </c>
-[...7 lines deleted...]
-        <v>1739</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s" s="29">
-        <v>1703</v>
+        <v>1687</v>
       </c>
       <c r="B231" t="s" s="33">
+        <v>1738</v>
+      </c>
+      <c r="C231" t="s" s="37">
+        <v>1739</v>
+      </c>
+      <c r="D231" t="s" s="41">
         <v>1740</v>
       </c>
-      <c r="C231" t="s" s="37">
+      <c r="E231" t="s" s="45">
         <v>1741</v>
       </c>
-      <c r="D231" t="s" s="41">
+      <c r="F231" t="s" s="49">
         <v>1742</v>
       </c>
-      <c r="E231" t="s" s="45">
+      <c r="G231" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H231" t="s" s="57">
         <v>1743</v>
       </c>
-      <c r="F231" t="s" s="49">
+      <c r="I231" t="s" s="61">
         <v>1744</v>
-      </c>
-[...7 lines deleted...]
-        <v>1747</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s" s="29">
-        <v>1703</v>
+        <v>1745</v>
       </c>
       <c r="B232" t="s" s="33">
+        <v>1746</v>
+      </c>
+      <c r="C232" t="s" s="37">
+        <v>1747</v>
+      </c>
+      <c r="D232" t="s" s="41">
         <v>1748</v>
       </c>
-      <c r="C232" t="s" s="37">
+      <c r="E232" t="s" s="45">
         <v>1749</v>
       </c>
-      <c r="D232" t="s" s="41">
+      <c r="F232" t="s" s="49">
         <v>1750</v>
       </c>
-      <c r="E232" t="s" s="45">
+      <c r="G232" t="s" s="53">
         <v>1751</v>
       </c>
-      <c r="F232" t="s" s="49">
+      <c r="H232" t="s" s="57">
         <v>1752</v>
       </c>
-      <c r="G232" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H232" t="s" s="57">
+      <c r="I232" t="s" s="61">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s" s="29">
-        <v>1703</v>
+        <v>1754</v>
       </c>
       <c r="B233" t="s" s="33">
-        <v>718</v>
+        <v>1755</v>
       </c>
       <c r="C233" t="s" s="37">
-        <v>465</v>
+        <v>1756</v>
       </c>
       <c r="D233" t="s" s="41">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="E233" t="s" s="45">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="F233" t="s" s="49">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="G233" t="s" s="53">
-        <v>1758</v>
+        <v>31</v>
       </c>
       <c r="H233" t="s" s="57">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="I233" t="s" s="61">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s" s="29">
-        <v>1761</v>
+        <v>1754</v>
       </c>
       <c r="B234" t="s" s="33">
         <v>1762</v>
       </c>
       <c r="C234" t="s" s="37">
         <v>1763</v>
       </c>
       <c r="D234" t="s" s="41">
         <v>1764</v>
       </c>
       <c r="E234" t="s" s="45">
         <v>1765</v>
       </c>
       <c r="F234" t="s" s="49">
         <v>1766</v>
       </c>
       <c r="G234" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H234" t="s" s="57">
         <v>1767</v>
       </c>
-      <c r="H234" t="s" s="57">
+      <c r="I234" t="s" s="61">
         <v>1768</v>
-      </c>
-[...1 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s" s="29">
+        <v>1754</v>
+      </c>
+      <c r="B235" t="s" s="33">
+        <v>1769</v>
+      </c>
+      <c r="C235" t="s" s="37">
         <v>1770</v>
       </c>
-      <c r="B235" t="s" s="33">
+      <c r="D235" t="s" s="41">
         <v>1771</v>
       </c>
-      <c r="C235" t="s" s="37">
+      <c r="E235" t="s" s="45">
         <v>1772</v>
       </c>
-      <c r="D235" t="s" s="41">
+      <c r="F235" t="s" s="49">
         <v>1773</v>
       </c>
-      <c r="E235" t="s" s="45">
+      <c r="G235" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H235" t="s" s="57">
         <v>1774</v>
       </c>
-      <c r="F235" t="s" s="49">
+      <c r="I235" t="s" s="61">
         <v>1775</v>
-      </c>
-[...7 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s" s="29">
-        <v>1770</v>
+        <v>1754</v>
       </c>
       <c r="B236" t="s" s="33">
+        <v>1776</v>
+      </c>
+      <c r="C236" t="s" s="37">
+        <v>1777</v>
+      </c>
+      <c r="D236" t="s" s="41">
         <v>1778</v>
       </c>
-      <c r="C236" t="s" s="37">
+      <c r="E236" t="s" s="45">
         <v>1779</v>
       </c>
-      <c r="D236" t="s" s="41">
+      <c r="F236" t="s" s="49">
         <v>1780</v>
       </c>
-      <c r="E236" t="s" s="45">
+      <c r="G236" t="s" s="53">
         <v>1781</v>
       </c>
-      <c r="F236" t="s" s="49">
+      <c r="H236" t="s" s="57">
         <v>1782</v>
       </c>
-      <c r="G236" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H236" t="s" s="57">
+      <c r="I236" t="s" s="61">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s" s="29">
-        <v>1770</v>
+        <v>1754</v>
       </c>
       <c r="B237" t="s" s="33">
+        <v>1784</v>
+      </c>
+      <c r="C237" t="s" s="37">
         <v>1785</v>
       </c>
-      <c r="C237" t="s" s="37">
+      <c r="D237" t="s" s="41">
         <v>1786</v>
       </c>
-      <c r="D237" t="s" s="41">
+      <c r="E237" t="s" s="45">
         <v>1787</v>
       </c>
-      <c r="E237" t="s" s="45">
+      <c r="F237" t="s" s="49">
         <v>1788</v>
       </c>
-      <c r="F237" t="s" s="49">
+      <c r="G237" t="s" s="53">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H237" t="s" s="57">
         <v>1790</v>
       </c>
       <c r="I237" t="s" s="61">
         <v>1791</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s" s="29">
-        <v>1770</v>
+        <v>1792</v>
       </c>
       <c r="B238" t="s" s="33">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="C238" t="s" s="37">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="D238" t="s" s="41">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="E238" t="s" s="45">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="F238" t="s" s="49">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="G238" t="s" s="53">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="H238" t="s" s="57">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="I238" t="s" s="61">
-        <v>1799</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s" s="29">
-        <v>1770</v>
+        <v>1792</v>
       </c>
       <c r="B239" t="s" s="33">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="C239" t="s" s="37">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="D239" t="s" s="41">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="E239" t="s" s="45">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="F239" t="s" s="49">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="G239" t="s" s="53">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H239" t="s" s="57">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="I239" t="s" s="61">
-        <v>1807</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B240" t="s" s="33">
         <v>1809</v>
       </c>
       <c r="C240" t="s" s="37">
         <v>1810</v>
       </c>
       <c r="D240" t="s" s="41">
         <v>1811</v>
       </c>
       <c r="E240" t="s" s="45">
         <v>1812</v>
       </c>
       <c r="F240" t="s" s="49">
         <v>1813</v>
       </c>
       <c r="G240" t="s" s="53">
         <v>1814</v>
       </c>
       <c r="H240" t="s" s="57">
         <v>1815</v>
       </c>
       <c r="I240" t="s" s="61">
         <v>1816</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B241" t="s" s="33">
         <v>1817</v>
       </c>
       <c r="C241" t="s" s="37">
         <v>1818</v>
       </c>
       <c r="D241" t="s" s="41">
         <v>1819</v>
       </c>
       <c r="E241" t="s" s="45">
         <v>1820</v>
       </c>
       <c r="F241" t="s" s="49">
         <v>1821</v>
       </c>
       <c r="G241" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H241" t="s" s="57">
         <v>1822</v>
       </c>
-      <c r="H241" t="s" s="57">
+      <c r="I241" t="s" s="61">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B242" t="s" s="33">
+        <v>1824</v>
+      </c>
+      <c r="C242" t="s" s="37">
         <v>1825</v>
       </c>
-      <c r="C242" t="s" s="37">
+      <c r="D242" t="s" s="41">
         <v>1826</v>
       </c>
-      <c r="D242" t="s" s="41">
+      <c r="E242" t="s" s="45">
         <v>1827</v>
       </c>
-      <c r="E242" t="s" s="45">
+      <c r="F242" t="s" s="49">
         <v>1828</v>
       </c>
-      <c r="F242" t="s" s="49">
+      <c r="G242" t="s" s="53">
         <v>1829</v>
       </c>
-      <c r="G242" t="s" s="53">
+      <c r="H242" t="s" s="57">
         <v>1830</v>
       </c>
-      <c r="H242" t="s" s="57">
+      <c r="I242" t="s" s="61">
         <v>1831</v>
-      </c>
-[...1 lines deleted...]
-        <v>1832</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B243" t="s" s="33">
+        <v>1832</v>
+      </c>
+      <c r="C243" t="s" s="37">
         <v>1833</v>
       </c>
-      <c r="C243" t="s" s="37">
+      <c r="D243" t="s" s="41">
         <v>1834</v>
       </c>
-      <c r="D243" t="s" s="41">
+      <c r="E243" t="s" s="45">
         <v>1835</v>
       </c>
-      <c r="E243" t="s" s="45">
+      <c r="F243" t="s" s="49">
         <v>1836</v>
       </c>
-      <c r="F243" t="s" s="49">
+      <c r="G243" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H243" t="s" s="57">
         <v>1837</v>
       </c>
-      <c r="G243" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H243" t="s" s="57">
+      <c r="I243" t="s" s="61">
         <v>1838</v>
-      </c>
-[...1 lines deleted...]
-        <v>1839</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B244" t="s" s="33">
+        <v>1839</v>
+      </c>
+      <c r="C244" t="s" s="37">
+        <v>1362</v>
+      </c>
+      <c r="D244" t="s" s="41">
         <v>1840</v>
       </c>
-      <c r="C244" t="s" s="37">
+      <c r="E244" t="s" s="45">
         <v>1841</v>
       </c>
-      <c r="D244" t="s" s="41">
+      <c r="F244" t="s" s="49">
         <v>1842</v>
       </c>
-      <c r="E244" t="s" s="45">
+      <c r="G244" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H244" t="s" s="57">
         <v>1843</v>
       </c>
-      <c r="F244" t="s" s="49">
+      <c r="I244" t="s" s="61">
         <v>1844</v>
-      </c>
-[...7 lines deleted...]
-        <v>1847</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s" s="29">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B245" t="s" s="33">
+        <v>804</v>
+      </c>
+      <c r="C245" t="s" s="37">
+        <v>805</v>
+      </c>
+      <c r="D245" t="s" s="41">
+        <v>1845</v>
+      </c>
+      <c r="E245" t="s" s="45">
+        <v>1846</v>
+      </c>
+      <c r="F245" t="s" s="49">
+        <v>1847</v>
+      </c>
+      <c r="G245" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H245" t="s" s="57">
         <v>1848</v>
       </c>
-      <c r="C245" t="s" s="37">
+      <c r="I245" t="s" s="61">
         <v>1849</v>
-      </c>
-[...16 lines deleted...]
-        <v>1854</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s" s="29">
-        <v>1808</v>
+        <v>1850</v>
       </c>
       <c r="B246" t="s" s="33">
+        <v>1851</v>
+      </c>
+      <c r="C246" t="s" s="37">
+        <v>1852</v>
+      </c>
+      <c r="D246" t="s" s="41">
+        <v>1853</v>
+      </c>
+      <c r="E246" t="s" s="45">
+        <v>1854</v>
+      </c>
+      <c r="F246" t="s" s="49">
         <v>1855</v>
       </c>
-      <c r="C246" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D246" t="s" s="41">
+      <c r="G246" t="s" s="53">
         <v>1856</v>
       </c>
-      <c r="E246" t="s" s="45">
+      <c r="H246" t="s" s="57">
         <v>1857</v>
       </c>
-      <c r="F246" t="s" s="49">
+      <c r="I246" t="s" s="61">
         <v>1858</v>
-      </c>
-[...7 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s" s="29">
-        <v>1808</v>
+        <v>1850</v>
       </c>
       <c r="B247" t="s" s="33">
-        <v>804</v>
+        <v>1859</v>
       </c>
       <c r="C247" t="s" s="37">
-        <v>805</v>
+        <v>1860</v>
       </c>
       <c r="D247" t="s" s="41">
         <v>1861</v>
       </c>
       <c r="E247" t="s" s="45">
         <v>1862</v>
       </c>
       <c r="F247" t="s" s="49">
         <v>1863</v>
       </c>
       <c r="G247" t="s" s="53">
-        <v>31</v>
+        <v>1864</v>
       </c>
       <c r="H247" t="s" s="57">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="I247" t="s" s="61">
-        <v>1865</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B248" t="s" s="33">
         <v>1867</v>
       </c>
       <c r="C248" t="s" s="37">
         <v>1868</v>
       </c>
       <c r="D248" t="s" s="41">
         <v>1869</v>
       </c>
       <c r="E248" t="s" s="45">
         <v>1870</v>
       </c>
       <c r="F248" t="s" s="49">
         <v>1871</v>
       </c>
       <c r="G248" t="s" s="53">
         <v>1872</v>
       </c>
       <c r="H248" t="s" s="57">
         <v>1873</v>
       </c>
       <c r="I248" t="s" s="61">
         <v>1874</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B249" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C249" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D249" t="s" s="41">
         <v>1875</v>
       </c>
-      <c r="C249" t="s" s="37">
+      <c r="E249" t="s" s="45">
         <v>1876</v>
       </c>
-      <c r="D249" t="s" s="41">
+      <c r="F249" t="s" s="49">
         <v>1877</v>
       </c>
-      <c r="E249" t="s" s="45">
+      <c r="G249" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H249" t="s" s="57">
         <v>1878</v>
       </c>
-      <c r="F249" t="s" s="49">
+      <c r="I249" t="s" s="61">
         <v>1879</v>
-      </c>
-[...7 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B250" t="s" s="33">
+        <v>1880</v>
+      </c>
+      <c r="C250" t="s" s="37">
+        <v>1881</v>
+      </c>
+      <c r="D250" t="s" s="41">
+        <v>1882</v>
+      </c>
+      <c r="E250" t="s" s="45">
         <v>1883</v>
       </c>
-      <c r="C250" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D250" t="s" s="41">
+      <c r="F250" t="s" s="49">
         <v>1884</v>
       </c>
-      <c r="E250" t="s" s="45">
+      <c r="G250" t="s" s="53">
         <v>1885</v>
       </c>
-      <c r="F250" t="s" s="49">
+      <c r="H250" t="s" s="57">
         <v>1886</v>
       </c>
-      <c r="G250" t="s" s="53">
+      <c r="I250" t="s" s="61">
         <v>1887</v>
-      </c>
-[...4 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B251" t="s" s="33">
+        <v>1888</v>
+      </c>
+      <c r="C251" t="s" s="37">
+        <v>1889</v>
+      </c>
+      <c r="D251" t="s" s="41">
         <v>1890</v>
       </c>
-      <c r="C251" t="s" s="37">
+      <c r="E251" t="s" s="45">
         <v>1891</v>
       </c>
-      <c r="D251" t="s" s="41">
+      <c r="F251" t="s" s="49">
         <v>1892</v>
       </c>
-      <c r="E251" t="s" s="45">
+      <c r="G251" t="s" s="53">
         <v>1893</v>
       </c>
-      <c r="F251" t="s" s="49">
+      <c r="H251" t="s" s="57">
         <v>1894</v>
       </c>
-      <c r="G251" t="s" s="53">
+      <c r="I251" t="s" s="61">
         <v>1895</v>
-      </c>
-[...4 lines deleted...]
-        <v>1897</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B252" t="s" s="33">
-        <v>718</v>
+        <v>1896</v>
       </c>
       <c r="C252" t="s" s="37">
-        <v>465</v>
+        <v>1897</v>
       </c>
       <c r="D252" t="s" s="41">
         <v>1898</v>
       </c>
       <c r="E252" t="s" s="45">
         <v>1899</v>
       </c>
       <c r="F252" t="s" s="49">
         <v>1900</v>
       </c>
       <c r="G252" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H252" t="s" s="57">
         <v>1901</v>
       </c>
       <c r="I252" t="s" s="61">
         <v>1902</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B253" t="s" s="33">
         <v>1903</v>
       </c>
       <c r="C253" t="s" s="37">
         <v>1904</v>
       </c>
       <c r="D253" t="s" s="41">
         <v>1905</v>
       </c>
       <c r="E253" t="s" s="45">
         <v>1906</v>
       </c>
       <c r="F253" t="s" s="49">
         <v>1907</v>
       </c>
       <c r="G253" t="s" s="53">
         <v>1908</v>
       </c>
       <c r="H253" t="s" s="57">
-        <v>1881</v>
+        <v>1909</v>
       </c>
       <c r="I253" t="s" s="61">
-        <v>1909</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B254" t="s" s="33">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C254" t="s" s="37">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="D254" t="s" s="41">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="E254" t="s" s="45">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="F254" t="s" s="49">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="G254" t="s" s="53">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="H254" t="s" s="57">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="I254" t="s" s="61">
-        <v>1917</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B255" t="s" s="33">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C255" t="s" s="37">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="D255" t="s" s="41">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="E255" t="s" s="45">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="F255" t="s" s="49">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="G255" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H255" t="s" s="57">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="I255" t="s" s="61">
-        <v>1924</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B256" t="s" s="33">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="C256" t="s" s="37">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="D256" t="s" s="41">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="E256" t="s" s="45">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="F256" t="s" s="49">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="G256" t="s" s="53">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="H256" t="s" s="57">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="I256" t="s" s="61">
-        <v>1932</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B257" t="s" s="33">
-        <v>1933</v>
+        <v>1099</v>
       </c>
       <c r="C257" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D257" t="s" s="41">
         <v>1934</v>
       </c>
-      <c r="D257" t="s" s="41">
+      <c r="E257" t="s" s="45">
         <v>1935</v>
       </c>
-      <c r="E257" t="s" s="45">
+      <c r="F257" t="s" s="49">
         <v>1936</v>
       </c>
-      <c r="F257" t="s" s="49">
+      <c r="G257" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H257" t="s" s="57">
         <v>1937</v>
       </c>
-      <c r="G257" t="s" s="53">
+      <c r="I257" t="s" s="61">
         <v>1938</v>
-      </c>
-[...4 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B258" t="s" s="33">
+        <v>1939</v>
+      </c>
+      <c r="C258" t="s" s="37">
+        <v>1940</v>
+      </c>
+      <c r="D258" t="s" s="41">
         <v>1941</v>
       </c>
-      <c r="C258" t="s" s="37">
+      <c r="E258" t="s" s="45">
         <v>1942</v>
       </c>
-      <c r="D258" t="s" s="41">
+      <c r="F258" t="s" s="49">
         <v>1943</v>
       </c>
-      <c r="E258" t="s" s="45">
+      <c r="G258" t="s" s="53">
         <v>1944</v>
       </c>
-      <c r="F258" t="s" s="49">
+      <c r="H258" t="s" s="57">
+        <v>1886</v>
+      </c>
+      <c r="I258" t="s" s="61">
         <v>1945</v>
-      </c>
-[...7 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B259" t="s" s="33">
+        <v>1946</v>
+      </c>
+      <c r="C259" t="s" s="37">
+        <v>1947</v>
+      </c>
+      <c r="D259" t="s" s="41">
         <v>1948</v>
       </c>
-      <c r="C259" t="s" s="37">
+      <c r="E259" t="s" s="45">
         <v>1949</v>
       </c>
-      <c r="D259" t="s" s="41">
+      <c r="F259" t="s" s="49">
         <v>1950</v>
       </c>
-      <c r="E259" t="s" s="45">
+      <c r="G259" t="s" s="53">
         <v>1951</v>
       </c>
-      <c r="F259" t="s" s="49">
+      <c r="H259" t="s" s="57">
+        <v>1886</v>
+      </c>
+      <c r="I259" t="s" s="61">
         <v>1952</v>
-      </c>
-[...7 lines deleted...]
-        <v>1955</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B260" t="s" s="33">
-        <v>1070</v>
+        <v>1953</v>
       </c>
       <c r="C260" t="s" s="37">
-        <v>163</v>
+        <v>1954</v>
       </c>
       <c r="D260" t="s" s="41">
+        <v>1955</v>
+      </c>
+      <c r="E260" t="s" s="45">
         <v>1956</v>
       </c>
-      <c r="E260" t="s" s="45">
+      <c r="F260" t="s" s="49">
         <v>1957</v>
       </c>
-      <c r="F260" t="s" s="49">
+      <c r="G260" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H260" t="s" s="57">
         <v>1958</v>
       </c>
-      <c r="G260" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H260" t="s" s="57">
+      <c r="I260" t="s" s="61">
         <v>1959</v>
-      </c>
-[...1 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B261" t="s" s="33">
+        <v>1960</v>
+      </c>
+      <c r="C261" t="s" s="37">
         <v>1961</v>
       </c>
-      <c r="C261" t="s" s="37">
+      <c r="D261" t="s" s="41">
         <v>1962</v>
       </c>
-      <c r="D261" t="s" s="41">
+      <c r="E261" t="s" s="45">
         <v>1963</v>
       </c>
-      <c r="E261" t="s" s="45">
+      <c r="F261" t="s" s="49">
         <v>1964</v>
       </c>
-      <c r="F261" t="s" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="G261" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H261" t="s" s="57">
         <v>1965</v>
-      </c>
-[...1 lines deleted...]
-        <v>1881</v>
       </c>
       <c r="I261" t="s" s="61">
         <v>1966</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B262" t="s" s="33">
+        <v>1099</v>
+      </c>
+      <c r="C262" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D262" t="s" s="41">
         <v>1967</v>
       </c>
-      <c r="C262" t="s" s="37">
+      <c r="E262" t="s" s="45">
         <v>1968</v>
       </c>
-      <c r="D262" t="s" s="41">
+      <c r="F262" t="s" s="49">
         <v>1969</v>
       </c>
-      <c r="E262" t="s" s="45">
+      <c r="G262" t="s" s="53">
         <v>1970</v>
       </c>
-      <c r="F262" t="s" s="49">
+      <c r="H262" t="s" s="57">
         <v>1971</v>
       </c>
-      <c r="G262" t="s" s="53">
+      <c r="I262" t="s" s="61">
         <v>1972</v>
-      </c>
-[...4 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B263" t="s" s="33">
+        <v>1973</v>
+      </c>
+      <c r="C263" t="s" s="37">
+        <v>734</v>
+      </c>
+      <c r="D263" t="s" s="41">
         <v>1974</v>
       </c>
-      <c r="C263" t="s" s="37">
+      <c r="E263" t="s" s="45">
         <v>1975</v>
       </c>
-      <c r="D263" t="s" s="41">
+      <c r="F263" t="s" s="49">
         <v>1976</v>
       </c>
-      <c r="E263" t="s" s="45">
+      <c r="G263" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H263" t="s" s="57">
         <v>1977</v>
       </c>
-      <c r="F263" t="s" s="49">
+      <c r="I263" t="s" s="61">
         <v>1978</v>
-      </c>
-[...7 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B264" t="s" s="33">
+        <v>1979</v>
+      </c>
+      <c r="C264" t="s" s="37">
+        <v>1980</v>
+      </c>
+      <c r="D264" t="s" s="41">
         <v>1981</v>
       </c>
-      <c r="C264" t="s" s="37">
+      <c r="E264" t="s" s="45">
         <v>1982</v>
       </c>
-      <c r="D264" t="s" s="41">
+      <c r="F264" t="s" s="49">
+        <v>1943</v>
+      </c>
+      <c r="G264" t="s" s="53">
         <v>1983</v>
       </c>
-      <c r="E264" t="s" s="45">
+      <c r="H264" t="s" s="57">
+        <v>1886</v>
+      </c>
+      <c r="I264" t="s" s="61">
         <v>1984</v>
-      </c>
-[...10 lines deleted...]
-        <v>1987</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s" s="29">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B265" t="s" s="33">
-        <v>1070</v>
+        <v>1985</v>
       </c>
       <c r="C265" t="s" s="37">
-        <v>163</v>
+        <v>465</v>
       </c>
       <c r="D265" t="s" s="41">
+        <v>1986</v>
+      </c>
+      <c r="E265" t="s" s="45">
+        <v>1987</v>
+      </c>
+      <c r="F265" t="s" s="49">
         <v>1988</v>
       </c>
-      <c r="E265" t="s" s="45">
+      <c r="G265" t="s" s="53">
         <v>1989</v>
       </c>
-      <c r="F265" t="s" s="49">
+      <c r="H265" t="s" s="57">
         <v>1990</v>
       </c>
-      <c r="G265" t="s" s="53">
+      <c r="I265" t="s" s="61">
         <v>1991</v>
-      </c>
-[...4 lines deleted...]
-        <v>1993</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s" s="29">
-        <v>1866</v>
+        <v>1992</v>
       </c>
       <c r="B266" t="s" s="33">
+        <v>1993</v>
+      </c>
+      <c r="C266" t="s" s="37">
         <v>1994</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="D266" t="s" s="41">
         <v>1995</v>
       </c>
       <c r="E266" t="s" s="45">
         <v>1996</v>
       </c>
       <c r="F266" t="s" s="49">
         <v>1997</v>
       </c>
       <c r="G266" t="s" s="53">
-        <v>31</v>
+        <v>1998</v>
       </c>
       <c r="H266" t="s" s="57">
-        <v>1998</v>
+        <v>1886</v>
       </c>
       <c r="I266" t="s" s="61">
         <v>1999</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s" s="29">
-        <v>1866</v>
+        <v>1992</v>
       </c>
       <c r="B267" t="s" s="33">
         <v>2000</v>
       </c>
       <c r="C267" t="s" s="37">
         <v>2001</v>
       </c>
       <c r="D267" t="s" s="41">
         <v>2002</v>
       </c>
       <c r="E267" t="s" s="45">
         <v>2003</v>
       </c>
       <c r="F267" t="s" s="49">
         <v>2004</v>
       </c>
       <c r="G267" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H267" t="s" s="57">
         <v>2005</v>
       </c>
-      <c r="H267" t="s" s="57">
+      <c r="I267" t="s" s="61">
         <v>2006</v>
-      </c>
-[...1 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s" s="29">
+        <v>1992</v>
+      </c>
+      <c r="B268" t="s" s="33">
+        <v>2007</v>
+      </c>
+      <c r="C268" t="s" s="37">
         <v>2008</v>
       </c>
-      <c r="B268" t="s" s="33">
+      <c r="D268" t="s" s="41">
         <v>2009</v>
       </c>
-      <c r="C268" t="s" s="37">
+      <c r="E268" t="s" s="45">
         <v>2010</v>
       </c>
-      <c r="D268" t="s" s="41">
+      <c r="F268" t="s" s="49">
         <v>2011</v>
       </c>
-      <c r="E268" t="s" s="45">
+      <c r="G268" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H268" t="s" s="57">
         <v>2012</v>
       </c>
-      <c r="F268" t="s" s="49">
+      <c r="I268" t="s" s="61">
         <v>2013</v>
-      </c>
-[...7 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B269" t="s" s="33">
+        <v>2014</v>
+      </c>
+      <c r="C269" t="s" s="37">
+        <v>2015</v>
+      </c>
+      <c r="D269" t="s" s="41">
         <v>2016</v>
       </c>
-      <c r="C269" t="s" s="37">
+      <c r="E269" t="s" s="45">
         <v>2017</v>
       </c>
-      <c r="D269" t="s" s="41">
+      <c r="F269" t="s" s="49">
         <v>2018</v>
       </c>
-      <c r="E269" t="s" s="45">
+      <c r="G269" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H269" t="s" s="57">
         <v>2019</v>
       </c>
-      <c r="F269" t="s" s="49">
+      <c r="I269" t="s" s="61">
         <v>2020</v>
-      </c>
-[...7 lines deleted...]
-        <v>2022</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B270" t="s" s="33">
+        <v>2021</v>
+      </c>
+      <c r="C270" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D270" t="s" s="41">
+        <v>2022</v>
+      </c>
+      <c r="E270" t="s" s="45">
         <v>2023</v>
       </c>
-      <c r="C270" t="s" s="37">
+      <c r="F270" t="s" s="49">
         <v>2024</v>
       </c>
-      <c r="D270" t="s" s="41">
+      <c r="G270" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H270" t="s" s="57">
         <v>2025</v>
       </c>
-      <c r="E270" t="s" s="45">
+      <c r="I270" t="s" s="61">
         <v>2026</v>
-      </c>
-[...10 lines deleted...]
-        <v>2029</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B271" t="s" s="33">
+        <v>2027</v>
+      </c>
+      <c r="C271" t="s" s="37">
+        <v>2028</v>
+      </c>
+      <c r="D271" t="s" s="41">
+        <v>2029</v>
+      </c>
+      <c r="E271" t="s" s="45">
         <v>2030</v>
       </c>
-      <c r="C271" t="s" s="37">
+      <c r="F271" t="s" s="49">
         <v>2031</v>
       </c>
-      <c r="D271" t="s" s="41">
+      <c r="G271" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H271" t="s" s="57">
         <v>2032</v>
       </c>
-      <c r="E271" t="s" s="45">
+      <c r="I271" t="s" s="61">
         <v>2033</v>
-      </c>
-[...10 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B272" t="s" s="33">
+        <v>2034</v>
+      </c>
+      <c r="C272" t="s" s="37">
+        <v>2035</v>
+      </c>
+      <c r="D272" t="s" s="41">
+        <v>2036</v>
+      </c>
+      <c r="E272" t="s" s="45">
         <v>2037</v>
       </c>
-      <c r="C272" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D272" t="s" s="41">
+      <c r="F272" t="s" s="49">
         <v>2038</v>
       </c>
-      <c r="E272" t="s" s="45">
+      <c r="G272" t="s" s="53">
         <v>2039</v>
       </c>
-      <c r="F272" t="s" s="49">
+      <c r="H272" t="s" s="57">
         <v>2040</v>
       </c>
-      <c r="G272" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H272" t="s" s="57">
+      <c r="I272" t="s" s="61">
         <v>2041</v>
-      </c>
-[...1 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B273" t="s" s="33">
+        <v>2042</v>
+      </c>
+      <c r="C273" t="s" s="37">
         <v>2043</v>
       </c>
-      <c r="C273" t="s" s="37">
+      <c r="D273" t="s" s="41">
         <v>2044</v>
       </c>
-      <c r="D273" t="s" s="41">
+      <c r="E273" t="s" s="45">
         <v>2045</v>
       </c>
-      <c r="E273" t="s" s="45">
+      <c r="F273" t="s" s="49">
         <v>2046</v>
       </c>
-      <c r="F273" t="s" s="49">
+      <c r="G273" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H273" t="s" s="57">
         <v>2047</v>
       </c>
-      <c r="G273" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H273" t="s" s="57">
+      <c r="I273" t="s" s="61">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>2049</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B274" t="s" s="33">
+        <v>2049</v>
+      </c>
+      <c r="C274" t="s" s="37">
         <v>2050</v>
       </c>
-      <c r="C274" t="s" s="37">
+      <c r="D274" t="s" s="41">
         <v>2051</v>
       </c>
-      <c r="D274" t="s" s="41">
+      <c r="E274" t="s" s="45">
         <v>2052</v>
       </c>
-      <c r="E274" t="s" s="45">
+      <c r="F274" t="s" s="49">
         <v>2053</v>
       </c>
-      <c r="F274" t="s" s="49">
+      <c r="G274" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H274" t="s" s="57">
         <v>2054</v>
       </c>
-      <c r="G274" t="s" s="53">
+      <c r="I274" t="s" s="61">
         <v>2055</v>
-      </c>
-[...4 lines deleted...]
-        <v>2057</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B275" t="s" s="33">
+        <v>574</v>
+      </c>
+      <c r="C275" t="s" s="37">
+        <v>575</v>
+      </c>
+      <c r="D275" t="s" s="41">
+        <v>2056</v>
+      </c>
+      <c r="E275" t="s" s="45">
+        <v>2057</v>
+      </c>
+      <c r="F275" t="s" s="49">
         <v>2058</v>
       </c>
-      <c r="C275" t="s" s="37">
+      <c r="G275" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H275" t="s" s="57">
         <v>2059</v>
       </c>
-      <c r="D275" t="s" s="41">
+      <c r="I275" t="s" s="61">
         <v>2060</v>
-      </c>
-[...13 lines deleted...]
-        <v>2064</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B276" t="s" s="33">
+        <v>961</v>
+      </c>
+      <c r="C276" t="s" s="37">
+        <v>2061</v>
+      </c>
+      <c r="D276" t="s" s="41">
+        <v>2062</v>
+      </c>
+      <c r="E276" t="s" s="45">
+        <v>2063</v>
+      </c>
+      <c r="F276" t="s" s="49">
+        <v>2064</v>
+      </c>
+      <c r="G276" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H276" t="s" s="57">
         <v>2065</v>
       </c>
-      <c r="C276" t="s" s="37">
+      <c r="I276" t="s" s="61">
         <v>2066</v>
-      </c>
-[...16 lines deleted...]
-        <v>2071</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B277" t="s" s="33">
-        <v>574</v>
+        <v>2067</v>
       </c>
       <c r="C277" t="s" s="37">
-        <v>575</v>
+        <v>2068</v>
       </c>
       <c r="D277" t="s" s="41">
+        <v>2069</v>
+      </c>
+      <c r="E277" t="s" s="45">
+        <v>2070</v>
+      </c>
+      <c r="F277" t="s" s="49">
+        <v>2071</v>
+      </c>
+      <c r="G277" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H277" t="s" s="57">
         <v>2072</v>
       </c>
-      <c r="E277" t="s" s="45">
+      <c r="I277" t="s" s="61">
         <v>2073</v>
-      </c>
-[...10 lines deleted...]
-        <v>2076</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B278" t="s" s="33">
-        <v>961</v>
+        <v>1099</v>
       </c>
       <c r="C278" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D278" t="s" s="41">
+        <v>2074</v>
+      </c>
+      <c r="E278" t="s" s="45">
+        <v>2075</v>
+      </c>
+      <c r="F278" t="s" s="49">
+        <v>2076</v>
+      </c>
+      <c r="G278" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H278" t="s" s="57">
         <v>2077</v>
       </c>
-      <c r="D278" t="s" s="41">
+      <c r="I278" t="s" s="61">
         <v>2078</v>
-      </c>
-[...13 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B279" t="s" s="33">
+        <v>2079</v>
+      </c>
+      <c r="C279" t="s" s="37">
+        <v>2080</v>
+      </c>
+      <c r="D279" t="s" s="41">
+        <v>2081</v>
+      </c>
+      <c r="E279" t="s" s="45">
+        <v>2082</v>
+      </c>
+      <c r="F279" t="s" s="49">
         <v>2083</v>
       </c>
-      <c r="C279" t="s" s="37">
+      <c r="G279" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H279" t="s" s="57">
         <v>2084</v>
       </c>
-      <c r="D279" t="s" s="41">
+      <c r="I279" t="s" s="61">
         <v>2085</v>
-      </c>
-[...13 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B280" t="s" s="33">
-        <v>1070</v>
+        <v>2086</v>
       </c>
       <c r="C280" t="s" s="37">
-        <v>163</v>
+        <v>2087</v>
       </c>
       <c r="D280" t="s" s="41">
+        <v>2088</v>
+      </c>
+      <c r="E280" t="s" s="45">
+        <v>2089</v>
+      </c>
+      <c r="F280" t="s" s="49">
         <v>2090</v>
       </c>
-      <c r="E280" t="s" s="45">
+      <c r="G280" t="s" s="53">
         <v>2091</v>
       </c>
-      <c r="F280" t="s" s="49">
+      <c r="H280" t="s" s="57">
         <v>2092</v>
       </c>
-      <c r="G280" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H280" t="s" s="57">
+      <c r="I280" t="s" s="61">
         <v>2093</v>
-      </c>
-[...1 lines deleted...]
-        <v>2094</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B281" t="s" s="33">
+        <v>1031</v>
+      </c>
+      <c r="C281" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D281" t="s" s="41">
+        <v>2094</v>
+      </c>
+      <c r="E281" t="s" s="45">
         <v>2095</v>
       </c>
-      <c r="C281" t="s" s="37">
+      <c r="F281" t="s" s="49">
         <v>2096</v>
       </c>
-      <c r="D281" t="s" s="41">
+      <c r="G281" t="s" s="53">
         <v>2097</v>
       </c>
-      <c r="E281" t="s" s="45">
+      <c r="H281" t="s" s="57">
         <v>2098</v>
       </c>
-      <c r="F281" t="s" s="49">
+      <c r="I281" t="s" s="61">
         <v>2099</v>
-      </c>
-[...7 lines deleted...]
-        <v>2101</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B282" t="s" s="33">
+        <v>2100</v>
+      </c>
+      <c r="C282" t="s" s="37">
+        <v>2101</v>
+      </c>
+      <c r="D282" t="s" s="41">
         <v>2102</v>
       </c>
-      <c r="C282" t="s" s="37">
+      <c r="E282" t="s" s="45">
         <v>2103</v>
       </c>
-      <c r="D282" t="s" s="41">
+      <c r="F282" t="s" s="49">
         <v>2104</v>
       </c>
-      <c r="E282" t="s" s="45">
+      <c r="G282" t="s" s="53">
         <v>2105</v>
       </c>
-      <c r="F282" t="s" s="49">
+      <c r="H282" t="s" s="57">
+        <v>1886</v>
+      </c>
+      <c r="I282" t="s" s="61">
         <v>2106</v>
-      </c>
-[...7 lines deleted...]
-        <v>2109</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B283" t="s" s="33">
-        <v>1039</v>
+        <v>1099</v>
       </c>
       <c r="C283" t="s" s="37">
         <v>163</v>
       </c>
       <c r="D283" t="s" s="41">
+        <v>2107</v>
+      </c>
+      <c r="E283" t="s" s="45">
+        <v>2108</v>
+      </c>
+      <c r="F283" t="s" s="49">
+        <v>2109</v>
+      </c>
+      <c r="G283" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H283" t="s" s="57">
         <v>2110</v>
       </c>
-      <c r="E283" t="s" s="45">
+      <c r="I283" t="s" s="61">
         <v>2111</v>
-      </c>
-[...10 lines deleted...]
-        <v>2115</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B284" t="s" s="33">
+        <v>2112</v>
+      </c>
+      <c r="C284" t="s" s="37">
+        <v>2113</v>
+      </c>
+      <c r="D284" t="s" s="41">
+        <v>2114</v>
+      </c>
+      <c r="E284" t="s" s="45">
+        <v>2115</v>
+      </c>
+      <c r="F284" t="s" s="49">
         <v>2116</v>
       </c>
-      <c r="C284" t="s" s="37">
+      <c r="G284" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H284" t="s" s="57">
         <v>2117</v>
       </c>
-      <c r="D284" t="s" s="41">
+      <c r="I284" t="s" s="61">
         <v>2118</v>
-      </c>
-[...13 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B285" t="s" s="33">
-        <v>1070</v>
+        <v>2119</v>
       </c>
       <c r="C285" t="s" s="37">
-        <v>163</v>
+        <v>2120</v>
       </c>
       <c r="D285" t="s" s="41">
+        <v>2121</v>
+      </c>
+      <c r="E285" t="s" s="45">
+        <v>2122</v>
+      </c>
+      <c r="F285" t="s" s="49">
         <v>2123</v>
       </c>
-      <c r="E285" t="s" s="45">
+      <c r="G285" t="s" s="53">
         <v>2124</v>
       </c>
-      <c r="F285" t="s" s="49">
+      <c r="H285" t="s" s="57">
         <v>2125</v>
       </c>
-      <c r="G285" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H285" t="s" s="57">
+      <c r="I285" t="s" s="61">
         <v>2126</v>
-      </c>
-[...1 lines deleted...]
-        <v>2127</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B286" t="s" s="33">
+        <v>2127</v>
+      </c>
+      <c r="C286" t="s" s="37">
         <v>2128</v>
       </c>
-      <c r="C286" t="s" s="37">
+      <c r="D286" t="s" s="41">
         <v>2129</v>
       </c>
-      <c r="D286" t="s" s="41">
+      <c r="E286" t="s" s="45">
         <v>2130</v>
       </c>
-      <c r="E286" t="s" s="45">
+      <c r="F286" t="s" s="49">
         <v>2131</v>
       </c>
-      <c r="F286" t="s" s="49">
+      <c r="G286" t="s" s="53">
         <v>2132</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H286" t="s" s="57">
         <v>2133</v>
       </c>
       <c r="I286" t="s" s="61">
         <v>2134</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B287" t="s" s="33">
         <v>2135</v>
       </c>
       <c r="C287" t="s" s="37">
         <v>2136</v>
       </c>
       <c r="D287" t="s" s="41">
         <v>2137</v>
       </c>
       <c r="E287" t="s" s="45">
         <v>2138</v>
       </c>
       <c r="F287" t="s" s="49">
         <v>2139</v>
       </c>
       <c r="G287" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H287" t="s" s="57">
         <v>2140</v>
       </c>
-      <c r="H287" t="s" s="57">
+      <c r="I287" t="s" s="61">
         <v>2141</v>
-      </c>
-[...1 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B288" t="s" s="33">
+        <v>2142</v>
+      </c>
+      <c r="C288" t="s" s="37">
         <v>2143</v>
       </c>
-      <c r="C288" t="s" s="37">
+      <c r="D288" t="s" s="41">
         <v>2144</v>
       </c>
-      <c r="D288" t="s" s="41">
+      <c r="E288" t="s" s="45">
         <v>2145</v>
       </c>
-      <c r="E288" t="s" s="45">
+      <c r="F288" t="s" s="49">
         <v>2146</v>
       </c>
-      <c r="F288" t="s" s="49">
+      <c r="G288" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H288" t="s" s="57">
         <v>2147</v>
       </c>
-      <c r="G288" t="s" s="53">
+      <c r="I288" t="s" s="61">
         <v>2148</v>
-      </c>
-[...4 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B289" t="s" s="33">
+        <v>2149</v>
+      </c>
+      <c r="C289" t="s" s="37">
+        <v>2150</v>
+      </c>
+      <c r="D289" t="s" s="41">
         <v>2151</v>
       </c>
-      <c r="C289" t="s" s="37">
+      <c r="E289" t="s" s="45">
         <v>2152</v>
       </c>
-      <c r="D289" t="s" s="41">
+      <c r="F289" t="s" s="49">
+        <v>1734</v>
+      </c>
+      <c r="G289" t="s" s="53">
         <v>2153</v>
       </c>
-      <c r="E289" t="s" s="45">
+      <c r="H289" t="s" s="57">
         <v>2154</v>
       </c>
-      <c r="F289" t="s" s="49">
+      <c r="I289" t="s" s="61">
         <v>2155</v>
-      </c>
-[...7 lines deleted...]
-        <v>2157</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B290" t="s" s="33">
+        <v>2156</v>
+      </c>
+      <c r="C290" t="s" s="37">
+        <v>2157</v>
+      </c>
+      <c r="D290" t="s" s="41">
         <v>2158</v>
       </c>
-      <c r="C290" t="s" s="37">
+      <c r="E290" t="s" s="45">
         <v>2159</v>
       </c>
-      <c r="D290" t="s" s="41">
+      <c r="F290" t="s" s="49">
         <v>2160</v>
       </c>
-      <c r="E290" t="s" s="45">
+      <c r="G290" t="s" s="53">
         <v>2161</v>
       </c>
-      <c r="F290" t="s" s="49">
+      <c r="H290" t="s" s="57">
         <v>2162</v>
       </c>
-      <c r="G290" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H290" t="s" s="57">
+      <c r="I290" t="s" s="61">
         <v>2163</v>
-      </c>
-[...1 lines deleted...]
-        <v>2164</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B291" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C291" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D291" t="s" s="41">
+        <v>2164</v>
+      </c>
+      <c r="E291" t="s" s="45">
         <v>2165</v>
       </c>
-      <c r="C291" t="s" s="37">
+      <c r="F291" t="s" s="49">
         <v>2166</v>
       </c>
-      <c r="D291" t="s" s="41">
+      <c r="G291" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H291" t="s" s="57">
         <v>2167</v>
       </c>
-      <c r="E291" t="s" s="45">
+      <c r="I291" t="s" s="61">
         <v>2168</v>
-      </c>
-[...10 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B292" t="s" s="33">
+        <v>2169</v>
+      </c>
+      <c r="C292" t="s" s="37">
+        <v>2136</v>
+      </c>
+      <c r="D292" t="s" s="41">
+        <v>2170</v>
+      </c>
+      <c r="E292" t="s" s="45">
+        <v>2171</v>
+      </c>
+      <c r="F292" t="s" s="49">
         <v>2172</v>
       </c>
-      <c r="C292" t="s" s="37">
+      <c r="G292" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H292" t="s" s="57">
         <v>2173</v>
       </c>
-      <c r="D292" t="s" s="41">
-[...13 lines deleted...]
-      </c>
       <c r="I292" t="s" s="61">
-        <v>2179</v>
+        <v>31</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B293" t="s" s="33">
-        <v>718</v>
+        <v>2174</v>
       </c>
       <c r="C293" t="s" s="37">
-        <v>465</v>
+        <v>2175</v>
       </c>
       <c r="D293" t="s" s="41">
+        <v>2176</v>
+      </c>
+      <c r="E293" t="s" s="45">
+        <v>2177</v>
+      </c>
+      <c r="F293" t="s" s="49">
+        <v>2178</v>
+      </c>
+      <c r="G293" t="s" s="53">
+        <v>2179</v>
+      </c>
+      <c r="H293" t="s" s="57">
         <v>2180</v>
       </c>
-      <c r="E293" t="s" s="45">
+      <c r="I293" t="s" s="61">
         <v>2181</v>
-      </c>
-[...10 lines deleted...]
-        <v>2184</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B294" t="s" s="33">
+        <v>2182</v>
+      </c>
+      <c r="C294" t="s" s="37">
+        <v>2183</v>
+      </c>
+      <c r="D294" t="s" s="41">
+        <v>2184</v>
+      </c>
+      <c r="E294" t="s" s="45">
         <v>2185</v>
       </c>
-      <c r="C294" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D294" t="s" s="41">
+      <c r="F294" t="s" s="49">
         <v>2186</v>
       </c>
-      <c r="E294" t="s" s="45">
+      <c r="G294" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H294" t="s" s="57">
         <v>2187</v>
       </c>
-      <c r="F294" t="s" s="49">
+      <c r="I294" t="s" s="61">
         <v>2188</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s" s="29">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B295" t="s" s="33">
+        <v>2189</v>
+      </c>
+      <c r="C295" t="s" s="37">
         <v>2190</v>
       </c>
-      <c r="C295" t="s" s="37">
+      <c r="D295" t="s" s="41">
         <v>2191</v>
       </c>
-      <c r="D295" t="s" s="41">
+      <c r="E295" t="s" s="45">
         <v>2192</v>
       </c>
-      <c r="E295" t="s" s="45">
+      <c r="F295" t="s" s="49">
         <v>2193</v>
       </c>
-      <c r="F295" t="s" s="49">
+      <c r="G295" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H295" t="s" s="57">
         <v>2194</v>
       </c>
-      <c r="G295" t="s" s="53">
+      <c r="I295" t="s" s="61">
         <v>2195</v>
-      </c>
-[...4 lines deleted...]
-        <v>2197</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s" s="29">
-        <v>2008</v>
+        <v>2196</v>
       </c>
       <c r="B296" t="s" s="33">
+        <v>2197</v>
+      </c>
+      <c r="C296" t="s" s="37">
         <v>2198</v>
       </c>
-      <c r="C296" t="s" s="37">
+      <c r="D296" t="s" s="41">
         <v>2199</v>
       </c>
-      <c r="D296" t="s" s="41">
+      <c r="E296" t="s" s="45">
         <v>2200</v>
       </c>
-      <c r="E296" t="s" s="45">
+      <c r="F296" t="s" s="49">
         <v>2201</v>
       </c>
-      <c r="F296" t="s" s="49">
+      <c r="G296" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H296" t="s" s="57">
         <v>2202</v>
       </c>
-      <c r="G296" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H296" t="s" s="57">
+      <c r="I296" t="s" s="61">
         <v>2203</v>
-      </c>
-[...1 lines deleted...]
-        <v>2204</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s" s="29">
-        <v>2008</v>
+        <v>2196</v>
       </c>
       <c r="B297" t="s" s="33">
+        <v>2204</v>
+      </c>
+      <c r="C297" t="s" s="37">
         <v>2205</v>
       </c>
-      <c r="C297" t="s" s="37">
+      <c r="D297" t="s" s="41">
         <v>2206</v>
       </c>
-      <c r="D297" t="s" s="41">
+      <c r="E297" t="s" s="45">
         <v>2207</v>
       </c>
-      <c r="E297" t="s" s="45">
+      <c r="F297" t="s" s="49">
         <v>2208</v>
       </c>
-      <c r="F297" t="s" s="49">
+      <c r="G297" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H297" t="s" s="57">
         <v>2209</v>
       </c>
-      <c r="G297" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H297" t="s" s="57">
+      <c r="I297" t="s" s="61">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s" s="29">
+        <v>2196</v>
+      </c>
+      <c r="B298" t="s" s="33">
+        <v>2211</v>
+      </c>
+      <c r="C298" t="s" s="37">
         <v>2212</v>
       </c>
-      <c r="B298" t="s" s="33">
+      <c r="D298" t="s" s="41">
         <v>2213</v>
       </c>
-      <c r="C298" t="s" s="37">
+      <c r="E298" t="s" s="45">
         <v>2214</v>
       </c>
-      <c r="D298" t="s" s="41">
+      <c r="F298" t="s" s="49">
         <v>2215</v>
       </c>
-      <c r="E298" t="s" s="45">
+      <c r="G298" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H298" t="s" s="57">
         <v>2216</v>
       </c>
-      <c r="F298" t="s" s="49">
+      <c r="I298" t="s" s="61">
         <v>2217</v>
-      </c>
-[...7 lines deleted...]
-        <v>2219</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B299" t="s" s="33">
+        <v>2218</v>
+      </c>
+      <c r="C299" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D299" t="s" s="41">
+        <v>2219</v>
+      </c>
+      <c r="E299" t="s" s="45">
         <v>2220</v>
       </c>
-      <c r="C299" t="s" s="37">
+      <c r="F299" t="s" s="49">
         <v>2221</v>
       </c>
-      <c r="D299" t="s" s="41">
+      <c r="G299" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H299" t="s" s="57">
         <v>2222</v>
       </c>
-      <c r="E299" t="s" s="45">
+      <c r="I299" t="s" s="61">
         <v>2223</v>
-      </c>
-[...10 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B300" t="s" s="33">
+        <v>2224</v>
+      </c>
+      <c r="C300" t="s" s="37">
+        <v>2225</v>
+      </c>
+      <c r="D300" t="s" s="41">
+        <v>2226</v>
+      </c>
+      <c r="E300" t="s" s="45">
         <v>2227</v>
       </c>
-      <c r="C300" t="s" s="37">
+      <c r="F300" t="s" s="49">
         <v>2228</v>
       </c>
-      <c r="D300" t="s" s="41">
+      <c r="G300" t="s" s="53">
         <v>2229</v>
       </c>
-      <c r="E300" t="s" s="45">
+      <c r="H300" t="s" s="57">
         <v>2230</v>
       </c>
-      <c r="F300" t="s" s="49">
+      <c r="I300" t="s" s="61">
         <v>2231</v>
-      </c>
-[...7 lines deleted...]
-        <v>2233</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B301" t="s" s="33">
+        <v>2232</v>
+      </c>
+      <c r="C301" t="s" s="37">
+        <v>2233</v>
+      </c>
+      <c r="D301" t="s" s="41">
         <v>2234</v>
       </c>
-      <c r="C301" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D301" t="s" s="41">
+      <c r="E301" t="s" s="45">
         <v>2235</v>
       </c>
-      <c r="E301" t="s" s="45">
+      <c r="F301" t="s" s="49">
         <v>2236</v>
       </c>
-      <c r="F301" t="s" s="49">
+      <c r="G301" t="s" s="53">
         <v>2237</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H301" t="s" s="57">
         <v>2238</v>
       </c>
       <c r="I301" t="s" s="61">
         <v>2239</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B302" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C302" t="s" s="37">
         <v>2240</v>
       </c>
-      <c r="C302" t="s" s="37">
+      <c r="D302" t="s" s="41">
         <v>2241</v>
       </c>
-      <c r="D302" t="s" s="41">
+      <c r="E302" t="s" s="45">
         <v>2242</v>
       </c>
-      <c r="E302" t="s" s="45">
+      <c r="F302" t="s" s="49">
         <v>2243</v>
       </c>
-      <c r="F302" t="s" s="49">
+      <c r="G302" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H302" t="s" s="57">
         <v>2244</v>
       </c>
-      <c r="G302" t="s" s="53">
+      <c r="I302" t="s" s="61">
         <v>2245</v>
-      </c>
-[...4 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B303" t="s" s="33">
+        <v>2246</v>
+      </c>
+      <c r="C303" t="s" s="37">
+        <v>2247</v>
+      </c>
+      <c r="D303" t="s" s="41">
         <v>2248</v>
       </c>
-      <c r="C303" t="s" s="37">
+      <c r="E303" t="s" s="45">
         <v>2249</v>
       </c>
-      <c r="D303" t="s" s="41">
+      <c r="F303" t="s" s="49">
         <v>2250</v>
       </c>
-      <c r="E303" t="s" s="45">
+      <c r="G303" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H303" t="s" s="57">
         <v>2251</v>
       </c>
-      <c r="F303" t="s" s="49">
+      <c r="I303" t="s" s="61">
         <v>2252</v>
-      </c>
-[...7 lines deleted...]
-        <v>2255</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B304" t="s" s="33">
-        <v>718</v>
+        <v>2253</v>
       </c>
       <c r="C304" t="s" s="37">
+        <v>2254</v>
+      </c>
+      <c r="D304" t="s" s="41">
+        <v>2255</v>
+      </c>
+      <c r="E304" t="s" s="45">
         <v>2256</v>
       </c>
-      <c r="D304" t="s" s="41">
+      <c r="F304" t="s" s="49">
         <v>2257</v>
       </c>
-      <c r="E304" t="s" s="45">
+      <c r="G304" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H304" t="s" s="57">
         <v>2258</v>
       </c>
-      <c r="F304" t="s" s="49">
+      <c r="I304" t="s" s="61">
         <v>2259</v>
-      </c>
-[...7 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B305" t="s" s="33">
+        <v>2260</v>
+      </c>
+      <c r="C305" t="s" s="37">
+        <v>2261</v>
+      </c>
+      <c r="D305" t="s" s="41">
         <v>2262</v>
       </c>
-      <c r="C305" t="s" s="37">
+      <c r="E305" t="s" s="45">
         <v>2263</v>
       </c>
-      <c r="D305" t="s" s="41">
+      <c r="F305" t="s" s="49">
         <v>2264</v>
       </c>
-      <c r="E305" t="s" s="45">
+      <c r="G305" t="s" s="53">
         <v>2265</v>
       </c>
-      <c r="F305" t="s" s="49">
+      <c r="H305" t="s" s="57">
         <v>2266</v>
       </c>
-      <c r="G305" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H305" t="s" s="57">
+      <c r="I305" t="s" s="61">
         <v>2267</v>
-      </c>
-[...1 lines deleted...]
-        <v>2268</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B306" t="s" s="33">
+        <v>2268</v>
+      </c>
+      <c r="C306" t="s" s="37">
         <v>2269</v>
       </c>
-      <c r="C306" t="s" s="37">
+      <c r="D306" t="s" s="41">
         <v>2270</v>
       </c>
-      <c r="D306" t="s" s="41">
+      <c r="E306" t="s" s="45">
         <v>2271</v>
       </c>
-      <c r="E306" t="s" s="45">
+      <c r="F306" t="s" s="49">
         <v>2272</v>
       </c>
-      <c r="F306" t="s" s="49">
+      <c r="G306" t="s" s="53">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H306" t="s" s="57">
         <v>2274</v>
       </c>
       <c r="I306" t="s" s="61">
         <v>2275</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B307" t="s" s="33">
+        <v>804</v>
+      </c>
+      <c r="C307" t="s" s="37">
+        <v>805</v>
+      </c>
+      <c r="D307" t="s" s="41">
         <v>2276</v>
       </c>
-      <c r="C307" t="s" s="37">
+      <c r="E307" t="s" s="45">
         <v>2277</v>
       </c>
-      <c r="D307" t="s" s="41">
+      <c r="F307" t="s" s="49">
         <v>2278</v>
       </c>
-      <c r="E307" t="s" s="45">
+      <c r="G307" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H307" t="s" s="57">
         <v>2279</v>
       </c>
-      <c r="F307" t="s" s="49">
+      <c r="I307" t="s" s="61">
         <v>2280</v>
-      </c>
-[...7 lines deleted...]
-        <v>2283</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B308" t="s" s="33">
+        <v>2281</v>
+      </c>
+      <c r="C308" t="s" s="37">
+        <v>2282</v>
+      </c>
+      <c r="D308" t="s" s="41">
+        <v>2283</v>
+      </c>
+      <c r="E308" t="s" s="45">
         <v>2284</v>
       </c>
-      <c r="C308" t="s" s="37">
+      <c r="F308" t="s" s="49">
         <v>2285</v>
       </c>
-      <c r="D308" t="s" s="41">
+      <c r="G308" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H308" t="s" s="57">
         <v>2286</v>
       </c>
-      <c r="E308" t="s" s="45">
+      <c r="I308" t="s" s="61">
         <v>2287</v>
-      </c>
-[...10 lines deleted...]
-        <v>2291</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B309" t="s" s="33">
-        <v>804</v>
+        <v>2288</v>
       </c>
       <c r="C309" t="s" s="37">
-        <v>805</v>
+        <v>2289</v>
       </c>
       <c r="D309" t="s" s="41">
+        <v>2290</v>
+      </c>
+      <c r="E309" t="s" s="45">
+        <v>2291</v>
+      </c>
+      <c r="F309" t="s" s="49">
         <v>2292</v>
       </c>
-      <c r="E309" t="s" s="45">
+      <c r="G309" t="s" s="53">
         <v>2293</v>
       </c>
-      <c r="F309" t="s" s="49">
+      <c r="H309" t="s" s="57">
         <v>2294</v>
       </c>
-      <c r="G309" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H309" t="s" s="57">
+      <c r="I309" t="s" s="61">
         <v>2295</v>
-      </c>
-[...1 lines deleted...]
-        <v>2296</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B310" t="s" s="33">
+        <v>2296</v>
+      </c>
+      <c r="C310" t="s" s="37">
         <v>2297</v>
       </c>
-      <c r="C310" t="s" s="37">
+      <c r="D310" t="s" s="41">
         <v>2298</v>
       </c>
-      <c r="D310" t="s" s="41">
+      <c r="E310" t="s" s="45">
         <v>2299</v>
       </c>
-      <c r="E310" t="s" s="45">
+      <c r="F310" t="s" s="49">
         <v>2300</v>
       </c>
-      <c r="F310" t="s" s="49">
+      <c r="G310" t="s" s="53">
         <v>2301</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H310" t="s" s="57">
         <v>2302</v>
       </c>
       <c r="I310" t="s" s="61">
         <v>2303</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B311" t="s" s="33">
         <v>2304</v>
       </c>
       <c r="C311" t="s" s="37">
         <v>2305</v>
       </c>
       <c r="D311" t="s" s="41">
         <v>2306</v>
       </c>
       <c r="E311" t="s" s="45">
         <v>2307</v>
       </c>
       <c r="F311" t="s" s="49">
         <v>2308</v>
       </c>
       <c r="G311" t="s" s="53">
         <v>2309</v>
       </c>
       <c r="H311" t="s" s="57">
         <v>2310</v>
       </c>
       <c r="I311" t="s" s="61">
         <v>2311</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B312" t="s" s="33">
         <v>2312</v>
       </c>
       <c r="C312" t="s" s="37">
         <v>2313</v>
       </c>
       <c r="D312" t="s" s="41">
         <v>2314</v>
       </c>
       <c r="E312" t="s" s="45">
         <v>2315</v>
       </c>
       <c r="F312" t="s" s="49">
         <v>2316</v>
       </c>
       <c r="G312" t="s" s="53">
         <v>2317</v>
       </c>
       <c r="H312" t="s" s="57">
         <v>2318</v>
       </c>
       <c r="I312" t="s" s="61">
         <v>2319</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B313" t="s" s="33">
         <v>2320</v>
       </c>
       <c r="C313" t="s" s="37">
         <v>2321</v>
       </c>
       <c r="D313" t="s" s="41">
         <v>2322</v>
       </c>
       <c r="E313" t="s" s="45">
         <v>2323</v>
       </c>
       <c r="F313" t="s" s="49">
         <v>2324</v>
       </c>
       <c r="G313" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H313" t="s" s="57">
         <v>2325</v>
       </c>
-      <c r="H313" t="s" s="57">
+      <c r="I313" t="s" s="61">
         <v>2326</v>
-      </c>
-[...1 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B314" t="s" s="33">
+        <v>2327</v>
+      </c>
+      <c r="C314" t="s" s="37">
         <v>2328</v>
       </c>
-      <c r="C314" t="s" s="37">
+      <c r="D314" t="s" s="41">
         <v>2329</v>
       </c>
-      <c r="D314" t="s" s="41">
+      <c r="E314" t="s" s="45">
         <v>2330</v>
       </c>
-      <c r="E314" t="s" s="45">
+      <c r="F314" t="s" s="49">
         <v>2331</v>
       </c>
-      <c r="F314" t="s" s="49">
+      <c r="G314" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H314" t="s" s="57">
         <v>2332</v>
       </c>
-      <c r="G314" t="s" s="53">
+      <c r="I314" t="s" s="61">
         <v>2333</v>
-      </c>
-[...4 lines deleted...]
-        <v>2335</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B315" t="s" s="33">
+        <v>2334</v>
+      </c>
+      <c r="C315" t="s" s="37">
+        <v>2335</v>
+      </c>
+      <c r="D315" t="s" s="41">
         <v>2336</v>
       </c>
-      <c r="C315" t="s" s="37">
+      <c r="E315" t="s" s="45">
         <v>2337</v>
       </c>
-      <c r="D315" t="s" s="41">
+      <c r="F315" t="s" s="49">
         <v>2338</v>
       </c>
-      <c r="E315" t="s" s="45">
+      <c r="G315" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H315" t="s" s="57">
         <v>2339</v>
       </c>
-      <c r="F315" t="s" s="49">
+      <c r="I315" t="s" s="61">
         <v>2340</v>
-      </c>
-[...7 lines deleted...]
-        <v>2342</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B316" t="s" s="33">
+        <v>2341</v>
+      </c>
+      <c r="C316" t="s" s="37">
+        <v>2342</v>
+      </c>
+      <c r="D316" t="s" s="41">
         <v>2343</v>
       </c>
-      <c r="C316" t="s" s="37">
+      <c r="E316" t="s" s="45">
         <v>2344</v>
       </c>
-      <c r="D316" t="s" s="41">
+      <c r="F316" t="s" s="49">
         <v>2345</v>
       </c>
-      <c r="E316" t="s" s="45">
+      <c r="G316" t="s" s="53">
         <v>2346</v>
       </c>
-      <c r="F316" t="s" s="49">
+      <c r="H316" t="s" s="57">
         <v>2347</v>
       </c>
-      <c r="G316" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H316" t="s" s="57">
+      <c r="I316" t="s" s="61">
         <v>2348</v>
-      </c>
-[...1 lines deleted...]
-        <v>2349</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B317" t="s" s="33">
+        <v>2349</v>
+      </c>
+      <c r="C317" t="s" s="37">
+        <v>256</v>
+      </c>
+      <c r="D317" t="s" s="41">
         <v>2350</v>
       </c>
-      <c r="C317" t="s" s="37">
+      <c r="E317" t="s" s="45">
         <v>2351</v>
       </c>
-      <c r="D317" t="s" s="41">
+      <c r="F317" t="s" s="49">
         <v>2352</v>
       </c>
-      <c r="E317" t="s" s="45">
+      <c r="G317" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H317" t="s" s="57">
         <v>2353</v>
       </c>
-      <c r="F317" t="s" s="49">
+      <c r="I317" t="s" s="61">
         <v>2354</v>
-      </c>
-[...7 lines deleted...]
-        <v>2356</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B318" t="s" s="33">
+        <v>2355</v>
+      </c>
+      <c r="C318" t="s" s="37">
+        <v>2356</v>
+      </c>
+      <c r="D318" t="s" s="41">
         <v>2357</v>
       </c>
-      <c r="C318" t="s" s="37">
+      <c r="E318" t="s" s="45">
         <v>2358</v>
       </c>
-      <c r="D318" t="s" s="41">
+      <c r="F318" t="s" s="49">
         <v>2359</v>
       </c>
-      <c r="E318" t="s" s="45">
+      <c r="G318" t="s" s="53">
         <v>2360</v>
       </c>
-      <c r="F318" t="s" s="49">
+      <c r="H318" t="s" s="57">
         <v>2361</v>
       </c>
-      <c r="G318" t="s" s="53">
+      <c r="I318" t="s" s="61">
         <v>2362</v>
-      </c>
-[...4 lines deleted...]
-        <v>2364</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s" s="29">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B319" t="s" s="33">
+        <v>2363</v>
+      </c>
+      <c r="C319" t="s" s="37">
+        <v>2364</v>
+      </c>
+      <c r="D319" t="s" s="41">
         <v>2365</v>
       </c>
-      <c r="C319" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D319" t="s" s="41">
+      <c r="E319" t="s" s="45">
         <v>2366</v>
       </c>
-      <c r="E319" t="s" s="45">
+      <c r="F319" t="s" s="49">
         <v>2367</v>
       </c>
-      <c r="F319" t="s" s="49">
+      <c r="G319" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H319" t="s" s="57">
         <v>2368</v>
       </c>
-      <c r="G319" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H319" t="s" s="57">
+      <c r="I319" t="s" s="61">
         <v>2369</v>
-      </c>
-[...1 lines deleted...]
-        <v>2370</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s" s="29">
-        <v>2212</v>
+        <v>2370</v>
       </c>
       <c r="B320" t="s" s="33">
         <v>2371</v>
       </c>
       <c r="C320" t="s" s="37">
         <v>2372</v>
       </c>
       <c r="D320" t="s" s="41">
         <v>2373</v>
       </c>
       <c r="E320" t="s" s="45">
         <v>2374</v>
       </c>
       <c r="F320" t="s" s="49">
         <v>2375</v>
       </c>
       <c r="G320" t="s" s="53">
         <v>2376</v>
       </c>
       <c r="H320" t="s" s="57">
         <v>2377</v>
       </c>
       <c r="I320" t="s" s="61">
         <v>2378</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s" s="29">
-        <v>2212</v>
+        <v>2370</v>
       </c>
       <c r="B321" t="s" s="33">
         <v>2379</v>
       </c>
       <c r="C321" t="s" s="37">
         <v>2380</v>
       </c>
       <c r="D321" t="s" s="41">
         <v>2381</v>
       </c>
       <c r="E321" t="s" s="45">
         <v>2382</v>
       </c>
       <c r="F321" t="s" s="49">
         <v>2383</v>
       </c>
       <c r="G321" t="s" s="53">
-        <v>31</v>
+        <v>2384</v>
       </c>
       <c r="H321" t="s" s="57">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="I321" t="s" s="61">
-        <v>2385</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s" s="29">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B322" t="s" s="33">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="C322" t="s" s="37">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="D322" t="s" s="41">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="E322" t="s" s="45">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="F322" t="s" s="49">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="G322" t="s" s="53">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="H322" t="s" s="57">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="I322" t="s" s="61">
-        <v>2394</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s" s="29">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B323" t="s" s="33">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="C323" t="s" s="37">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="D323" t="s" s="41">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="E323" t="s" s="45">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="F323" t="s" s="49">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="G323" t="s" s="53">
-        <v>2400</v>
+        <v>31</v>
       </c>
       <c r="H323" t="s" s="57">
         <v>2401</v>
       </c>
       <c r="I323" t="s" s="61">
         <v>2402</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s" s="29">
+        <v>2387</v>
+      </c>
+      <c r="B324" t="s" s="33">
+        <v>399</v>
+      </c>
+      <c r="C324" t="s" s="37">
+        <v>1362</v>
+      </c>
+      <c r="D324" t="s" s="41">
         <v>2403</v>
       </c>
-      <c r="B324" t="s" s="33">
+      <c r="E324" t="s" s="45">
         <v>2404</v>
       </c>
-      <c r="C324" t="s" s="37">
+      <c r="F324" t="s" s="49">
         <v>2405</v>
       </c>
-      <c r="D324" t="s" s="41">
+      <c r="G324" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H324" t="s" s="57">
         <v>2406</v>
       </c>
-      <c r="E324" t="s" s="45">
+      <c r="I324" t="s" s="61">
         <v>2407</v>
-      </c>
-[...10 lines deleted...]
-        <v>2411</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s" s="29">
-        <v>2403</v>
+        <v>2387</v>
       </c>
       <c r="B325" t="s" s="33">
+        <v>2408</v>
+      </c>
+      <c r="C325" t="s" s="37">
+        <v>2409</v>
+      </c>
+      <c r="D325" t="s" s="41">
+        <v>2410</v>
+      </c>
+      <c r="E325" t="s" s="45">
+        <v>2411</v>
+      </c>
+      <c r="F325" t="s" s="49">
         <v>2412</v>
       </c>
-      <c r="C325" t="s" s="37">
+      <c r="G325" t="s" s="53">
         <v>2413</v>
       </c>
-      <c r="D325" t="s" s="41">
+      <c r="H325" t="s" s="57">
         <v>2414</v>
       </c>
-      <c r="E325" t="s" s="45">
+      <c r="I325" t="s" s="61">
         <v>2415</v>
-      </c>
-[...10 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s" s="29">
-        <v>2403</v>
+        <v>2387</v>
       </c>
       <c r="B326" t="s" s="33">
-        <v>399</v>
+        <v>2416</v>
       </c>
       <c r="C326" t="s" s="37">
-        <v>1378</v>
+        <v>2417</v>
       </c>
       <c r="D326" t="s" s="41">
+        <v>2418</v>
+      </c>
+      <c r="E326" t="s" s="45">
         <v>2419</v>
       </c>
-      <c r="E326" t="s" s="45">
+      <c r="F326" t="s" s="49">
         <v>2420</v>
       </c>
-      <c r="F326" t="s" s="49">
+      <c r="G326" t="s" s="53">
         <v>2421</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H326" t="s" s="57">
         <v>2422</v>
       </c>
       <c r="I326" t="s" s="61">
         <v>2423</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s" s="29">
-        <v>2403</v>
+        <v>2387</v>
       </c>
       <c r="B327" t="s" s="33">
+        <v>1031</v>
+      </c>
+      <c r="C327" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D327" t="s" s="41">
         <v>2424</v>
       </c>
-      <c r="C327" t="s" s="37">
+      <c r="E327" t="s" s="45">
         <v>2425</v>
       </c>
-      <c r="D327" t="s" s="41">
+      <c r="F327" t="s" s="49">
         <v>2426</v>
       </c>
-      <c r="E327" t="s" s="45">
+      <c r="G327" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H327" t="s" s="57">
         <v>2427</v>
       </c>
-      <c r="F327" t="s" s="49">
+      <c r="I327" t="s" s="61">
         <v>2428</v>
-      </c>
-[...7 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s" s="29">
-        <v>2403</v>
+        <v>2429</v>
       </c>
       <c r="B328" t="s" s="33">
+        <v>2430</v>
+      </c>
+      <c r="C328" t="s" s="37">
+        <v>2431</v>
+      </c>
+      <c r="D328" t="s" s="41">
         <v>2432</v>
       </c>
-      <c r="C328" t="s" s="37">
+      <c r="E328" t="s" s="45">
         <v>2433</v>
       </c>
-      <c r="D328" t="s" s="41">
+      <c r="F328" t="s" s="49">
         <v>2434</v>
       </c>
-      <c r="E328" t="s" s="45">
+      <c r="G328" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H328" t="s" s="57">
         <v>2435</v>
       </c>
-      <c r="F328" t="s" s="49">
+      <c r="I328" t="s" s="61">
         <v>2436</v>
-      </c>
-[...7 lines deleted...]
-        <v>2439</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s" s="29">
-        <v>2403</v>
+        <v>2429</v>
       </c>
       <c r="B329" t="s" s="33">
-        <v>1039</v>
+        <v>2437</v>
       </c>
       <c r="C329" t="s" s="37">
-        <v>163</v>
+        <v>2438</v>
       </c>
       <c r="D329" t="s" s="41">
+        <v>2439</v>
+      </c>
+      <c r="E329" t="s" s="45">
         <v>2440</v>
       </c>
-      <c r="E329" t="s" s="45">
+      <c r="F329" t="s" s="49">
         <v>2441</v>
       </c>
-      <c r="F329" t="s" s="49">
+      <c r="G329" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H329" t="s" s="57">
         <v>2442</v>
       </c>
-      <c r="G329" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H329" t="s" s="57">
+      <c r="I329" t="s" s="61">
         <v>2443</v>
-      </c>
-[...1 lines deleted...]
-        <v>2444</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s" s="29">
+        <v>2429</v>
+      </c>
+      <c r="B330" t="s" s="33">
+        <v>2444</v>
+      </c>
+      <c r="C330" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D330" t="s" s="41">
         <v>2445</v>
       </c>
-      <c r="B330" t="s" s="33">
+      <c r="E330" t="s" s="45">
         <v>2446</v>
       </c>
-      <c r="C330" t="s" s="37">
+      <c r="F330" t="s" s="49">
         <v>2447</v>
       </c>
-      <c r="D330" t="s" s="41">
+      <c r="G330" t="s" s="53">
         <v>2448</v>
       </c>
-      <c r="E330" t="s" s="45">
+      <c r="H330" t="s" s="57">
         <v>2449</v>
       </c>
-      <c r="F330" t="s" s="49">
+      <c r="I330" t="s" s="61">
         <v>2450</v>
-      </c>
-[...7 lines deleted...]
-        <v>2452</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s" s="29">
-        <v>2445</v>
+        <v>2429</v>
       </c>
       <c r="B331" t="s" s="33">
+        <v>2451</v>
+      </c>
+      <c r="C331" t="s" s="37">
+        <v>2452</v>
+      </c>
+      <c r="D331" t="s" s="41">
         <v>2453</v>
       </c>
-      <c r="C331" t="s" s="37">
+      <c r="E331" t="s" s="45">
         <v>2454</v>
       </c>
-      <c r="D331" t="s" s="41">
+      <c r="F331" t="s" s="49">
         <v>2455</v>
       </c>
-      <c r="E331" t="s" s="45">
+      <c r="G331" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H331" t="s" s="57">
         <v>2456</v>
       </c>
-      <c r="F331" t="s" s="49">
+      <c r="I331" t="s" s="61">
         <v>2457</v>
-      </c>
-[...7 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s" s="29">
-        <v>2445</v>
+        <v>2458</v>
       </c>
       <c r="B332" t="s" s="33">
+        <v>2459</v>
+      </c>
+      <c r="C332" t="s" s="37">
         <v>2460</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="D332" t="s" s="41">
         <v>2461</v>
       </c>
       <c r="E332" t="s" s="45">
         <v>2462</v>
       </c>
       <c r="F332" t="s" s="49">
         <v>2463</v>
       </c>
       <c r="G332" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H332" t="s" s="57">
         <v>2464</v>
       </c>
-      <c r="H332" t="s" s="57">
+      <c r="I332" t="s" s="61">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s" s="29">
-        <v>2445</v>
+        <v>2458</v>
       </c>
       <c r="B333" t="s" s="33">
+        <v>574</v>
+      </c>
+      <c r="C333" t="s" s="37">
+        <v>575</v>
+      </c>
+      <c r="D333" t="s" s="41">
+        <v>2466</v>
+      </c>
+      <c r="E333" t="s" s="45">
         <v>2467</v>
       </c>
-      <c r="C333" t="s" s="37">
+      <c r="F333" t="s" s="49">
         <v>2468</v>
       </c>
-      <c r="D333" t="s" s="41">
+      <c r="G333" t="s" s="53">
         <v>2469</v>
       </c>
-      <c r="E333" t="s" s="45">
+      <c r="H333" t="s" s="57">
         <v>2470</v>
       </c>
-      <c r="F333" t="s" s="49">
+      <c r="I333" t="s" s="61">
         <v>2471</v>
-      </c>
-[...7 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s" s="29">
+        <v>2458</v>
+      </c>
+      <c r="B334" t="s" s="33">
+        <v>1435</v>
+      </c>
+      <c r="C334" t="s" s="37">
+        <v>1177</v>
+      </c>
+      <c r="D334" t="s" s="41">
+        <v>2472</v>
+      </c>
+      <c r="E334" t="s" s="45">
+        <v>2473</v>
+      </c>
+      <c r="F334" t="s" s="49">
         <v>2474</v>
       </c>
-      <c r="B334" t="s" s="33">
+      <c r="G334" t="s" s="53">
         <v>2475</v>
       </c>
-      <c r="C334" t="s" s="37">
+      <c r="H334" t="s" s="57">
         <v>2476</v>
       </c>
-      <c r="D334" t="s" s="41">
+      <c r="I334" t="s" s="61">
         <v>2477</v>
-      </c>
-[...13 lines deleted...]
-        <v>2481</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s" s="29">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="B335" t="s" s="33">
-        <v>574</v>
+        <v>2478</v>
       </c>
       <c r="C335" t="s" s="37">
-        <v>575</v>
+        <v>2479</v>
       </c>
       <c r="D335" t="s" s="41">
+        <v>2480</v>
+      </c>
+      <c r="E335" t="s" s="45">
+        <v>2481</v>
+      </c>
+      <c r="F335" t="s" s="49">
         <v>2482</v>
       </c>
-      <c r="E335" t="s" s="45">
+      <c r="G335" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H335" t="s" s="57">
         <v>2483</v>
       </c>
-      <c r="F335" t="s" s="49">
+      <c r="I335" t="s" s="61">
         <v>2484</v>
-      </c>
-[...7 lines deleted...]
-        <v>2487</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s" s="29">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="B336" t="s" s="33">
-        <v>1451</v>
+        <v>2485</v>
       </c>
       <c r="C336" t="s" s="37">
-        <v>1193</v>
+        <v>2486</v>
       </c>
       <c r="D336" t="s" s="41">
+        <v>2487</v>
+      </c>
+      <c r="E336" t="s" s="45">
         <v>2488</v>
       </c>
-      <c r="E336" t="s" s="45">
+      <c r="F336" t="s" s="49">
         <v>2489</v>
       </c>
-      <c r="F336" t="s" s="49">
+      <c r="G336" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H336" t="s" s="57">
         <v>2490</v>
       </c>
-      <c r="G336" t="s" s="53">
+      <c r="I336" t="s" s="61">
         <v>2491</v>
-      </c>
-[...4 lines deleted...]
-        <v>2493</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s" s="29">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="B337" t="s" s="33">
+        <v>2492</v>
+      </c>
+      <c r="C337" t="s" s="37">
+        <v>2493</v>
+      </c>
+      <c r="D337" t="s" s="41">
         <v>2494</v>
       </c>
-      <c r="C337" t="s" s="37">
+      <c r="E337" t="s" s="45">
         <v>2495</v>
       </c>
-      <c r="D337" t="s" s="41">
+      <c r="F337" t="s" s="49">
         <v>2496</v>
       </c>
-      <c r="E337" t="s" s="45">
+      <c r="G337" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H337" t="s" s="57">
         <v>2497</v>
       </c>
-      <c r="F337" t="s" s="49">
+      <c r="I337" t="s" s="61">
         <v>2498</v>
-      </c>
-[...7 lines deleted...]
-        <v>2500</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s" s="29">
-        <v>2474</v>
+        <v>2458</v>
       </c>
       <c r="B338" t="s" s="33">
+        <v>2499</v>
+      </c>
+      <c r="C338" t="s" s="37">
+        <v>2500</v>
+      </c>
+      <c r="D338" t="s" s="41">
         <v>2501</v>
       </c>
-      <c r="C338" t="s" s="37">
+      <c r="E338" t="s" s="45">
         <v>2502</v>
       </c>
-      <c r="D338" t="s" s="41">
+      <c r="F338" t="s" s="49">
         <v>2503</v>
       </c>
-      <c r="E338" t="s" s="45">
+      <c r="G338" t="s" s="53">
         <v>2504</v>
       </c>
-      <c r="F338" t="s" s="49">
+      <c r="H338" t="s" s="57">
         <v>2505</v>
       </c>
-      <c r="G338" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H338" t="s" s="57">
+      <c r="I338" t="s" s="61">
         <v>2506</v>
-      </c>
-[...1 lines deleted...]
-        <v>2507</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s" s="29">
-        <v>2474</v>
+        <v>2507</v>
       </c>
       <c r="B339" t="s" s="33">
         <v>2508</v>
       </c>
       <c r="C339" t="s" s="37">
         <v>2509</v>
       </c>
       <c r="D339" t="s" s="41">
         <v>2510</v>
       </c>
       <c r="E339" t="s" s="45">
         <v>2511</v>
       </c>
       <c r="F339" t="s" s="49">
         <v>2512</v>
       </c>
       <c r="G339" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H339" t="s" s="57">
         <v>2513</v>
       </c>
       <c r="I339" t="s" s="61">
         <v>2514</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s" s="29">
-        <v>2474</v>
+        <v>2515</v>
       </c>
       <c r="B340" t="s" s="33">
-        <v>2515</v>
+        <v>2516</v>
       </c>
       <c r="C340" t="s" s="37">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="D340" t="s" s="41">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="E340" t="s" s="45">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="F340" t="s" s="49">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="G340" t="s" s="53">
-        <v>2520</v>
+        <v>31</v>
       </c>
       <c r="H340" t="s" s="57">
         <v>2521</v>
       </c>
       <c r="I340" t="s" s="61">
         <v>2522</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s" s="29">
+        <v>2515</v>
+      </c>
+      <c r="B341" t="s" s="33">
         <v>2523</v>
       </c>
-      <c r="B341" t="s" s="33">
+      <c r="C341" t="s" s="37">
         <v>2524</v>
       </c>
-      <c r="C341" t="s" s="37">
+      <c r="D341" t="s" s="41">
         <v>2525</v>
       </c>
-      <c r="D341" t="s" s="41">
+      <c r="E341" t="s" s="45">
         <v>2526</v>
       </c>
-      <c r="E341" t="s" s="45">
+      <c r="F341" t="s" s="49">
         <v>2527</v>
       </c>
-      <c r="F341" t="s" s="49">
+      <c r="G341" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H341" t="s" s="57">
         <v>2528</v>
       </c>
-      <c r="G341" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H341" t="s" s="57">
+      <c r="I341" t="s" s="61">
         <v>2529</v>
-      </c>
-[...1 lines deleted...]
-        <v>2530</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s" s="29">
+        <v>2515</v>
+      </c>
+      <c r="B342" t="s" s="33">
+        <v>2530</v>
+      </c>
+      <c r="C342" t="s" s="37">
         <v>2531</v>
       </c>
-      <c r="B342" t="s" s="33">
+      <c r="D342" t="s" s="41">
         <v>2532</v>
       </c>
-      <c r="C342" t="s" s="37">
+      <c r="E342" t="s" s="45">
         <v>2533</v>
       </c>
-      <c r="D342" t="s" s="41">
+      <c r="F342" t="s" s="49">
         <v>2534</v>
       </c>
-      <c r="E342" t="s" s="45">
+      <c r="G342" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H342" t="s" s="57">
         <v>2535</v>
       </c>
-      <c r="F342" t="s" s="49">
+      <c r="I342" t="s" s="61">
         <v>2536</v>
-      </c>
-[...7 lines deleted...]
-        <v>2538</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s" s="29">
-        <v>2531</v>
+        <v>2515</v>
       </c>
       <c r="B343" t="s" s="33">
+        <v>2537</v>
+      </c>
+      <c r="C343" t="s" s="37">
+        <v>2538</v>
+      </c>
+      <c r="D343" t="s" s="41">
         <v>2539</v>
       </c>
-      <c r="C343" t="s" s="37">
+      <c r="E343" t="s" s="45">
         <v>2540</v>
       </c>
-      <c r="D343" t="s" s="41">
+      <c r="F343" t="s" s="49">
         <v>2541</v>
       </c>
-      <c r="E343" t="s" s="45">
+      <c r="G343" t="s" s="53">
         <v>2542</v>
       </c>
-      <c r="F343" t="s" s="49">
+      <c r="H343" t="s" s="57">
         <v>2543</v>
       </c>
-      <c r="G343" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H343" t="s" s="57">
+      <c r="I343" t="s" s="61">
         <v>2544</v>
-      </c>
-[...1 lines deleted...]
-        <v>2545</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s" s="29">
-        <v>2531</v>
+        <v>2545</v>
       </c>
       <c r="B344" t="s" s="33">
+        <v>1099</v>
+      </c>
+      <c r="C344" t="s" s="37">
+        <v>163</v>
+      </c>
+      <c r="D344" t="s" s="41">
         <v>2546</v>
       </c>
-      <c r="C344" t="s" s="37">
+      <c r="E344" t="s" s="45">
         <v>2547</v>
       </c>
-      <c r="D344" t="s" s="41">
+      <c r="F344" t="s" s="49">
         <v>2548</v>
       </c>
-      <c r="E344" t="s" s="45">
+      <c r="G344" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H344" t="s" s="57">
         <v>2549</v>
       </c>
-      <c r="F344" t="s" s="49">
+      <c r="I344" t="s" s="61">
         <v>2550</v>
-      </c>
-[...7 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s" s="29">
-        <v>2531</v>
+        <v>2545</v>
       </c>
       <c r="B345" t="s" s="33">
+        <v>2551</v>
+      </c>
+      <c r="C345" t="s" s="37">
+        <v>2552</v>
+      </c>
+      <c r="D345" t="s" s="41">
         <v>2553</v>
       </c>
-      <c r="C345" t="s" s="37">
+      <c r="E345" t="s" s="45">
         <v>2554</v>
       </c>
-      <c r="D345" t="s" s="41">
+      <c r="F345" t="s" s="49">
         <v>2555</v>
       </c>
-      <c r="E345" t="s" s="45">
+      <c r="G345" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H345" t="s" s="57">
         <v>2556</v>
       </c>
-      <c r="F345" t="s" s="49">
+      <c r="I345" t="s" s="61">
         <v>2557</v>
-      </c>
-[...7 lines deleted...]
-        <v>2560</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s" s="29">
+        <v>2545</v>
+      </c>
+      <c r="B346" t="s" s="33">
+        <v>2558</v>
+      </c>
+      <c r="C346" t="s" s="37">
+        <v>2559</v>
+      </c>
+      <c r="D346" t="s" s="41">
+        <v>2560</v>
+      </c>
+      <c r="E346" t="s" s="45">
         <v>2561</v>
       </c>
-      <c r="B346" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D346" t="s" s="41">
+      <c r="F346" t="s" s="49">
         <v>2562</v>
       </c>
-      <c r="E346" t="s" s="45">
+      <c r="G346" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H346" t="s" s="57">
         <v>2563</v>
       </c>
-      <c r="F346" t="s" s="49">
+      <c r="I346" t="s" s="61">
         <v>2564</v>
-      </c>
-[...7 lines deleted...]
-        <v>2566</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s" s="29">
-        <v>2561</v>
+        <v>2545</v>
       </c>
       <c r="B347" t="s" s="33">
+        <v>399</v>
+      </c>
+      <c r="C347" t="s" s="37">
+        <v>1362</v>
+      </c>
+      <c r="D347" t="s" s="41">
+        <v>2565</v>
+      </c>
+      <c r="E347" t="s" s="45">
+        <v>2566</v>
+      </c>
+      <c r="F347" t="s" s="49">
         <v>2567</v>
       </c>
-      <c r="C347" t="s" s="37">
+      <c r="G347" t="s" s="53">
         <v>2568</v>
       </c>
-      <c r="D347" t="s" s="41">
+      <c r="H347" t="s" s="57">
         <v>2569</v>
       </c>
-      <c r="E347" t="s" s="45">
+      <c r="I347" t="s" s="61">
         <v>2570</v>
-      </c>
-[...10 lines deleted...]
-        <v>2573</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s" s="29">
-        <v>2561</v>
+        <v>2571</v>
       </c>
       <c r="B348" t="s" s="33">
+        <v>2572</v>
+      </c>
+      <c r="C348" t="s" s="37">
+        <v>2573</v>
+      </c>
+      <c r="D348" t="s" s="41">
         <v>2574</v>
       </c>
-      <c r="C348" t="s" s="37">
+      <c r="E348" t="s" s="45">
         <v>2575</v>
       </c>
-      <c r="D348" t="s" s="41">
+      <c r="F348" t="s" s="49">
         <v>2576</v>
       </c>
-      <c r="E348" t="s" s="45">
+      <c r="G348" t="s" s="53">
         <v>2577</v>
       </c>
-      <c r="F348" t="s" s="49">
+      <c r="H348" t="s" s="57">
         <v>2578</v>
       </c>
-      <c r="G348" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H348" t="s" s="57">
+      <c r="I348" t="s" s="61">
         <v>2579</v>
-      </c>
-[...1 lines deleted...]
-        <v>2580</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s" s="29">
-        <v>2561</v>
+        <v>2571</v>
       </c>
       <c r="B349" t="s" s="33">
-        <v>399</v>
+        <v>2580</v>
       </c>
       <c r="C349" t="s" s="37">
-        <v>1378</v>
+        <v>2581</v>
       </c>
       <c r="D349" t="s" s="41">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="E349" t="s" s="45">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="F349" t="s" s="49">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="G349" t="s" s="53">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="H349" t="s" s="57">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="I349" t="s" s="61">
-        <v>2586</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s" s="29">
-        <v>2587</v>
+        <v>2571</v>
       </c>
       <c r="B350" t="s" s="33">
         <v>2588</v>
       </c>
       <c r="C350" t="s" s="37">
         <v>2589</v>
       </c>
       <c r="D350" t="s" s="41">
         <v>2590</v>
       </c>
       <c r="E350" t="s" s="45">
         <v>2591</v>
       </c>
       <c r="F350" t="s" s="49">
         <v>2592</v>
       </c>
       <c r="G350" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H350" t="s" s="57">
         <v>2593</v>
       </c>
-      <c r="H350" t="s" s="57">
+      <c r="I350" t="s" s="61">
         <v>2594</v>
-      </c>
-[...1 lines deleted...]
-        <v>2595</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s" s="29">
-        <v>2587</v>
+        <v>2571</v>
       </c>
       <c r="B351" t="s" s="33">
+        <v>2595</v>
+      </c>
+      <c r="C351" t="s" s="37">
         <v>2596</v>
       </c>
-      <c r="C351" t="s" s="37">
+      <c r="D351" t="s" s="41">
         <v>2597</v>
       </c>
-      <c r="D351" t="s" s="41">
+      <c r="E351" t="s" s="45">
         <v>2598</v>
       </c>
-      <c r="E351" t="s" s="45">
+      <c r="F351" t="s" s="49">
         <v>2599</v>
       </c>
-      <c r="F351" t="s" s="49">
+      <c r="G351" t="s" s="53">
         <v>2600</v>
       </c>
-      <c r="G351" t="s" s="53">
+      <c r="H351" t="s" s="57">
         <v>2601</v>
       </c>
-      <c r="H351" t="s" s="57">
+      <c r="I351" t="s" s="61">
         <v>2602</v>
-      </c>
-[...1 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s" s="29">
-        <v>2587</v>
+        <v>2571</v>
       </c>
       <c r="B352" t="s" s="33">
+        <v>2603</v>
+      </c>
+      <c r="C352" t="s" s="37">
         <v>2604</v>
       </c>
-      <c r="C352" t="s" s="37">
+      <c r="D352" t="s" s="41">
         <v>2605</v>
       </c>
-      <c r="D352" t="s" s="41">
+      <c r="E352" t="s" s="45">
         <v>2606</v>
       </c>
-      <c r="E352" t="s" s="45">
+      <c r="F352" t="s" s="49">
         <v>2607</v>
       </c>
-      <c r="F352" t="s" s="49">
+      <c r="G352" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H352" t="s" s="57">
         <v>2608</v>
       </c>
-      <c r="G352" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H352" t="s" s="57">
+      <c r="I352" t="s" s="61">
         <v>2609</v>
-      </c>
-[...1 lines deleted...]
-        <v>2610</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s" s="29">
-        <v>2587</v>
+        <v>2610</v>
       </c>
       <c r="B353" t="s" s="33">
         <v>2611</v>
       </c>
       <c r="C353" t="s" s="37">
         <v>2612</v>
       </c>
       <c r="D353" t="s" s="41">
         <v>2613</v>
       </c>
       <c r="E353" t="s" s="45">
         <v>2614</v>
       </c>
       <c r="F353" t="s" s="49">
         <v>2615</v>
       </c>
       <c r="G353" t="s" s="53">
         <v>2616</v>
       </c>
       <c r="H353" t="s" s="57">
         <v>2617</v>
       </c>
       <c r="I353" t="s" s="61">
         <v>2618</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s" s="29">
-        <v>2587</v>
+        <v>2610</v>
       </c>
       <c r="B354" t="s" s="33">
+        <v>749</v>
+      </c>
+      <c r="C354" t="s" s="37">
+        <v>750</v>
+      </c>
+      <c r="D354" t="s" s="41">
         <v>2619</v>
       </c>
-      <c r="C354" t="s" s="37">
+      <c r="E354" t="s" s="45">
         <v>2620</v>
       </c>
-      <c r="D354" t="s" s="41">
+      <c r="F354" t="s" s="49">
         <v>2621</v>
       </c>
-      <c r="E354" t="s" s="45">
+      <c r="G354" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H354" t="s" s="57">
         <v>2622</v>
       </c>
-      <c r="F354" t="s" s="49">
+      <c r="I354" t="s" s="61">
         <v>2623</v>
-      </c>
-[...7 lines deleted...]
-        <v>2625</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s" s="29">
+        <v>2610</v>
+      </c>
+      <c r="B355" t="s" s="33">
+        <v>2624</v>
+      </c>
+      <c r="C355" t="s" s="37">
+        <v>642</v>
+      </c>
+      <c r="D355" t="s" s="41">
+        <v>2625</v>
+      </c>
+      <c r="E355" t="s" s="45">
         <v>2626</v>
       </c>
-      <c r="B355" t="s" s="33">
+      <c r="F355" t="s" s="49">
         <v>2627</v>
       </c>
-      <c r="C355" t="s" s="37">
+      <c r="G355" t="s" s="53">
         <v>2628</v>
       </c>
-      <c r="D355" t="s" s="41">
+      <c r="H355" t="s" s="57">
         <v>2629</v>
       </c>
-      <c r="E355" t="s" s="45">
+      <c r="I355" t="s" s="61">
         <v>2630</v>
-      </c>
-[...10 lines deleted...]
-        <v>2634</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s" s="29">
-        <v>2626</v>
+        <v>2610</v>
       </c>
       <c r="B356" t="s" s="33">
-        <v>749</v>
+        <v>2631</v>
       </c>
       <c r="C356" t="s" s="37">
-        <v>750</v>
+        <v>2632</v>
       </c>
       <c r="D356" t="s" s="41">
+        <v>2633</v>
+      </c>
+      <c r="E356" t="s" s="45">
+        <v>2634</v>
+      </c>
+      <c r="F356" t="s" s="49">
         <v>2635</v>
       </c>
-      <c r="E356" t="s" s="45">
+      <c r="G356" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H356" t="s" s="57">
         <v>2636</v>
       </c>
-      <c r="F356" t="s" s="49">
+      <c r="I356" t="s" s="61">
         <v>2637</v>
-      </c>
-[...7 lines deleted...]
-        <v>2639</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s" s="29">
-        <v>2626</v>
+        <v>2638</v>
       </c>
       <c r="B357" t="s" s="33">
+        <v>2639</v>
+      </c>
+      <c r="C357" t="s" s="37">
         <v>2640</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="D357" t="s" s="41">
         <v>2641</v>
       </c>
       <c r="E357" t="s" s="45">
         <v>2642</v>
       </c>
       <c r="F357" t="s" s="49">
         <v>2643</v>
       </c>
       <c r="G357" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H357" t="s" s="57">
         <v>2644</v>
       </c>
-      <c r="H357" t="s" s="57">
+      <c r="I357" t="s" s="61">
         <v>2645</v>
-      </c>
-[...1 lines deleted...]
-        <v>2646</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s" s="29">
-        <v>2626</v>
+        <v>2638</v>
       </c>
       <c r="B358" t="s" s="33">
+        <v>2646</v>
+      </c>
+      <c r="C358" t="s" s="37">
         <v>2647</v>
       </c>
-      <c r="C358" t="s" s="37">
+      <c r="D358" t="s" s="41">
         <v>2648</v>
       </c>
-      <c r="D358" t="s" s="41">
+      <c r="E358" t="s" s="45">
         <v>2649</v>
       </c>
-      <c r="E358" t="s" s="45">
+      <c r="F358" t="s" s="49">
         <v>2650</v>
       </c>
-      <c r="F358" t="s" s="49">
+      <c r="G358" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H358" t="s" s="57">
         <v>2651</v>
       </c>
-      <c r="G358" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H358" t="s" s="57">
+      <c r="I358" t="s" s="61">
         <v>2652</v>
-      </c>
-[...1 lines deleted...]
-        <v>2653</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s" s="29">
+        <v>2638</v>
+      </c>
+      <c r="B359" t="s" s="33">
+        <v>2653</v>
+      </c>
+      <c r="C359" t="s" s="37">
         <v>2654</v>
       </c>
-      <c r="B359" t="s" s="33">
+      <c r="D359" t="s" s="41">
         <v>2655</v>
       </c>
-      <c r="C359" t="s" s="37">
+      <c r="E359" t="s" s="45">
         <v>2656</v>
       </c>
-      <c r="D359" t="s" s="41">
+      <c r="F359" t="s" s="49">
         <v>2657</v>
       </c>
-      <c r="E359" t="s" s="45">
+      <c r="G359" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H359" t="s" s="57">
         <v>2658</v>
       </c>
-      <c r="F359" t="s" s="49">
+      <c r="I359" t="s" s="61">
         <v>2659</v>
-      </c>
-[...7 lines deleted...]
-        <v>2661</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s" s="29">
-        <v>2654</v>
+        <v>2638</v>
       </c>
       <c r="B360" t="s" s="33">
+        <v>2660</v>
+      </c>
+      <c r="C360" t="s" s="37">
+        <v>2661</v>
+      </c>
+      <c r="D360" t="s" s="41">
         <v>2662</v>
       </c>
-      <c r="C360" t="s" s="37">
+      <c r="E360" t="s" s="45">
         <v>2663</v>
       </c>
-      <c r="D360" t="s" s="41">
+      <c r="F360" t="s" s="49">
         <v>2664</v>
       </c>
-      <c r="E360" t="s" s="45">
+      <c r="G360" t="s" s="53">
         <v>2665</v>
       </c>
-      <c r="F360" t="s" s="49">
+      <c r="H360" t="s" s="57">
         <v>2666</v>
       </c>
-      <c r="G360" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H360" t="s" s="57">
+      <c r="I360" t="s" s="61">
         <v>2667</v>
-      </c>
-[...1 lines deleted...]
-        <v>2668</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s" s="29">
-        <v>2654</v>
+        <v>2638</v>
       </c>
       <c r="B361" t="s" s="33">
+        <v>2668</v>
+      </c>
+      <c r="C361" t="s" s="37">
         <v>2669</v>
       </c>
-      <c r="C361" t="s" s="37">
+      <c r="D361" t="s" s="41">
         <v>2670</v>
       </c>
-      <c r="D361" t="s" s="41">
+      <c r="E361" t="s" s="45">
         <v>2671</v>
       </c>
-      <c r="E361" t="s" s="45">
+      <c r="F361" t="s" s="49">
         <v>2672</v>
       </c>
-      <c r="F361" t="s" s="49">
+      <c r="G361" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H361" t="s" s="57">
         <v>2673</v>
       </c>
-      <c r="G361" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H361" t="s" s="57">
+      <c r="I361" t="s" s="61">
         <v>2674</v>
-      </c>
-[...1 lines deleted...]
-        <v>2675</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s" s="29">
-        <v>2654</v>
+        <v>2675</v>
       </c>
       <c r="B362" t="s" s="33">
+        <v>399</v>
+      </c>
+      <c r="C362" t="s" s="37">
+        <v>400</v>
+      </c>
+      <c r="D362" t="s" s="41">
         <v>2676</v>
       </c>
-      <c r="C362" t="s" s="37">
+      <c r="E362" t="s" s="45">
         <v>2677</v>
       </c>
-      <c r="D362" t="s" s="41">
+      <c r="F362" t="s" s="49">
         <v>2678</v>
       </c>
-      <c r="E362" t="s" s="45">
+      <c r="G362" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H362" t="s" s="57">
         <v>2679</v>
       </c>
-      <c r="F362" t="s" s="49">
+      <c r="I362" t="s" s="61">
         <v>2680</v>
-      </c>
-[...7 lines deleted...]
-        <v>2683</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s" s="29">
-        <v>2654</v>
+        <v>2675</v>
       </c>
       <c r="B363" t="s" s="33">
+        <v>2681</v>
+      </c>
+      <c r="C363" t="s" s="37">
+        <v>2682</v>
+      </c>
+      <c r="D363" t="s" s="41">
+        <v>2683</v>
+      </c>
+      <c r="E363" t="s" s="45">
         <v>2684</v>
       </c>
-      <c r="C363" t="s" s="37">
+      <c r="F363" t="s" s="49">
         <v>2685</v>
       </c>
-      <c r="D363" t="s" s="41">
+      <c r="G363" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H363" t="s" s="57">
         <v>2686</v>
       </c>
-      <c r="E363" t="s" s="45">
+      <c r="I363" t="s" s="61">
         <v>2687</v>
-      </c>
-[...10 lines deleted...]
-        <v>2690</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s" s="29">
+        <v>2675</v>
+      </c>
+      <c r="B364" t="s" s="33">
+        <v>2688</v>
+      </c>
+      <c r="C364" t="s" s="37">
+        <v>2689</v>
+      </c>
+      <c r="D364" t="s" s="41">
+        <v>2690</v>
+      </c>
+      <c r="E364" t="s" s="45">
         <v>2691</v>
       </c>
-      <c r="B364" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D364" t="s" s="41">
+      <c r="F364" t="s" s="49">
         <v>2692</v>
       </c>
-      <c r="E364" t="s" s="45">
+      <c r="G364" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H364" t="s" s="57">
         <v>2693</v>
       </c>
-      <c r="F364" t="s" s="49">
+      <c r="I364" t="s" s="61">
         <v>2694</v>
-      </c>
-[...7 lines deleted...]
-        <v>2696</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B365" t="s" s="33">
+        <v>2695</v>
+      </c>
+      <c r="C365" t="s" s="37">
+        <v>2696</v>
+      </c>
+      <c r="D365" t="s" s="41">
         <v>2697</v>
       </c>
-      <c r="C365" t="s" s="37">
+      <c r="E365" t="s" s="45">
         <v>2698</v>
       </c>
-      <c r="D365" t="s" s="41">
+      <c r="F365" t="s" s="49">
         <v>2699</v>
       </c>
-      <c r="E365" t="s" s="45">
+      <c r="G365" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H365" t="s" s="57">
         <v>2700</v>
       </c>
-      <c r="F365" t="s" s="49">
+      <c r="I365" t="s" s="61">
         <v>2701</v>
-      </c>
-[...7 lines deleted...]
-        <v>2703</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B366" t="s" s="33">
+        <v>2702</v>
+      </c>
+      <c r="C366" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D366" t="s" s="41">
+        <v>2703</v>
+      </c>
+      <c r="E366" t="s" s="45">
         <v>2704</v>
       </c>
-      <c r="C366" t="s" s="37">
+      <c r="F366" t="s" s="49">
         <v>2705</v>
       </c>
-      <c r="D366" t="s" s="41">
+      <c r="G366" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H366" t="s" s="57">
         <v>2706</v>
       </c>
-      <c r="E366" t="s" s="45">
+      <c r="I366" t="s" s="61">
         <v>2707</v>
-      </c>
-[...10 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B367" t="s" s="33">
+        <v>2708</v>
+      </c>
+      <c r="C367" t="s" s="37">
+        <v>2709</v>
+      </c>
+      <c r="D367" t="s" s="41">
+        <v>2710</v>
+      </c>
+      <c r="E367" t="s" s="45">
         <v>2711</v>
       </c>
-      <c r="C367" t="s" s="37">
+      <c r="F367" t="s" s="49">
         <v>2712</v>
       </c>
-      <c r="D367" t="s" s="41">
+      <c r="G367" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H367" t="s" s="57">
         <v>2713</v>
       </c>
-      <c r="E367" t="s" s="45">
+      <c r="I367" t="s" s="61">
         <v>2714</v>
-      </c>
-[...10 lines deleted...]
-        <v>2717</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B368" t="s" s="33">
+        <v>2715</v>
+      </c>
+      <c r="C368" t="s" s="37">
+        <v>2716</v>
+      </c>
+      <c r="D368" t="s" s="41">
+        <v>2717</v>
+      </c>
+      <c r="E368" t="s" s="45">
         <v>2718</v>
       </c>
-      <c r="C368" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D368" t="s" s="41">
+      <c r="F368" t="s" s="49">
         <v>2719</v>
       </c>
-      <c r="E368" t="s" s="45">
+      <c r="G368" t="s" s="53">
         <v>2720</v>
       </c>
-      <c r="F368" t="s" s="49">
+      <c r="H368" t="s" s="57">
         <v>2721</v>
       </c>
-      <c r="G368" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H368" t="s" s="57">
+      <c r="I368" t="s" s="61">
         <v>2722</v>
-      </c>
-[...1 lines deleted...]
-        <v>2723</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B369" t="s" s="33">
+        <v>2723</v>
+      </c>
+      <c r="C369" t="s" s="37">
         <v>2724</v>
       </c>
-      <c r="C369" t="s" s="37">
+      <c r="D369" t="s" s="41">
         <v>2725</v>
       </c>
-      <c r="D369" t="s" s="41">
+      <c r="E369" t="s" s="45">
         <v>2726</v>
       </c>
-      <c r="E369" t="s" s="45">
+      <c r="F369" t="s" s="49">
         <v>2727</v>
       </c>
-      <c r="F369" t="s" s="49">
+      <c r="G369" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H369" t="s" s="57">
         <v>2728</v>
       </c>
-      <c r="G369" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H369" t="s" s="57">
+      <c r="I369" t="s" s="61">
         <v>2729</v>
-      </c>
-[...1 lines deleted...]
-        <v>2730</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B370" t="s" s="33">
+        <v>2730</v>
+      </c>
+      <c r="C370" t="s" s="37">
         <v>2731</v>
       </c>
-      <c r="C370" t="s" s="37">
+      <c r="D370" t="s" s="41">
         <v>2732</v>
       </c>
-      <c r="D370" t="s" s="41">
+      <c r="E370" t="s" s="45">
         <v>2733</v>
       </c>
-      <c r="E370" t="s" s="45">
+      <c r="F370" t="s" s="49">
         <v>2734</v>
       </c>
-      <c r="F370" t="s" s="49">
+      <c r="G370" t="s" s="53">
         <v>2735</v>
       </c>
-      <c r="G370" t="s" s="53">
+      <c r="H370" t="s" s="57">
         <v>2736</v>
       </c>
-      <c r="H370" t="s" s="57">
+      <c r="I370" t="s" s="61">
         <v>2737</v>
-      </c>
-[...1 lines deleted...]
-        <v>2738</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B371" t="s" s="33">
+        <v>2738</v>
+      </c>
+      <c r="C371" t="s" s="37">
         <v>2739</v>
       </c>
-      <c r="C371" t="s" s="37">
+      <c r="D371" t="s" s="41">
         <v>2740</v>
       </c>
-      <c r="D371" t="s" s="41">
+      <c r="E371" t="s" s="45">
         <v>2741</v>
       </c>
-      <c r="E371" t="s" s="45">
+      <c r="F371" t="s" s="49">
         <v>2742</v>
       </c>
-      <c r="F371" t="s" s="49">
+      <c r="G371" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H371" t="s" s="57">
         <v>2743</v>
       </c>
-      <c r="G371" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H371" t="s" s="57">
+      <c r="I371" t="s" s="61">
         <v>2744</v>
-      </c>
-[...1 lines deleted...]
-        <v>2745</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s" s="29">
-        <v>2691</v>
+        <v>2675</v>
       </c>
       <c r="B372" t="s" s="33">
+        <v>2745</v>
+      </c>
+      <c r="C372" t="s" s="37">
         <v>2746</v>
       </c>
-      <c r="C372" t="s" s="37">
+      <c r="D372" t="s" s="41">
         <v>2747</v>
       </c>
-      <c r="D372" t="s" s="41">
+      <c r="E372" t="s" s="45">
         <v>2748</v>
       </c>
-      <c r="E372" t="s" s="45">
+      <c r="F372" t="s" s="49">
         <v>2749</v>
       </c>
-      <c r="F372" t="s" s="49">
+      <c r="G372" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H372" t="s" s="57">
         <v>2750</v>
       </c>
-      <c r="G372" t="s" s="53">
+      <c r="I372" t="s" s="61">
         <v>2751</v>
-      </c>
-[...4 lines deleted...]
-        <v>2753</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s" s="29">
-        <v>2691</v>
+        <v>2752</v>
       </c>
       <c r="B373" t="s" s="33">
+        <v>2753</v>
+      </c>
+      <c r="C373" t="s" s="37">
         <v>2754</v>
       </c>
-      <c r="C373" t="s" s="37">
+      <c r="D373" t="s" s="41">
         <v>2755</v>
       </c>
-      <c r="D373" t="s" s="41">
+      <c r="E373" t="s" s="45">
         <v>2756</v>
       </c>
-      <c r="E373" t="s" s="45">
+      <c r="F373" t="s" s="49">
         <v>2757</v>
       </c>
-      <c r="F373" t="s" s="49">
+      <c r="G373" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H373" t="s" s="57">
         <v>2758</v>
       </c>
-      <c r="G373" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H373" t="s" s="57">
+      <c r="I373" t="s" s="61">
         <v>2759</v>
-      </c>
-[...1 lines deleted...]
-        <v>2760</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s" s="29">
-        <v>2691</v>
+        <v>2752</v>
       </c>
       <c r="B374" t="s" s="33">
+        <v>2760</v>
+      </c>
+      <c r="C374" t="s" s="37">
         <v>2761</v>
       </c>
-      <c r="C374" t="s" s="37">
+      <c r="D374" t="s" s="41">
         <v>2762</v>
       </c>
-      <c r="D374" t="s" s="41">
+      <c r="E374" t="s" s="45">
         <v>2763</v>
       </c>
-      <c r="E374" t="s" s="45">
+      <c r="F374" t="s" s="49">
         <v>2764</v>
       </c>
-      <c r="F374" t="s" s="49">
+      <c r="G374" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H374" t="s" s="57">
         <v>2765</v>
       </c>
-      <c r="G374" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H374" t="s" s="57">
+      <c r="I374" t="s" s="61">
         <v>2766</v>
-      </c>
-[...1 lines deleted...]
-        <v>2767</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s" s="29">
+        <v>2752</v>
+      </c>
+      <c r="B375" t="s" s="33">
+        <v>2767</v>
+      </c>
+      <c r="C375" t="s" s="37">
         <v>2768</v>
       </c>
-      <c r="B375" t="s" s="33">
+      <c r="D375" t="s" s="41">
         <v>2769</v>
       </c>
-      <c r="C375" t="s" s="37">
+      <c r="E375" t="s" s="45">
         <v>2770</v>
       </c>
-      <c r="D375" t="s" s="41">
+      <c r="F375" t="s" s="49">
         <v>2771</v>
       </c>
-      <c r="E375" t="s" s="45">
+      <c r="G375" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H375" t="s" s="57">
         <v>2772</v>
       </c>
-      <c r="F375" t="s" s="49">
+      <c r="I375" t="s" s="61">
         <v>2773</v>
-      </c>
-[...7 lines deleted...]
-        <v>2775</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s" s="29">
-        <v>2768</v>
+        <v>2752</v>
       </c>
       <c r="B376" t="s" s="33">
+        <v>2774</v>
+      </c>
+      <c r="C376" t="s" s="37">
+        <v>2775</v>
+      </c>
+      <c r="D376" t="s" s="41">
         <v>2776</v>
       </c>
-      <c r="C376" t="s" s="37">
+      <c r="E376" t="s" s="45">
         <v>2777</v>
       </c>
-      <c r="D376" t="s" s="41">
+      <c r="F376" t="s" s="49">
         <v>2778</v>
       </c>
-      <c r="E376" t="s" s="45">
+      <c r="G376" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H376" t="s" s="57">
         <v>2779</v>
       </c>
-      <c r="F376" t="s" s="49">
+      <c r="I376" t="s" s="61">
         <v>2780</v>
-      </c>
-[...7 lines deleted...]
-        <v>2782</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s" s="29">
-        <v>2768</v>
+        <v>2752</v>
       </c>
       <c r="B377" t="s" s="33">
+        <v>749</v>
+      </c>
+      <c r="C377" t="s" s="37">
+        <v>750</v>
+      </c>
+      <c r="D377" t="s" s="41">
+        <v>2781</v>
+      </c>
+      <c r="E377" t="s" s="45">
+        <v>2782</v>
+      </c>
+      <c r="F377" t="s" s="49">
         <v>2783</v>
       </c>
-      <c r="C377" t="s" s="37">
+      <c r="G377" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H377" t="s" s="57">
         <v>2784</v>
       </c>
-      <c r="D377" t="s" s="41">
+      <c r="I377" t="s" s="61">
         <v>2785</v>
-      </c>
-[...13 lines deleted...]
-        <v>2789</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s" s="29">
-        <v>2768</v>
+        <v>2786</v>
       </c>
       <c r="B378" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C378" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D378" t="s" s="41">
+        <v>2787</v>
+      </c>
+      <c r="E378" t="s" s="45">
+        <v>2788</v>
+      </c>
+      <c r="F378" t="s" s="49">
+        <v>2789</v>
+      </c>
+      <c r="G378" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H378" t="s" s="57">
         <v>2790</v>
       </c>
-      <c r="C378" t="s" s="37">
+      <c r="I378" t="s" s="61">
         <v>2791</v>
-      </c>
-[...16 lines deleted...]
-        <v>2796</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s" s="29">
-        <v>2768</v>
+        <v>2786</v>
       </c>
       <c r="B379" t="s" s="33">
-        <v>749</v>
+        <v>2792</v>
       </c>
       <c r="C379" t="s" s="37">
-        <v>750</v>
+        <v>2793</v>
       </c>
       <c r="D379" t="s" s="41">
+        <v>2794</v>
+      </c>
+      <c r="E379" t="s" s="45">
+        <v>2795</v>
+      </c>
+      <c r="F379" t="s" s="49">
+        <v>2796</v>
+      </c>
+      <c r="G379" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H379" t="s" s="57">
         <v>2797</v>
       </c>
-      <c r="E379" t="s" s="45">
+      <c r="I379" t="s" s="61">
         <v>2798</v>
-      </c>
-[...10 lines deleted...]
-        <v>2801</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s" s="29">
+        <v>2786</v>
+      </c>
+      <c r="B380" t="s" s="33">
+        <v>2799</v>
+      </c>
+      <c r="C380" t="s" s="37">
+        <v>2800</v>
+      </c>
+      <c r="D380" t="s" s="41">
+        <v>2801</v>
+      </c>
+      <c r="E380" t="s" s="45">
         <v>2802</v>
       </c>
-      <c r="B380" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D380" t="s" s="41">
+      <c r="F380" t="s" s="49">
         <v>2803</v>
       </c>
-      <c r="E380" t="s" s="45">
+      <c r="G380" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H380" t="s" s="57">
         <v>2804</v>
       </c>
-      <c r="F380" t="s" s="49">
+      <c r="I380" t="s" s="61">
         <v>2805</v>
-      </c>
-[...7 lines deleted...]
-        <v>2807</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s" s="29">
-        <v>2802</v>
+        <v>2806</v>
       </c>
       <c r="B381" t="s" s="33">
+        <v>2807</v>
+      </c>
+      <c r="C381" t="s" s="37">
         <v>2808</v>
       </c>
-      <c r="C381" t="s" s="37">
+      <c r="D381" t="s" s="41">
         <v>2809</v>
       </c>
-      <c r="D381" t="s" s="41">
+      <c r="E381" t="s" s="45">
         <v>2810</v>
       </c>
-      <c r="E381" t="s" s="45">
+      <c r="F381" t="s" s="49">
         <v>2811</v>
       </c>
-      <c r="F381" t="s" s="49">
+      <c r="G381" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H381" t="s" s="57">
         <v>2812</v>
       </c>
-      <c r="G381" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H381" t="s" s="57">
+      <c r="I381" t="s" s="61">
         <v>2813</v>
-      </c>
-[...1 lines deleted...]
-        <v>2814</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s" s="29">
-        <v>2802</v>
+        <v>2806</v>
       </c>
       <c r="B382" t="s" s="33">
+        <v>2814</v>
+      </c>
+      <c r="C382" t="s" s="37">
         <v>2815</v>
       </c>
-      <c r="C382" t="s" s="37">
+      <c r="D382" t="s" s="41">
         <v>2816</v>
       </c>
-      <c r="D382" t="s" s="41">
+      <c r="E382" t="s" s="45">
         <v>2817</v>
       </c>
-      <c r="E382" t="s" s="45">
+      <c r="F382" t="s" s="49">
         <v>2818</v>
       </c>
-      <c r="F382" t="s" s="49">
+      <c r="G382" t="s" s="53">
         <v>2819</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H382" t="s" s="57">
         <v>2820</v>
       </c>
       <c r="I382" t="s" s="61">
         <v>2821</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s" s="29">
+        <v>2806</v>
+      </c>
+      <c r="B383" t="s" s="33">
         <v>2822</v>
       </c>
-      <c r="B383" t="s" s="33">
+      <c r="C383" t="s" s="37">
         <v>2823</v>
       </c>
-      <c r="C383" t="s" s="37">
+      <c r="D383" t="s" s="41">
         <v>2824</v>
       </c>
-      <c r="D383" t="s" s="41">
+      <c r="E383" t="s" s="45">
         <v>2825</v>
       </c>
-      <c r="E383" t="s" s="45">
+      <c r="F383" t="s" s="49">
         <v>2826</v>
       </c>
-      <c r="F383" t="s" s="49">
+      <c r="G383" t="s" s="53">
         <v>2827</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H383" t="s" s="57">
         <v>2828</v>
       </c>
       <c r="I383" t="s" s="61">
         <v>2829</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s" s="29">
-        <v>2822</v>
+        <v>2806</v>
       </c>
       <c r="B384" t="s" s="33">
         <v>2830</v>
       </c>
       <c r="C384" t="s" s="37">
         <v>2831</v>
       </c>
       <c r="D384" t="s" s="41">
         <v>2832</v>
       </c>
       <c r="E384" t="s" s="45">
         <v>2833</v>
       </c>
       <c r="F384" t="s" s="49">
         <v>2834</v>
       </c>
       <c r="G384" t="s" s="53">
         <v>2835</v>
       </c>
       <c r="H384" t="s" s="57">
         <v>2836</v>
       </c>
       <c r="I384" t="s" s="61">
         <v>2837</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s" s="29">
-        <v>2822</v>
+        <v>2806</v>
       </c>
       <c r="B385" t="s" s="33">
         <v>2838</v>
       </c>
       <c r="C385" t="s" s="37">
         <v>2839</v>
       </c>
       <c r="D385" t="s" s="41">
         <v>2840</v>
       </c>
       <c r="E385" t="s" s="45">
         <v>2841</v>
       </c>
       <c r="F385" t="s" s="49">
         <v>2842</v>
       </c>
       <c r="G385" t="s" s="53">
         <v>2843</v>
       </c>
       <c r="H385" t="s" s="57">
         <v>2844</v>
       </c>
       <c r="I385" t="s" s="61">
         <v>2845</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s" s="29">
-        <v>2822</v>
+        <v>2846</v>
       </c>
       <c r="B386" t="s" s="33">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="C386" t="s" s="37">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="D386" t="s" s="41">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="E386" t="s" s="45">
-        <v>2849</v>
+        <v>2850</v>
       </c>
       <c r="F386" t="s" s="49">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="G386" t="s" s="53">
-        <v>2851</v>
+        <v>31</v>
       </c>
       <c r="H386" t="s" s="57">
         <v>2852</v>
       </c>
       <c r="I386" t="s" s="61">
         <v>2853</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s" s="29">
-        <v>2822</v>
+        <v>2846</v>
       </c>
       <c r="B387" t="s" s="33">
         <v>2854</v>
       </c>
       <c r="C387" t="s" s="37">
         <v>2855</v>
       </c>
       <c r="D387" t="s" s="41">
         <v>2856</v>
       </c>
       <c r="E387" t="s" s="45">
         <v>2857</v>
       </c>
       <c r="F387" t="s" s="49">
         <v>2858</v>
       </c>
       <c r="G387" t="s" s="53">
         <v>2859</v>
       </c>
       <c r="H387" t="s" s="57">
         <v>2860</v>
       </c>
       <c r="I387" t="s" s="61">
         <v>2861</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s" s="29">
+        <v>2846</v>
+      </c>
+      <c r="B388" t="s" s="33">
         <v>2862</v>
       </c>
-      <c r="B388" t="s" s="33">
+      <c r="C388" t="s" s="37">
         <v>2863</v>
       </c>
-      <c r="C388" t="s" s="37">
+      <c r="D388" t="s" s="41">
         <v>2864</v>
       </c>
-      <c r="D388" t="s" s="41">
+      <c r="E388" t="s" s="45">
         <v>2865</v>
       </c>
-      <c r="E388" t="s" s="45">
+      <c r="F388" t="s" s="49">
         <v>2866</v>
       </c>
-      <c r="F388" t="s" s="49">
+      <c r="G388" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H388" t="s" s="57">
         <v>2867</v>
       </c>
-      <c r="G388" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H388" t="s" s="57">
+      <c r="I388" t="s" s="61">
         <v>2868</v>
-      </c>
-[...1 lines deleted...]
-        <v>2869</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B389" t="s" s="33">
+        <v>2869</v>
+      </c>
+      <c r="C389" t="s" s="37">
         <v>2870</v>
       </c>
-      <c r="C389" t="s" s="37">
+      <c r="D389" t="s" s="41">
         <v>2871</v>
       </c>
-      <c r="D389" t="s" s="41">
+      <c r="E389" t="s" s="45">
         <v>2872</v>
       </c>
-      <c r="E389" t="s" s="45">
+      <c r="F389" t="s" s="49">
         <v>2873</v>
       </c>
-      <c r="F389" t="s" s="49">
+      <c r="G389" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H389" t="s" s="57">
         <v>2874</v>
       </c>
-      <c r="G389" t="s" s="53">
+      <c r="I389" t="s" s="61">
         <v>2875</v>
-      </c>
-[...4 lines deleted...]
-        <v>2877</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B390" t="s" s="33">
+        <v>124</v>
+      </c>
+      <c r="C390" t="s" s="37">
+        <v>125</v>
+      </c>
+      <c r="D390" t="s" s="41">
+        <v>2876</v>
+      </c>
+      <c r="E390" t="s" s="45">
+        <v>2877</v>
+      </c>
+      <c r="F390" t="s" s="49">
         <v>2878</v>
       </c>
-      <c r="C390" t="s" s="37">
+      <c r="G390" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H390" t="s" s="57">
         <v>2879</v>
       </c>
-      <c r="D390" t="s" s="41">
+      <c r="I390" t="s" s="61">
         <v>2880</v>
-      </c>
-[...13 lines deleted...]
-        <v>2884</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B391" t="s" s="33">
+        <v>2881</v>
+      </c>
+      <c r="C391" t="s" s="37">
+        <v>2882</v>
+      </c>
+      <c r="D391" t="s" s="41">
+        <v>2883</v>
+      </c>
+      <c r="E391" t="s" s="45">
+        <v>2884</v>
+      </c>
+      <c r="F391" t="s" s="49">
         <v>2885</v>
       </c>
-      <c r="C391" t="s" s="37">
+      <c r="G391" t="s" s="53">
         <v>2886</v>
       </c>
-      <c r="D391" t="s" s="41">
+      <c r="H391" t="s" s="57">
         <v>2887</v>
       </c>
-      <c r="E391" t="s" s="45">
+      <c r="I391" t="s" s="61">
         <v>2888</v>
-      </c>
-[...10 lines deleted...]
-        <v>2891</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B392" t="s" s="33">
-        <v>124</v>
+        <v>2889</v>
       </c>
       <c r="C392" t="s" s="37">
-        <v>125</v>
+        <v>2890</v>
       </c>
       <c r="D392" t="s" s="41">
+        <v>2891</v>
+      </c>
+      <c r="E392" t="s" s="45">
         <v>2892</v>
       </c>
-      <c r="E392" t="s" s="45">
+      <c r="F392" t="s" s="49">
         <v>2893</v>
       </c>
-      <c r="F392" t="s" s="49">
+      <c r="G392" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H392" t="s" s="57">
         <v>2894</v>
       </c>
-      <c r="G392" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H392" t="s" s="57">
+      <c r="I392" t="s" s="61">
         <v>2895</v>
-      </c>
-[...1 lines deleted...]
-        <v>2896</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B393" t="s" s="33">
+        <v>2896</v>
+      </c>
+      <c r="C393" t="s" s="37">
+        <v>1273</v>
+      </c>
+      <c r="D393" t="s" s="41">
         <v>2897</v>
       </c>
-      <c r="C393" t="s" s="37">
+      <c r="E393" t="s" s="45">
         <v>2898</v>
       </c>
-      <c r="D393" t="s" s="41">
+      <c r="F393" t="s" s="49">
         <v>2899</v>
       </c>
-      <c r="E393" t="s" s="45">
+      <c r="G393" t="s" s="53">
         <v>2900</v>
       </c>
-      <c r="F393" t="s" s="49">
+      <c r="H393" t="s" s="57">
         <v>2901</v>
       </c>
-      <c r="G393" t="s" s="53">
+      <c r="I393" t="s" s="61">
         <v>2902</v>
-      </c>
-[...4 lines deleted...]
-        <v>2904</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B394" t="s" s="33">
+        <v>2903</v>
+      </c>
+      <c r="C394" t="s" s="37">
+        <v>2904</v>
+      </c>
+      <c r="D394" t="s" s="41">
         <v>2905</v>
       </c>
-      <c r="C394" t="s" s="37">
+      <c r="E394" t="s" s="45">
         <v>2906</v>
       </c>
-      <c r="D394" t="s" s="41">
+      <c r="F394" t="s" s="49">
         <v>2907</v>
       </c>
-      <c r="E394" t="s" s="45">
+      <c r="G394" t="s" s="53">
         <v>2908</v>
       </c>
-      <c r="F394" t="s" s="49">
+      <c r="H394" t="s" s="57">
         <v>2909</v>
       </c>
-      <c r="G394" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H394" t="s" s="57">
+      <c r="I394" t="s" s="61">
         <v>2910</v>
-      </c>
-[...1 lines deleted...]
-        <v>2911</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B395" t="s" s="33">
+        <v>2911</v>
+      </c>
+      <c r="C395" t="s" s="37">
         <v>2912</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="D395" t="s" s="41">
         <v>2913</v>
       </c>
       <c r="E395" t="s" s="45">
         <v>2914</v>
       </c>
       <c r="F395" t="s" s="49">
         <v>2915</v>
       </c>
       <c r="G395" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H395" t="s" s="57">
         <v>2916</v>
       </c>
-      <c r="H395" t="s" s="57">
+      <c r="I395" t="s" s="61">
         <v>2917</v>
-      </c>
-[...1 lines deleted...]
-        <v>2918</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B396" t="s" s="33">
+        <v>2918</v>
+      </c>
+      <c r="C396" t="s" s="37">
+        <v>1666</v>
+      </c>
+      <c r="D396" t="s" s="41">
         <v>2919</v>
       </c>
-      <c r="C396" t="s" s="37">
+      <c r="E396" t="s" s="45">
         <v>2920</v>
       </c>
-      <c r="D396" t="s" s="41">
+      <c r="F396" t="s" s="49">
         <v>2921</v>
       </c>
-      <c r="E396" t="s" s="45">
+      <c r="G396" t="s" s="53">
         <v>2922</v>
       </c>
-      <c r="F396" t="s" s="49">
+      <c r="H396" t="s" s="57">
         <v>2923</v>
       </c>
-      <c r="G396" t="s" s="53">
+      <c r="I396" t="s" s="61">
         <v>2924</v>
-      </c>
-[...4 lines deleted...]
-        <v>2926</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s" s="29">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B397" t="s" s="33">
+        <v>2444</v>
+      </c>
+      <c r="C397" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D397" t="s" s="41">
+        <v>2925</v>
+      </c>
+      <c r="E397" t="s" s="45">
+        <v>2926</v>
+      </c>
+      <c r="F397" t="s" s="49">
         <v>2927</v>
       </c>
-      <c r="C397" t="s" s="37">
+      <c r="G397" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H397" t="s" s="57">
         <v>2928</v>
       </c>
-      <c r="D397" t="s" s="41">
+      <c r="I397" t="s" s="61">
         <v>2929</v>
-      </c>
-[...13 lines deleted...]
-        <v>2933</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s" s="29">
-        <v>2862</v>
+        <v>2930</v>
       </c>
       <c r="B398" t="s" s="33">
+        <v>2931</v>
+      </c>
+      <c r="C398" t="s" s="37">
+        <v>2932</v>
+      </c>
+      <c r="D398" t="s" s="41">
+        <v>2933</v>
+      </c>
+      <c r="E398" t="s" s="45">
         <v>2934</v>
       </c>
-      <c r="C398" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D398" t="s" s="41">
+      <c r="F398" t="s" s="49">
         <v>2935</v>
       </c>
-      <c r="E398" t="s" s="45">
+      <c r="G398" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H398" t="s" s="57">
         <v>2936</v>
       </c>
-      <c r="F398" t="s" s="49">
+      <c r="I398" t="s" s="61">
         <v>2937</v>
-      </c>
-[...7 lines deleted...]
-        <v>2940</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s" s="29">
-        <v>2862</v>
+        <v>2930</v>
       </c>
       <c r="B399" t="s" s="33">
-        <v>2460</v>
+        <v>2938</v>
       </c>
       <c r="C399" t="s" s="37">
-        <v>465</v>
+        <v>2939</v>
       </c>
       <c r="D399" t="s" s="41">
+        <v>2940</v>
+      </c>
+      <c r="E399" t="s" s="45">
         <v>2941</v>
       </c>
-      <c r="E399" t="s" s="45">
+      <c r="F399" t="s" s="49">
         <v>2942</v>
       </c>
-      <c r="F399" t="s" s="49">
+      <c r="G399" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H399" t="s" s="57">
         <v>2943</v>
       </c>
-      <c r="G399" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H399" t="s" s="57">
+      <c r="I399" t="s" s="61">
         <v>2944</v>
-      </c>
-[...1 lines deleted...]
-        <v>2945</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s" s="29">
+        <v>2930</v>
+      </c>
+      <c r="B400" t="s" s="33">
+        <v>2945</v>
+      </c>
+      <c r="C400" t="s" s="37">
         <v>2946</v>
       </c>
-      <c r="B400" t="s" s="33">
+      <c r="D400" t="s" s="41">
         <v>2947</v>
       </c>
-      <c r="C400" t="s" s="37">
+      <c r="E400" t="s" s="45">
         <v>2948</v>
       </c>
-      <c r="D400" t="s" s="41">
+      <c r="F400" t="s" s="49">
         <v>2949</v>
       </c>
-      <c r="E400" t="s" s="45">
+      <c r="G400" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H400" t="s" s="57">
         <v>2950</v>
       </c>
-      <c r="F400" t="s" s="49">
+      <c r="I400" t="s" s="61">
         <v>2951</v>
-      </c>
-[...7 lines deleted...]
-        <v>2953</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B401" t="s" s="33">
+        <v>2952</v>
+      </c>
+      <c r="C401" t="s" s="37">
+        <v>2953</v>
+      </c>
+      <c r="D401" t="s" s="41">
         <v>2954</v>
       </c>
-      <c r="C401" t="s" s="37">
+      <c r="E401" t="s" s="45">
         <v>2955</v>
       </c>
-      <c r="D401" t="s" s="41">
+      <c r="F401" t="s" s="49">
         <v>2956</v>
       </c>
-      <c r="E401" t="s" s="45">
+      <c r="G401" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H401" t="s" s="57">
         <v>2957</v>
       </c>
-      <c r="F401" t="s" s="49">
+      <c r="I401" t="s" s="61">
         <v>2958</v>
-      </c>
-[...7 lines deleted...]
-        <v>2960</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B402" t="s" s="33">
+        <v>2959</v>
+      </c>
+      <c r="C402" t="s" s="37">
+        <v>2960</v>
+      </c>
+      <c r="D402" t="s" s="41">
         <v>2961</v>
       </c>
-      <c r="C402" t="s" s="37">
+      <c r="E402" t="s" s="45">
         <v>2962</v>
       </c>
-      <c r="D402" t="s" s="41">
+      <c r="F402" t="s" s="49">
         <v>2963</v>
       </c>
-      <c r="E402" t="s" s="45">
+      <c r="G402" t="s" s="53">
         <v>2964</v>
       </c>
-      <c r="F402" t="s" s="49">
+      <c r="H402" t="s" s="57">
         <v>2965</v>
       </c>
-      <c r="G402" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H402" t="s" s="57">
+      <c r="I402" t="s" s="61">
         <v>2966</v>
-      </c>
-[...1 lines deleted...]
-        <v>2967</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B403" t="s" s="33">
+        <v>2967</v>
+      </c>
+      <c r="C403" t="s" s="37">
         <v>2968</v>
       </c>
-      <c r="C403" t="s" s="37">
+      <c r="D403" t="s" s="41">
         <v>2969</v>
       </c>
-      <c r="D403" t="s" s="41">
+      <c r="E403" t="s" s="45">
         <v>2970</v>
       </c>
-      <c r="E403" t="s" s="45">
+      <c r="F403" t="s" s="49">
         <v>2971</v>
       </c>
-      <c r="F403" t="s" s="49">
+      <c r="G403" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H403" t="s" s="57">
         <v>2972</v>
       </c>
-      <c r="G403" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H403" t="s" s="57">
+      <c r="I403" t="s" s="61">
         <v>2973</v>
-      </c>
-[...1 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B404" t="s" s="33">
+        <v>2974</v>
+      </c>
+      <c r="C404" t="s" s="37">
+        <v>1666</v>
+      </c>
+      <c r="D404" t="s" s="41">
         <v>2975</v>
       </c>
-      <c r="C404" t="s" s="37">
+      <c r="E404" t="s" s="45">
         <v>2976</v>
       </c>
-      <c r="D404" t="s" s="41">
+      <c r="F404" t="s" s="49">
         <v>2977</v>
       </c>
-      <c r="E404" t="s" s="45">
+      <c r="G404" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H404" t="s" s="57">
         <v>2978</v>
       </c>
-      <c r="F404" t="s" s="49">
+      <c r="I404" t="s" s="61">
         <v>2979</v>
-      </c>
-[...7 lines deleted...]
-        <v>2982</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B405" t="s" s="33">
+        <v>2980</v>
+      </c>
+      <c r="C405" t="s" s="37">
+        <v>2981</v>
+      </c>
+      <c r="D405" t="s" s="41">
+        <v>2982</v>
+      </c>
+      <c r="E405" t="s" s="45">
         <v>2983</v>
       </c>
-      <c r="C405" t="s" s="37">
+      <c r="F405" t="s" s="49">
         <v>2984</v>
       </c>
-      <c r="D405" t="s" s="41">
+      <c r="G405" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H405" t="s" s="57">
         <v>2985</v>
       </c>
-      <c r="E405" t="s" s="45">
+      <c r="I405" t="s" s="61">
         <v>2986</v>
-      </c>
-[...10 lines deleted...]
-        <v>2989</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s" s="29">
-        <v>2946</v>
+        <v>2930</v>
       </c>
       <c r="B406" t="s" s="33">
+        <v>804</v>
+      </c>
+      <c r="C406" t="s" s="37">
+        <v>805</v>
+      </c>
+      <c r="D406" t="s" s="41">
+        <v>2987</v>
+      </c>
+      <c r="E406" t="s" s="45">
+        <v>2988</v>
+      </c>
+      <c r="F406" t="s" s="49">
+        <v>2989</v>
+      </c>
+      <c r="G406" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H406" t="s" s="57">
         <v>2990</v>
       </c>
-      <c r="C406" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D406" t="s" s="41">
+      <c r="I406" t="s" s="61">
         <v>2991</v>
-      </c>
-[...13 lines deleted...]
-        <v>2995</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s" s="29">
-        <v>2946</v>
+        <v>2992</v>
       </c>
       <c r="B407" t="s" s="33">
+        <v>2993</v>
+      </c>
+      <c r="C407" t="s" s="37">
+        <v>2994</v>
+      </c>
+      <c r="D407" t="s" s="41">
+        <v>2995</v>
+      </c>
+      <c r="E407" t="s" s="45">
         <v>2996</v>
       </c>
-      <c r="C407" t="s" s="37">
+      <c r="F407" t="s" s="49">
         <v>2997</v>
       </c>
-      <c r="D407" t="s" s="41">
+      <c r="G407" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H407" t="s" s="57">
         <v>2998</v>
       </c>
-      <c r="E407" t="s" s="45">
+      <c r="I407" t="s" s="61">
         <v>2999</v>
-      </c>
-[...10 lines deleted...]
-        <v>3002</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s" s="29">
-        <v>2946</v>
+        <v>2992</v>
       </c>
       <c r="B408" t="s" s="33">
-        <v>804</v>
+        <v>3000</v>
       </c>
       <c r="C408" t="s" s="37">
-        <v>805</v>
+        <v>3001</v>
       </c>
       <c r="D408" t="s" s="41">
+        <v>3002</v>
+      </c>
+      <c r="E408" t="s" s="45">
         <v>3003</v>
       </c>
-      <c r="E408" t="s" s="45">
+      <c r="F408" t="s" s="49">
         <v>3004</v>
       </c>
-      <c r="F408" t="s" s="49">
+      <c r="G408" t="s" s="53">
         <v>3005</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H408" t="s" s="57">
         <v>3006</v>
       </c>
       <c r="I408" t="s" s="61">
         <v>3007</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s" s="29">
+        <v>2992</v>
+      </c>
+      <c r="B409" t="s" s="33">
         <v>3008</v>
       </c>
-      <c r="B409" t="s" s="33">
+      <c r="C409" t="s" s="37">
         <v>3009</v>
       </c>
-      <c r="C409" t="s" s="37">
+      <c r="D409" t="s" s="41">
         <v>3010</v>
       </c>
-      <c r="D409" t="s" s="41">
+      <c r="E409" t="s" s="45">
         <v>3011</v>
       </c>
-      <c r="E409" t="s" s="45">
+      <c r="F409" t="s" s="49">
         <v>3012</v>
       </c>
-      <c r="F409" t="s" s="49">
+      <c r="G409" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H409" t="s" s="57">
         <v>3013</v>
       </c>
-      <c r="G409" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H409" t="s" s="57">
+      <c r="I409" t="s" s="61">
         <v>3014</v>
-      </c>
-[...1 lines deleted...]
-        <v>3015</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s" s="29">
-        <v>3008</v>
+        <v>2992</v>
       </c>
       <c r="B410" t="s" s="33">
+        <v>3015</v>
+      </c>
+      <c r="C410" t="s" s="37">
         <v>3016</v>
       </c>
-      <c r="C410" t="s" s="37">
+      <c r="D410" t="s" s="41">
         <v>3017</v>
       </c>
-      <c r="D410" t="s" s="41">
+      <c r="E410" t="s" s="45">
         <v>3018</v>
       </c>
-      <c r="E410" t="s" s="45">
+      <c r="F410" t="s" s="49">
         <v>3019</v>
       </c>
-      <c r="F410" t="s" s="49">
+      <c r="G410" t="s" s="53">
         <v>3020</v>
       </c>
-      <c r="G410" t="s" s="53">
+      <c r="H410" t="s" s="57">
         <v>3021</v>
       </c>
-      <c r="H410" t="s" s="57">
+      <c r="I410" t="s" s="61">
         <v>3022</v>
-      </c>
-[...1 lines deleted...]
-        <v>3023</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s" s="29">
-        <v>3008</v>
+        <v>2992</v>
       </c>
       <c r="B411" t="s" s="33">
+        <v>3023</v>
+      </c>
+      <c r="C411" t="s" s="37">
         <v>3024</v>
       </c>
-      <c r="C411" t="s" s="37">
+      <c r="D411" t="s" s="41">
         <v>3025</v>
       </c>
-      <c r="D411" t="s" s="41">
+      <c r="E411" t="s" s="45">
         <v>3026</v>
       </c>
-      <c r="E411" t="s" s="45">
+      <c r="F411" t="s" s="49">
         <v>3027</v>
       </c>
-      <c r="F411" t="s" s="49">
+      <c r="G411" t="s" s="53">
         <v>3028</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H411" t="s" s="57">
         <v>3029</v>
       </c>
       <c r="I411" t="s" s="61">
         <v>3030</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s" s="29">
-        <v>3008</v>
+        <v>3031</v>
       </c>
       <c r="B412" t="s" s="33">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="C412" t="s" s="37">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="D412" t="s" s="41">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="E412" t="s" s="45">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="F412" t="s" s="49">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="G412" t="s" s="53">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="H412" t="s" s="57">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="I412" t="s" s="61">
-        <v>3038</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s" s="29">
-        <v>3008</v>
+        <v>3040</v>
       </c>
       <c r="B413" t="s" s="33">
-        <v>3039</v>
+        <v>3041</v>
       </c>
       <c r="C413" t="s" s="37">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="D413" t="s" s="41">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="E413" t="s" s="45">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="F413" t="s" s="49">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="G413" t="s" s="53">
-        <v>3044</v>
+        <v>31</v>
       </c>
       <c r="H413" t="s" s="57">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="I413" t="s" s="61">
-        <v>3046</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s" s="29">
-        <v>3047</v>
+        <v>3040</v>
       </c>
       <c r="B414" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C414" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D414" t="s" s="41">
         <v>3048</v>
       </c>
-      <c r="C414" t="s" s="37">
+      <c r="E414" t="s" s="45">
         <v>3049</v>
       </c>
-      <c r="D414" t="s" s="41">
+      <c r="F414" t="s" s="49">
         <v>3050</v>
       </c>
-      <c r="E414" t="s" s="45">
+      <c r="G414" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H414" t="s" s="57">
         <v>3051</v>
       </c>
-      <c r="F414" t="s" s="49">
+      <c r="I414" t="s" s="61">
         <v>3052</v>
-      </c>
-[...7 lines deleted...]
-        <v>3055</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s" s="29">
+        <v>3040</v>
+      </c>
+      <c r="B415" t="s" s="33">
+        <v>3053</v>
+      </c>
+      <c r="C415" t="s" s="37">
+        <v>3054</v>
+      </c>
+      <c r="D415" t="s" s="41">
+        <v>3055</v>
+      </c>
+      <c r="E415" t="s" s="45">
         <v>3056</v>
       </c>
-      <c r="B415" t="s" s="33">
+      <c r="F415" t="s" s="49">
         <v>3057</v>
       </c>
-      <c r="C415" t="s" s="37">
+      <c r="G415" t="s" s="53">
         <v>3058</v>
       </c>
-      <c r="D415" t="s" s="41">
+      <c r="H415" t="s" s="57">
         <v>3059</v>
       </c>
-      <c r="E415" t="s" s="45">
+      <c r="I415" t="s" s="61">
         <v>3060</v>
-      </c>
-[...10 lines deleted...]
-        <v>3063</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B416" t="s" s="33">
-        <v>718</v>
+        <v>3061</v>
       </c>
       <c r="C416" t="s" s="37">
-        <v>465</v>
+        <v>3062</v>
       </c>
       <c r="D416" t="s" s="41">
+        <v>3063</v>
+      </c>
+      <c r="E416" t="s" s="45">
         <v>3064</v>
       </c>
-      <c r="E416" t="s" s="45">
+      <c r="F416" t="s" s="49">
         <v>3065</v>
       </c>
-      <c r="F416" t="s" s="49">
+      <c r="G416" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H416" t="s" s="57">
         <v>3066</v>
       </c>
-      <c r="G416" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H416" t="s" s="57">
+      <c r="I416" t="s" s="61">
         <v>3067</v>
-      </c>
-[...1 lines deleted...]
-        <v>3068</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B417" t="s" s="33">
+        <v>3068</v>
+      </c>
+      <c r="C417" t="s" s="37">
         <v>3069</v>
       </c>
-      <c r="C417" t="s" s="37">
+      <c r="D417" t="s" s="41">
         <v>3070</v>
       </c>
-      <c r="D417" t="s" s="41">
+      <c r="E417" t="s" s="45">
         <v>3071</v>
       </c>
-      <c r="E417" t="s" s="45">
+      <c r="F417" t="s" s="49">
         <v>3072</v>
       </c>
-      <c r="F417" t="s" s="49">
+      <c r="G417" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H417" t="s" s="57">
         <v>3073</v>
       </c>
-      <c r="G417" t="s" s="53">
+      <c r="I417" t="s" s="61">
         <v>3074</v>
-      </c>
-[...4 lines deleted...]
-        <v>3076</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B418" t="s" s="33">
+        <v>3075</v>
+      </c>
+      <c r="C418" t="s" s="37">
+        <v>3076</v>
+      </c>
+      <c r="D418" t="s" s="41">
         <v>3077</v>
       </c>
-      <c r="C418" t="s" s="37">
+      <c r="E418" t="s" s="45">
         <v>3078</v>
       </c>
-      <c r="D418" t="s" s="41">
+      <c r="F418" t="s" s="49">
         <v>3079</v>
       </c>
-      <c r="E418" t="s" s="45">
+      <c r="G418" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H418" t="s" s="57">
         <v>3080</v>
       </c>
-      <c r="F418" t="s" s="49">
+      <c r="I418" t="s" s="61">
         <v>3081</v>
-      </c>
-[...7 lines deleted...]
-        <v>3083</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B419" t="s" s="33">
+        <v>3082</v>
+      </c>
+      <c r="C419" t="s" s="37">
+        <v>3083</v>
+      </c>
+      <c r="D419" t="s" s="41">
         <v>3084</v>
       </c>
-      <c r="C419" t="s" s="37">
+      <c r="E419" t="s" s="45">
         <v>3085</v>
       </c>
-      <c r="D419" t="s" s="41">
+      <c r="F419" t="s" s="49">
         <v>3086</v>
       </c>
-      <c r="E419" t="s" s="45">
+      <c r="G419" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H419" t="s" s="57">
         <v>3087</v>
       </c>
-      <c r="F419" t="s" s="49">
+      <c r="I419" t="s" s="61">
         <v>3088</v>
-      </c>
-[...7 lines deleted...]
-        <v>3090</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B420" t="s" s="33">
+        <v>3089</v>
+      </c>
+      <c r="C420" t="s" s="37">
+        <v>3090</v>
+      </c>
+      <c r="D420" t="s" s="41">
         <v>3091</v>
       </c>
-      <c r="C420" t="s" s="37">
+      <c r="E420" t="s" s="45">
         <v>3092</v>
       </c>
-      <c r="D420" t="s" s="41">
+      <c r="F420" t="s" s="49">
         <v>3093</v>
       </c>
-      <c r="E420" t="s" s="45">
+      <c r="G420" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H420" t="s" s="57">
         <v>3094</v>
       </c>
-      <c r="F420" t="s" s="49">
+      <c r="I420" t="s" s="61">
         <v>3095</v>
-      </c>
-[...7 lines deleted...]
-        <v>3097</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B421" t="s" s="33">
+        <v>3096</v>
+      </c>
+      <c r="C421" t="s" s="37">
+        <v>3097</v>
+      </c>
+      <c r="D421" t="s" s="41">
         <v>3098</v>
       </c>
-      <c r="C421" t="s" s="37">
+      <c r="E421" t="s" s="45">
         <v>3099</v>
       </c>
-      <c r="D421" t="s" s="41">
+      <c r="F421" t="s" s="49">
         <v>3100</v>
       </c>
-      <c r="E421" t="s" s="45">
+      <c r="G421" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H421" t="s" s="57">
         <v>3101</v>
       </c>
-      <c r="F421" t="s" s="49">
+      <c r="I421" t="s" s="61">
         <v>3102</v>
-      </c>
-[...7 lines deleted...]
-        <v>3104</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s" s="29">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B422" t="s" s="33">
+        <v>3103</v>
+      </c>
+      <c r="C422" t="s" s="37">
+        <v>3104</v>
+      </c>
+      <c r="D422" t="s" s="41">
         <v>3105</v>
       </c>
-      <c r="C422" t="s" s="37">
+      <c r="E422" t="s" s="45">
         <v>3106</v>
       </c>
-      <c r="D422" t="s" s="41">
+      <c r="F422" t="s" s="49">
         <v>3107</v>
       </c>
-      <c r="E422" t="s" s="45">
+      <c r="G422" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H422" t="s" s="57">
         <v>3108</v>
       </c>
-      <c r="F422" t="s" s="49">
+      <c r="I422" t="s" s="61">
         <v>3109</v>
-      </c>
-[...7 lines deleted...]
-        <v>3111</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s" s="29">
-        <v>3056</v>
+        <v>3110</v>
       </c>
       <c r="B423" t="s" s="33">
+        <v>3111</v>
+      </c>
+      <c r="C423" t="s" s="37">
         <v>3112</v>
       </c>
-      <c r="C423" t="s" s="37">
+      <c r="D423" t="s" s="41">
         <v>3113</v>
       </c>
-      <c r="D423" t="s" s="41">
+      <c r="E423" t="s" s="45">
         <v>3114</v>
       </c>
-      <c r="E423" t="s" s="45">
+      <c r="F423" t="s" s="49">
         <v>3115</v>
       </c>
-      <c r="F423" t="s" s="49">
+      <c r="G423" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H423" t="s" s="57">
         <v>3116</v>
       </c>
-      <c r="G423" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H423" t="s" s="57">
+      <c r="I423" t="s" s="61">
         <v>3117</v>
-      </c>
-[...1 lines deleted...]
-        <v>3118</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s" s="29">
-        <v>3056</v>
+        <v>3110</v>
       </c>
       <c r="B424" t="s" s="33">
+        <v>3118</v>
+      </c>
+      <c r="C424" t="s" s="37">
         <v>3119</v>
       </c>
-      <c r="C424" t="s" s="37">
+      <c r="D424" t="s" s="41">
         <v>3120</v>
       </c>
-      <c r="D424" t="s" s="41">
+      <c r="E424" t="s" s="45">
         <v>3121</v>
       </c>
-      <c r="E424" t="s" s="45">
+      <c r="F424" t="s" s="49">
         <v>3122</v>
       </c>
-      <c r="F424" t="s" s="49">
+      <c r="G424" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H424" t="s" s="57">
         <v>3123</v>
       </c>
-      <c r="G424" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H424" t="s" s="57">
+      <c r="I424" t="s" s="61">
         <v>3124</v>
-      </c>
-[...1 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s" s="29">
+        <v>3110</v>
+      </c>
+      <c r="B425" t="s" s="33">
+        <v>3125</v>
+      </c>
+      <c r="C425" t="s" s="37">
         <v>3126</v>
       </c>
-      <c r="B425" t="s" s="33">
+      <c r="D425" t="s" s="41">
         <v>3127</v>
       </c>
-      <c r="C425" t="s" s="37">
+      <c r="E425" t="s" s="45">
         <v>3128</v>
       </c>
-      <c r="D425" t="s" s="41">
+      <c r="F425" t="s" s="49">
         <v>3129</v>
       </c>
-      <c r="E425" t="s" s="45">
+      <c r="G425" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H425" t="s" s="57">
         <v>3130</v>
       </c>
-      <c r="F425" t="s" s="49">
+      <c r="I425" t="s" s="61">
         <v>3131</v>
-      </c>
-[...7 lines deleted...]
-        <v>3133</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s" s="29">
-        <v>3126</v>
+        <v>3110</v>
       </c>
       <c r="B426" t="s" s="33">
+        <v>3132</v>
+      </c>
+      <c r="C426" t="s" s="37">
+        <v>3133</v>
+      </c>
+      <c r="D426" t="s" s="41">
         <v>3134</v>
       </c>
-      <c r="C426" t="s" s="37">
+      <c r="E426" t="s" s="45">
         <v>3135</v>
       </c>
-      <c r="D426" t="s" s="41">
+      <c r="F426" t="s" s="49">
         <v>3136</v>
       </c>
-      <c r="E426" t="s" s="45">
+      <c r="G426" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H426" t="s" s="57">
         <v>3137</v>
       </c>
-      <c r="F426" t="s" s="49">
+      <c r="I426" t="s" s="61">
         <v>3138</v>
-      </c>
-[...7 lines deleted...]
-        <v>3140</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s" s="29">
-        <v>3126</v>
+        <v>3139</v>
       </c>
       <c r="B427" t="s" s="33">
+        <v>3140</v>
+      </c>
+      <c r="C427" t="s" s="37">
         <v>3141</v>
       </c>
-      <c r="C427" t="s" s="37">
+      <c r="D427" t="s" s="41">
         <v>3142</v>
       </c>
-      <c r="D427" t="s" s="41">
+      <c r="E427" t="s" s="45">
         <v>3143</v>
       </c>
-      <c r="E427" t="s" s="45">
+      <c r="F427" t="s" s="49">
         <v>3144</v>
       </c>
-      <c r="F427" t="s" s="49">
+      <c r="G427" t="s" s="53">
         <v>3145</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H427" t="s" s="57">
         <v>3146</v>
       </c>
       <c r="I427" t="s" s="61">
         <v>3147</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s" s="29">
-        <v>3126</v>
+        <v>3139</v>
       </c>
       <c r="B428" t="s" s="33">
         <v>3148</v>
       </c>
       <c r="C428" t="s" s="37">
         <v>3149</v>
       </c>
       <c r="D428" t="s" s="41">
         <v>3150</v>
       </c>
       <c r="E428" t="s" s="45">
         <v>3151</v>
       </c>
       <c r="F428" t="s" s="49">
         <v>3152</v>
       </c>
       <c r="G428" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H428" t="s" s="57">
         <v>3153</v>
       </c>
       <c r="I428" t="s" s="61">
         <v>3154</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s" s="29">
+        <v>3139</v>
+      </c>
+      <c r="B429" t="s" s="33">
+        <v>641</v>
+      </c>
+      <c r="C429" t="s" s="37">
+        <v>642</v>
+      </c>
+      <c r="D429" t="s" s="41">
         <v>3155</v>
       </c>
-      <c r="B429" t="s" s="33">
+      <c r="E429" t="s" s="45">
         <v>3156</v>
       </c>
-      <c r="C429" t="s" s="37">
+      <c r="F429" t="s" s="49">
         <v>3157</v>
       </c>
-      <c r="D429" t="s" s="41">
+      <c r="G429" t="s" s="53">
         <v>3158</v>
       </c>
-      <c r="E429" t="s" s="45">
+      <c r="H429" t="s" s="57">
         <v>3159</v>
       </c>
-      <c r="F429" t="s" s="49">
+      <c r="I429" t="s" s="61">
         <v>3160</v>
-      </c>
-[...7 lines deleted...]
-        <v>3163</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s" s="29">
-        <v>3155</v>
+        <v>3139</v>
       </c>
       <c r="B430" t="s" s="33">
+        <v>3161</v>
+      </c>
+      <c r="C430" t="s" s="37">
+        <v>3162</v>
+      </c>
+      <c r="D430" t="s" s="41">
+        <v>3163</v>
+      </c>
+      <c r="E430" t="s" s="45">
         <v>3164</v>
       </c>
-      <c r="C430" t="s" s="37">
+      <c r="F430" t="s" s="49">
         <v>3165</v>
       </c>
-      <c r="D430" t="s" s="41">
+      <c r="G430" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H430" t="s" s="57">
         <v>3166</v>
       </c>
-      <c r="E430" t="s" s="45">
+      <c r="I430" t="s" s="61">
         <v>3167</v>
-      </c>
-[...10 lines deleted...]
-        <v>3170</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s" s="29">
-        <v>3155</v>
+        <v>3139</v>
       </c>
       <c r="B431" t="s" s="33">
-        <v>641</v>
+        <v>3168</v>
       </c>
       <c r="C431" t="s" s="37">
-        <v>642</v>
+        <v>3169</v>
       </c>
       <c r="D431" t="s" s="41">
+        <v>3170</v>
+      </c>
+      <c r="E431" t="s" s="45">
         <v>3171</v>
       </c>
-      <c r="E431" t="s" s="45">
+      <c r="F431" t="s" s="49">
         <v>3172</v>
       </c>
-      <c r="F431" t="s" s="49">
+      <c r="G431" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H431" t="s" s="57">
         <v>3173</v>
       </c>
-      <c r="G431" t="s" s="53">
+      <c r="I431" t="s" s="61">
         <v>3174</v>
-      </c>
-[...4 lines deleted...]
-        <v>3176</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s" s="29">
-        <v>3155</v>
+        <v>3175</v>
       </c>
       <c r="B432" t="s" s="33">
+        <v>3176</v>
+      </c>
+      <c r="C432" t="s" s="37">
         <v>3177</v>
       </c>
-      <c r="C432" t="s" s="37">
+      <c r="D432" t="s" s="41">
         <v>3178</v>
       </c>
-      <c r="D432" t="s" s="41">
+      <c r="E432" t="s" s="45">
         <v>3179</v>
       </c>
-      <c r="E432" t="s" s="45">
+      <c r="F432" t="s" s="49">
         <v>3180</v>
       </c>
-      <c r="F432" t="s" s="49">
+      <c r="G432" t="s" s="53">
         <v>3181</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H432" t="s" s="57">
         <v>3182</v>
       </c>
       <c r="I432" t="s" s="61">
         <v>3183</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s" s="29">
-        <v>3155</v>
+        <v>3175</v>
       </c>
       <c r="B433" t="s" s="33">
         <v>3184</v>
       </c>
       <c r="C433" t="s" s="37">
         <v>3185</v>
       </c>
       <c r="D433" t="s" s="41">
         <v>3186</v>
       </c>
       <c r="E433" t="s" s="45">
         <v>3187</v>
       </c>
       <c r="F433" t="s" s="49">
         <v>3188</v>
       </c>
       <c r="G433" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H433" t="s" s="57">
         <v>3189</v>
       </c>
       <c r="I433" t="s" s="61">
         <v>3190</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s" s="29">
+        <v>3175</v>
+      </c>
+      <c r="B434" t="s" s="33">
         <v>3191</v>
       </c>
-      <c r="B434" t="s" s="33">
+      <c r="C434" t="s" s="37">
         <v>3192</v>
       </c>
-      <c r="C434" t="s" s="37">
+      <c r="D434" t="s" s="41">
         <v>3193</v>
       </c>
-      <c r="D434" t="s" s="41">
+      <c r="E434" t="s" s="45">
         <v>3194</v>
       </c>
-      <c r="E434" t="s" s="45">
+      <c r="F434" t="s" s="49">
         <v>3195</v>
       </c>
-      <c r="F434" t="s" s="49">
+      <c r="G434" t="s" s="53">
         <v>3196</v>
       </c>
-      <c r="G434" t="s" s="53">
+      <c r="H434" t="s" s="57">
         <v>3197</v>
       </c>
-      <c r="H434" t="s" s="57">
+      <c r="I434" t="s" s="61">
         <v>3198</v>
-      </c>
-[...1 lines deleted...]
-        <v>3199</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s" s="29">
-        <v>3191</v>
+        <v>3175</v>
       </c>
       <c r="B435" t="s" s="33">
+        <v>3199</v>
+      </c>
+      <c r="C435" t="s" s="37">
         <v>3200</v>
       </c>
-      <c r="C435" t="s" s="37">
+      <c r="D435" t="s" s="41">
         <v>3201</v>
       </c>
-      <c r="D435" t="s" s="41">
+      <c r="E435" t="s" s="45">
         <v>3202</v>
       </c>
-      <c r="E435" t="s" s="45">
+      <c r="F435" t="s" s="49">
         <v>3203</v>
       </c>
-      <c r="F435" t="s" s="49">
+      <c r="G435" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H435" t="s" s="57">
         <v>3204</v>
       </c>
-      <c r="G435" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H435" t="s" s="57">
+      <c r="I435" t="s" s="61">
         <v>3205</v>
-      </c>
-[...1 lines deleted...]
-        <v>3206</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s" s="29">
-        <v>3191</v>
+        <v>3175</v>
       </c>
       <c r="B436" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C436" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D436" t="s" s="41">
+        <v>3206</v>
+      </c>
+      <c r="E436" t="s" s="45">
         <v>3207</v>
       </c>
-      <c r="C436" t="s" s="37">
+      <c r="F436" t="s" s="49">
         <v>3208</v>
       </c>
-      <c r="D436" t="s" s="41">
+      <c r="G436" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H436" t="s" s="57">
         <v>3209</v>
       </c>
-      <c r="E436" t="s" s="45">
+      <c r="I436" t="s" s="61">
         <v>3210</v>
-      </c>
-[...10 lines deleted...]
-        <v>3214</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s" s="29">
-        <v>3191</v>
+        <v>3175</v>
       </c>
       <c r="B437" t="s" s="33">
+        <v>3211</v>
+      </c>
+      <c r="C437" t="s" s="37">
+        <v>3212</v>
+      </c>
+      <c r="D437" t="s" s="41">
+        <v>3213</v>
+      </c>
+      <c r="E437" t="s" s="45">
+        <v>3214</v>
+      </c>
+      <c r="F437" t="s" s="49">
         <v>3215</v>
       </c>
-      <c r="C437" t="s" s="37">
+      <c r="G437" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H437" t="s" s="57">
         <v>3216</v>
       </c>
-      <c r="D437" t="s" s="41">
+      <c r="I437" t="s" s="61">
         <v>3217</v>
-      </c>
-[...13 lines deleted...]
-        <v>3221</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s" s="29">
-        <v>3191</v>
+        <v>3218</v>
       </c>
       <c r="B438" t="s" s="33">
-        <v>718</v>
+        <v>3219</v>
       </c>
       <c r="C438" t="s" s="37">
-        <v>465</v>
+        <v>3220</v>
       </c>
       <c r="D438" t="s" s="41">
+        <v>3221</v>
+      </c>
+      <c r="E438" t="s" s="45">
         <v>3222</v>
       </c>
-      <c r="E438" t="s" s="45">
+      <c r="F438" t="s" s="49">
         <v>3223</v>
       </c>
-      <c r="F438" t="s" s="49">
+      <c r="G438" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H438" t="s" s="57">
         <v>3224</v>
       </c>
-      <c r="G438" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H438" t="s" s="57">
+      <c r="I438" t="s" s="61">
         <v>3225</v>
-      </c>
-[...1 lines deleted...]
-        <v>3226</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s" s="29">
-        <v>3191</v>
+        <v>3218</v>
       </c>
       <c r="B439" t="s" s="33">
+        <v>3226</v>
+      </c>
+      <c r="C439" t="s" s="37">
         <v>3227</v>
       </c>
-      <c r="C439" t="s" s="37">
+      <c r="D439" t="s" s="41">
         <v>3228</v>
       </c>
-      <c r="D439" t="s" s="41">
+      <c r="E439" t="s" s="45">
         <v>3229</v>
       </c>
-      <c r="E439" t="s" s="45">
+      <c r="F439" t="s" s="49">
         <v>3230</v>
       </c>
-      <c r="F439" t="s" s="49">
+      <c r="G439" t="s" s="53">
         <v>3231</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H439" t="s" s="57">
         <v>3232</v>
       </c>
       <c r="I439" t="s" s="61">
         <v>3233</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s" s="29">
+        <v>3218</v>
+      </c>
+      <c r="B440" t="s" s="33">
+        <v>2702</v>
+      </c>
+      <c r="C440" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D440" t="s" s="41">
         <v>3234</v>
       </c>
-      <c r="B440" t="s" s="33">
+      <c r="E440" t="s" s="45">
         <v>3235</v>
       </c>
-      <c r="C440" t="s" s="37">
+      <c r="F440" t="s" s="49">
         <v>3236</v>
       </c>
-      <c r="D440" t="s" s="41">
+      <c r="G440" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H440" t="s" s="57">
         <v>3237</v>
       </c>
-      <c r="E440" t="s" s="45">
+      <c r="I440" t="s" s="61">
         <v>3238</v>
-      </c>
-[...10 lines deleted...]
-        <v>3241</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s" s="29">
-        <v>3234</v>
+        <v>3218</v>
       </c>
       <c r="B441" t="s" s="33">
+        <v>641</v>
+      </c>
+      <c r="C441" t="s" s="37">
+        <v>642</v>
+      </c>
+      <c r="D441" t="s" s="41">
+        <v>3239</v>
+      </c>
+      <c r="E441" t="s" s="45">
+        <v>3240</v>
+      </c>
+      <c r="F441" t="s" s="49">
+        <v>3241</v>
+      </c>
+      <c r="G441" t="s" s="53">
         <v>3242</v>
       </c>
-      <c r="C441" t="s" s="37">
+      <c r="H441" t="s" s="57">
         <v>3243</v>
       </c>
-      <c r="D441" t="s" s="41">
+      <c r="I441" t="s" s="61">
         <v>3244</v>
-      </c>
-[...13 lines deleted...]
-        <v>3249</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s" s="29">
-        <v>3234</v>
+        <v>3218</v>
       </c>
       <c r="B442" t="s" s="33">
-        <v>2718</v>
+        <v>3245</v>
       </c>
       <c r="C442" t="s" s="37">
-        <v>465</v>
+        <v>3246</v>
       </c>
       <c r="D442" t="s" s="41">
+        <v>3247</v>
+      </c>
+      <c r="E442" t="s" s="45">
+        <v>3248</v>
+      </c>
+      <c r="F442" t="s" s="49">
+        <v>3249</v>
+      </c>
+      <c r="G442" t="s" s="53">
         <v>3250</v>
       </c>
-      <c r="E442" t="s" s="45">
+      <c r="H442" t="s" s="57">
         <v>3251</v>
       </c>
-      <c r="F442" t="s" s="49">
+      <c r="I442" t="s" s="61">
         <v>3252</v>
-      </c>
-[...7 lines deleted...]
-        <v>3254</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s" s="29">
-        <v>3234</v>
+        <v>3253</v>
       </c>
       <c r="B443" t="s" s="33">
-        <v>641</v>
+        <v>3254</v>
       </c>
       <c r="C443" t="s" s="37">
-        <v>642</v>
+        <v>3255</v>
       </c>
       <c r="D443" t="s" s="41">
-        <v>3255</v>
+        <v>3256</v>
       </c>
       <c r="E443" t="s" s="45">
-        <v>3256</v>
+        <v>3257</v>
       </c>
       <c r="F443" t="s" s="49">
-        <v>3257</v>
+        <v>3258</v>
       </c>
       <c r="G443" t="s" s="53">
-        <v>3258</v>
+        <v>31</v>
       </c>
       <c r="H443" t="s" s="57">
         <v>3259</v>
       </c>
       <c r="I443" t="s" s="61">
         <v>3260</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s" s="29">
-        <v>3234</v>
+        <v>3253</v>
       </c>
       <c r="B444" t="s" s="33">
         <v>3261</v>
       </c>
       <c r="C444" t="s" s="37">
         <v>3262</v>
       </c>
       <c r="D444" t="s" s="41">
         <v>3263</v>
       </c>
       <c r="E444" t="s" s="45">
         <v>3264</v>
       </c>
       <c r="F444" t="s" s="49">
         <v>3265</v>
       </c>
       <c r="G444" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H444" t="s" s="57">
         <v>3266</v>
       </c>
-      <c r="H444" t="s" s="57">
+      <c r="I444" t="s" s="61">
         <v>3267</v>
-      </c>
-[...1 lines deleted...]
-        <v>3268</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s" s="29">
+        <v>3253</v>
+      </c>
+      <c r="B445" t="s" s="33">
+        <v>3268</v>
+      </c>
+      <c r="C445" t="s" s="37">
         <v>3269</v>
       </c>
-      <c r="B445" t="s" s="33">
+      <c r="D445" t="s" s="41">
         <v>3270</v>
       </c>
-      <c r="C445" t="s" s="37">
+      <c r="E445" t="s" s="45">
         <v>3271</v>
       </c>
-      <c r="D445" t="s" s="41">
+      <c r="F445" t="s" s="49">
         <v>3272</v>
       </c>
-      <c r="E445" t="s" s="45">
+      <c r="G445" t="s" s="53">
         <v>3273</v>
       </c>
-      <c r="F445" t="s" s="49">
+      <c r="H445" t="s" s="57">
         <v>3274</v>
       </c>
-      <c r="G445" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H445" t="s" s="57">
+      <c r="I445" t="s" s="61">
         <v>3275</v>
-      </c>
-[...1 lines deleted...]
-        <v>3276</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s" s="29">
-        <v>3269</v>
+        <v>3276</v>
       </c>
       <c r="B446" t="s" s="33">
         <v>3277</v>
       </c>
       <c r="C446" t="s" s="37">
+        <v>674</v>
+      </c>
+      <c r="D446" t="s" s="41">
         <v>3278</v>
       </c>
-      <c r="D446" t="s" s="41">
+      <c r="E446" t="s" s="45">
         <v>3279</v>
       </c>
-      <c r="E446" t="s" s="45">
+      <c r="F446" t="s" s="49">
         <v>3280</v>
       </c>
-      <c r="F446" t="s" s="49">
+      <c r="G446" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H446" t="s" s="57">
         <v>3281</v>
       </c>
-      <c r="G446" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H446" t="s" s="57">
+      <c r="I446" t="s" s="61">
         <v>3282</v>
-      </c>
-[...1 lines deleted...]
-        <v>3283</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s" s="29">
-        <v>3269</v>
+        <v>3276</v>
       </c>
       <c r="B447" t="s" s="33">
+        <v>1241</v>
+      </c>
+      <c r="C447" t="s" s="37">
+        <v>1242</v>
+      </c>
+      <c r="D447" t="s" s="41">
+        <v>3283</v>
+      </c>
+      <c r="E447" t="s" s="45">
         <v>3284</v>
       </c>
-      <c r="C447" t="s" s="37">
+      <c r="F447" t="s" s="49">
         <v>3285</v>
       </c>
-      <c r="D447" t="s" s="41">
+      <c r="G447" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H447" t="s" s="57">
         <v>3286</v>
       </c>
-      <c r="E447" t="s" s="45">
+      <c r="I447" t="s" s="61">
         <v>3287</v>
-      </c>
-[...10 lines deleted...]
-        <v>3291</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s" s="29">
+        <v>3276</v>
+      </c>
+      <c r="B448" t="s" s="33">
+        <v>3288</v>
+      </c>
+      <c r="C448" t="s" s="37">
+        <v>3289</v>
+      </c>
+      <c r="D448" t="s" s="41">
+        <v>3290</v>
+      </c>
+      <c r="E448" t="s" s="45">
+        <v>3291</v>
+      </c>
+      <c r="F448" t="s" s="49">
         <v>3292</v>
       </c>
-      <c r="B448" t="s" s="33">
+      <c r="G448" t="s" s="53">
         <v>3293</v>
       </c>
-      <c r="C448" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D448" t="s" s="41">
+      <c r="H448" t="s" s="57">
         <v>3294</v>
       </c>
-      <c r="E448" t="s" s="45">
+      <c r="I448" t="s" s="61">
         <v>3295</v>
-      </c>
-[...10 lines deleted...]
-        <v>3298</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s" s="29">
-        <v>3292</v>
+        <v>3276</v>
       </c>
       <c r="B449" t="s" s="33">
-        <v>1264</v>
+        <v>3296</v>
       </c>
       <c r="C449" t="s" s="37">
-        <v>1265</v>
+        <v>3297</v>
       </c>
       <c r="D449" t="s" s="41">
+        <v>3298</v>
+      </c>
+      <c r="E449" t="s" s="45">
         <v>3299</v>
       </c>
-      <c r="E449" t="s" s="45">
+      <c r="F449" t="s" s="49">
         <v>3300</v>
       </c>
-      <c r="F449" t="s" s="49">
+      <c r="G449" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H449" t="s" s="57">
         <v>3301</v>
       </c>
-      <c r="G449" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H449" t="s" s="57">
+      <c r="I449" t="s" s="61">
         <v>3302</v>
-      </c>
-[...1 lines deleted...]
-        <v>3303</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s" s="29">
-        <v>3292</v>
+        <v>3303</v>
       </c>
       <c r="B450" t="s" s="33">
         <v>3304</v>
       </c>
       <c r="C450" t="s" s="37">
         <v>3305</v>
       </c>
       <c r="D450" t="s" s="41">
         <v>3306</v>
       </c>
       <c r="E450" t="s" s="45">
         <v>3307</v>
       </c>
       <c r="F450" t="s" s="49">
         <v>3308</v>
       </c>
       <c r="G450" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H450" t="s" s="57">
         <v>3309</v>
       </c>
-      <c r="H450" t="s" s="57">
+      <c r="I450" t="s" s="61">
         <v>3310</v>
-      </c>
-[...1 lines deleted...]
-        <v>3311</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s" s="29">
-        <v>3292</v>
+        <v>3303</v>
       </c>
       <c r="B451" t="s" s="33">
+        <v>3311</v>
+      </c>
+      <c r="C451" t="s" s="37">
         <v>3312</v>
       </c>
-      <c r="C451" t="s" s="37">
+      <c r="D451" t="s" s="41">
         <v>3313</v>
       </c>
-      <c r="D451" t="s" s="41">
+      <c r="E451" t="s" s="45">
         <v>3314</v>
       </c>
-      <c r="E451" t="s" s="45">
+      <c r="F451" t="s" s="49">
         <v>3315</v>
       </c>
-      <c r="F451" t="s" s="49">
+      <c r="G451" t="s" s="53">
         <v>3316</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H451" t="s" s="57">
         <v>3317</v>
       </c>
       <c r="I451" t="s" s="61">
         <v>3318</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s" s="29">
+        <v>3303</v>
+      </c>
+      <c r="B452" t="s" s="33">
         <v>3319</v>
       </c>
-      <c r="B452" t="s" s="33">
+      <c r="C452" t="s" s="37">
         <v>3320</v>
       </c>
-      <c r="C452" t="s" s="37">
+      <c r="D452" t="s" s="41">
         <v>3321</v>
       </c>
-      <c r="D452" t="s" s="41">
+      <c r="E452" t="s" s="45">
         <v>3322</v>
       </c>
-      <c r="E452" t="s" s="45">
+      <c r="F452" t="s" s="49">
         <v>3323</v>
       </c>
-      <c r="F452" t="s" s="49">
+      <c r="G452" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H452" t="s" s="57">
         <v>3324</v>
       </c>
-      <c r="G452" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H452" t="s" s="57">
+      <c r="I452" t="s" s="61">
         <v>3325</v>
-      </c>
-[...1 lines deleted...]
-        <v>3326</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s" s="29">
-        <v>3319</v>
+        <v>3326</v>
       </c>
       <c r="B453" t="s" s="33">
         <v>3327</v>
       </c>
       <c r="C453" t="s" s="37">
         <v>3328</v>
       </c>
       <c r="D453" t="s" s="41">
         <v>3329</v>
       </c>
       <c r="E453" t="s" s="45">
         <v>3330</v>
       </c>
       <c r="F453" t="s" s="49">
         <v>3331</v>
       </c>
       <c r="G453" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H453" t="s" s="57">
         <v>3332</v>
       </c>
-      <c r="H453" t="s" s="57">
+      <c r="I453" t="s" s="61">
         <v>3333</v>
-      </c>
-[...1 lines deleted...]
-        <v>3334</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s" s="29">
-        <v>3319</v>
+        <v>3326</v>
       </c>
       <c r="B454" t="s" s="33">
+        <v>3334</v>
+      </c>
+      <c r="C454" t="s" s="37">
+        <v>1480</v>
+      </c>
+      <c r="D454" t="s" s="41">
         <v>3335</v>
       </c>
-      <c r="C454" t="s" s="37">
+      <c r="E454" t="s" s="45">
         <v>3336</v>
       </c>
-      <c r="D454" t="s" s="41">
+      <c r="F454" t="s" s="49">
         <v>3337</v>
       </c>
-      <c r="E454" t="s" s="45">
+      <c r="G454" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H454" t="s" s="57">
         <v>3338</v>
       </c>
-      <c r="F454" t="s" s="49">
+      <c r="I454" t="s" s="61">
         <v>3339</v>
-      </c>
-[...7 lines deleted...]
-        <v>3341</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s" s="29">
+        <v>3326</v>
+      </c>
+      <c r="B455" t="s" s="33">
+        <v>3340</v>
+      </c>
+      <c r="C455" t="s" s="37">
+        <v>3341</v>
+      </c>
+      <c r="D455" t="s" s="41">
         <v>3342</v>
       </c>
-      <c r="B455" t="s" s="33">
+      <c r="E455" t="s" s="45">
         <v>3343</v>
       </c>
-      <c r="C455" t="s" s="37">
+      <c r="F455" t="s" s="49">
         <v>3344</v>
       </c>
-      <c r="D455" t="s" s="41">
+      <c r="G455" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H455" t="s" s="57">
         <v>3345</v>
       </c>
-      <c r="E455" t="s" s="45">
+      <c r="I455" t="s" s="61">
         <v>3346</v>
-      </c>
-[...10 lines deleted...]
-        <v>3349</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s" s="29">
-        <v>3342</v>
+        <v>3326</v>
       </c>
       <c r="B456" t="s" s="33">
+        <v>3347</v>
+      </c>
+      <c r="C456" t="s" s="37">
+        <v>3348</v>
+      </c>
+      <c r="D456" t="s" s="41">
+        <v>3349</v>
+      </c>
+      <c r="E456" t="s" s="45">
         <v>3350</v>
       </c>
-      <c r="C456" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D456" t="s" s="41">
+      <c r="F456" t="s" s="49">
         <v>3351</v>
       </c>
-      <c r="E456" t="s" s="45">
+      <c r="G456" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H456" t="s" s="57">
         <v>3352</v>
       </c>
-      <c r="F456" t="s" s="49">
+      <c r="I456" t="s" s="61">
         <v>3353</v>
-      </c>
-[...7 lines deleted...]
-        <v>3355</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s" s="29">
-        <v>3342</v>
+        <v>3354</v>
       </c>
       <c r="B457" t="s" s="33">
+        <v>3355</v>
+      </c>
+      <c r="C457" t="s" s="37">
         <v>3356</v>
       </c>
-      <c r="C457" t="s" s="37">
+      <c r="D457" t="s" s="41">
         <v>3357</v>
       </c>
-      <c r="D457" t="s" s="41">
+      <c r="E457" t="s" s="45">
         <v>3358</v>
       </c>
-      <c r="E457" t="s" s="45">
+      <c r="F457" t="s" s="49">
         <v>3359</v>
       </c>
-      <c r="F457" t="s" s="49">
+      <c r="G457" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H457" t="s" s="57">
         <v>3360</v>
       </c>
-      <c r="G457" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H457" t="s" s="57">
+      <c r="I457" t="s" s="61">
         <v>3361</v>
-      </c>
-[...1 lines deleted...]
-        <v>3362</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s" s="29">
-        <v>3342</v>
+        <v>3354</v>
       </c>
       <c r="B458" t="s" s="33">
+        <v>3362</v>
+      </c>
+      <c r="C458" t="s" s="37">
         <v>3363</v>
       </c>
-      <c r="C458" t="s" s="37">
+      <c r="D458" t="s" s="41">
         <v>3364</v>
       </c>
-      <c r="D458" t="s" s="41">
+      <c r="E458" t="s" s="45">
         <v>3365</v>
       </c>
-      <c r="E458" t="s" s="45">
+      <c r="F458" t="s" s="49">
         <v>3366</v>
       </c>
-      <c r="F458" t="s" s="49">
+      <c r="G458" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H458" t="s" s="57">
         <v>3367</v>
       </c>
-      <c r="G458" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H458" t="s" s="57">
+      <c r="I458" t="s" s="61">
         <v>3368</v>
-      </c>
-[...1 lines deleted...]
-        <v>3369</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s" s="29">
+        <v>3354</v>
+      </c>
+      <c r="B459" t="s" s="33">
+        <v>3369</v>
+      </c>
+      <c r="C459" t="s" s="37">
         <v>3370</v>
       </c>
-      <c r="B459" t="s" s="33">
+      <c r="D459" t="s" s="41">
         <v>3371</v>
       </c>
-      <c r="C459" t="s" s="37">
+      <c r="E459" t="s" s="45">
         <v>3372</v>
       </c>
-      <c r="D459" t="s" s="41">
+      <c r="F459" t="s" s="49">
         <v>3373</v>
       </c>
-      <c r="E459" t="s" s="45">
+      <c r="G459" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H459" t="s" s="57">
         <v>3374</v>
       </c>
-      <c r="F459" t="s" s="49">
+      <c r="I459" t="s" s="61">
         <v>3375</v>
-      </c>
-[...7 lines deleted...]
-        <v>3377</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s" s="29">
-        <v>3370</v>
+        <v>3354</v>
       </c>
       <c r="B460" t="s" s="33">
+        <v>3376</v>
+      </c>
+      <c r="C460" t="s" s="37">
+        <v>3377</v>
+      </c>
+      <c r="D460" t="s" s="41">
         <v>3378</v>
       </c>
-      <c r="C460" t="s" s="37">
+      <c r="E460" t="s" s="45">
         <v>3379</v>
       </c>
-      <c r="D460" t="s" s="41">
+      <c r="F460" t="s" s="49">
         <v>3380</v>
       </c>
-      <c r="E460" t="s" s="45">
+      <c r="G460" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H460" t="s" s="57">
         <v>3381</v>
       </c>
-      <c r="F460" t="s" s="49">
+      <c r="I460" t="s" s="61">
         <v>3382</v>
-      </c>
-[...7 lines deleted...]
-        <v>3384</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s" s="29">
-        <v>3370</v>
+        <v>3354</v>
       </c>
       <c r="B461" t="s" s="33">
+        <v>3383</v>
+      </c>
+      <c r="C461" t="s" s="37">
+        <v>3384</v>
+      </c>
+      <c r="D461" t="s" s="41">
         <v>3385</v>
       </c>
-      <c r="C461" t="s" s="37">
+      <c r="E461" t="s" s="45">
         <v>3386</v>
       </c>
-      <c r="D461" t="s" s="41">
+      <c r="F461" t="s" s="49">
         <v>3387</v>
       </c>
-      <c r="E461" t="s" s="45">
+      <c r="G461" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H461" t="s" s="57">
         <v>3388</v>
       </c>
-      <c r="F461" t="s" s="49">
-[...7 lines deleted...]
-      </c>
       <c r="I461" t="s" s="61">
-        <v>3391</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s" s="29">
-        <v>3370</v>
+        <v>3389</v>
       </c>
       <c r="B462" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C462" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D462" t="s" s="41">
+        <v>3390</v>
+      </c>
+      <c r="E462" t="s" s="45">
+        <v>3391</v>
+      </c>
+      <c r="F462" t="s" s="49">
         <v>3392</v>
       </c>
-      <c r="C462" t="s" s="37">
+      <c r="G462" t="s" s="53">
         <v>3393</v>
       </c>
-      <c r="D462" t="s" s="41">
+      <c r="H462" t="s" s="57">
         <v>3394</v>
       </c>
-      <c r="E462" t="s" s="45">
+      <c r="I462" t="s" s="61">
         <v>3395</v>
-      </c>
-[...10 lines deleted...]
-        <v>3398</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s" s="29">
-        <v>3370</v>
+        <v>3389</v>
       </c>
       <c r="B463" t="s" s="33">
+        <v>3396</v>
+      </c>
+      <c r="C463" t="s" s="37">
+        <v>3397</v>
+      </c>
+      <c r="D463" t="s" s="41">
+        <v>3398</v>
+      </c>
+      <c r="E463" t="s" s="45">
         <v>3399</v>
       </c>
-      <c r="C463" t="s" s="37">
+      <c r="F463" t="s" s="49">
         <v>3400</v>
       </c>
-      <c r="D463" t="s" s="41">
+      <c r="G463" t="s" s="53">
         <v>3401</v>
       </c>
-      <c r="E463" t="s" s="45">
+      <c r="H463" t="s" s="57">
         <v>3402</v>
       </c>
-      <c r="F463" t="s" s="49">
+      <c r="I463" t="s" s="61">
         <v>3403</v>
-      </c>
-[...7 lines deleted...]
-        <v>3002</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s" s="29">
-        <v>3405</v>
+        <v>3389</v>
       </c>
       <c r="B464" t="s" s="33">
-        <v>718</v>
+        <v>3404</v>
       </c>
       <c r="C464" t="s" s="37">
         <v>465</v>
       </c>
       <c r="D464" t="s" s="41">
+        <v>3405</v>
+      </c>
+      <c r="E464" t="s" s="45">
         <v>3406</v>
       </c>
-      <c r="E464" t="s" s="45">
+      <c r="F464" t="s" s="49">
         <v>3407</v>
       </c>
-      <c r="F464" t="s" s="49">
+      <c r="G464" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H464" t="s" s="57">
         <v>3408</v>
       </c>
-      <c r="G464" t="s" s="53">
+      <c r="I464" t="s" s="61">
         <v>3409</v>
-      </c>
-[...4 lines deleted...]
-        <v>3411</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s" s="29">
-        <v>3405</v>
+        <v>3389</v>
       </c>
       <c r="B465" t="s" s="33">
+        <v>3410</v>
+      </c>
+      <c r="C465" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D465" t="s" s="41">
+        <v>3411</v>
+      </c>
+      <c r="E465" t="s" s="45">
         <v>3412</v>
       </c>
-      <c r="C465" t="s" s="37">
+      <c r="F465" t="s" s="49">
         <v>3413</v>
       </c>
-      <c r="D465" t="s" s="41">
+      <c r="G465" t="s" s="53">
         <v>3414</v>
       </c>
-      <c r="E465" t="s" s="45">
+      <c r="H465" t="s" s="57">
         <v>3415</v>
       </c>
-      <c r="F465" t="s" s="49">
+      <c r="I465" t="s" s="61">
         <v>3416</v>
-      </c>
-[...7 lines deleted...]
-        <v>3419</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s" s="29">
-        <v>3405</v>
+        <v>3417</v>
       </c>
       <c r="B466" t="s" s="33">
+        <v>3418</v>
+      </c>
+      <c r="C466" t="s" s="37">
+        <v>3419</v>
+      </c>
+      <c r="D466" t="s" s="41">
         <v>3420</v>
       </c>
-      <c r="C466" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D466" t="s" s="41">
+      <c r="E466" t="s" s="45">
         <v>3421</v>
       </c>
-      <c r="E466" t="s" s="45">
+      <c r="F466" t="s" s="49">
         <v>3422</v>
       </c>
-      <c r="F466" t="s" s="49">
+      <c r="G466" t="s" s="53">
         <v>3423</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H466" t="s" s="57">
         <v>3424</v>
       </c>
       <c r="I466" t="s" s="61">
         <v>3425</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s" s="29">
-        <v>3405</v>
+        <v>3417</v>
       </c>
       <c r="B467" t="s" s="33">
         <v>3426</v>
       </c>
       <c r="C467" t="s" s="37">
-        <v>465</v>
+        <v>3427</v>
       </c>
       <c r="D467" t="s" s="41">
-        <v>3427</v>
+        <v>3428</v>
       </c>
       <c r="E467" t="s" s="45">
-        <v>3428</v>
+        <v>3429</v>
       </c>
       <c r="F467" t="s" s="49">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="G467" t="s" s="53">
-        <v>3430</v>
+        <v>3431</v>
       </c>
       <c r="H467" t="s" s="57">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="I467" t="s" s="61">
-        <v>3432</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s" s="29">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="B468" t="s" s="33">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="C468" t="s" s="37">
-        <v>3435</v>
+        <v>1503</v>
       </c>
       <c r="D468" t="s" s="41">
         <v>3436</v>
       </c>
       <c r="E468" t="s" s="45">
         <v>3437</v>
       </c>
       <c r="F468" t="s" s="49">
         <v>3438</v>
       </c>
       <c r="G468" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H468" t="s" s="57">
         <v>3439</v>
       </c>
-      <c r="H468" t="s" s="57">
+      <c r="I468" t="s" s="61">
         <v>3440</v>
-      </c>
-[...1 lines deleted...]
-        <v>3441</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s" s="29">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="B469" t="s" s="33">
+        <v>3441</v>
+      </c>
+      <c r="C469" t="s" s="37">
         <v>3442</v>
       </c>
-      <c r="C469" t="s" s="37">
+      <c r="D469" t="s" s="41">
         <v>3443</v>
       </c>
-      <c r="D469" t="s" s="41">
+      <c r="E469" t="s" s="45">
         <v>3444</v>
       </c>
-      <c r="E469" t="s" s="45">
+      <c r="F469" t="s" s="49">
         <v>3445</v>
       </c>
-      <c r="F469" t="s" s="49">
+      <c r="G469" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H469" t="s" s="57">
         <v>3446</v>
       </c>
-      <c r="G469" t="s" s="53">
+      <c r="I469" t="s" s="61">
         <v>3447</v>
-      </c>
-[...4 lines deleted...]
-        <v>3449</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s" s="29">
+        <v>3434</v>
+      </c>
+      <c r="B470" t="s" s="33">
+        <v>3448</v>
+      </c>
+      <c r="C470" t="s" s="37">
+        <v>3449</v>
+      </c>
+      <c r="D470" t="s" s="41">
         <v>3450</v>
       </c>
-      <c r="B470" t="s" s="33">
+      <c r="E470" t="s" s="45">
         <v>3451</v>
       </c>
-      <c r="C470" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D470" t="s" s="41">
+      <c r="F470" t="s" s="49">
         <v>3452</v>
       </c>
-      <c r="E470" t="s" s="45">
+      <c r="G470" t="s" s="53">
         <v>3453</v>
       </c>
-      <c r="F470" t="s" s="49">
+      <c r="H470" t="s" s="57">
         <v>3454</v>
       </c>
-      <c r="G470" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H470" t="s" s="57">
+      <c r="I470" t="s" s="61">
         <v>3455</v>
-      </c>
-[...1 lines deleted...]
-        <v>3456</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s" s="29">
-        <v>3450</v>
+        <v>3434</v>
       </c>
       <c r="B471" t="s" s="33">
+        <v>3456</v>
+      </c>
+      <c r="C471" t="s" s="37">
         <v>3457</v>
       </c>
-      <c r="C471" t="s" s="37">
+      <c r="D471" t="s" s="41">
         <v>3458</v>
       </c>
-      <c r="D471" t="s" s="41">
+      <c r="E471" t="s" s="45">
         <v>3459</v>
       </c>
-      <c r="E471" t="s" s="45">
+      <c r="F471" t="s" s="49">
         <v>3460</v>
       </c>
-      <c r="F471" t="s" s="49">
+      <c r="G471" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H471" t="s" s="57">
         <v>3461</v>
       </c>
-      <c r="G471" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H471" t="s" s="57">
+      <c r="I471" t="s" s="61">
         <v>3462</v>
-      </c>
-[...1 lines deleted...]
-        <v>3463</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s" s="29">
-        <v>3450</v>
+        <v>3463</v>
       </c>
       <c r="B472" t="s" s="33">
         <v>3464</v>
       </c>
       <c r="C472" t="s" s="37">
         <v>3465</v>
       </c>
       <c r="D472" t="s" s="41">
         <v>3466</v>
       </c>
       <c r="E472" t="s" s="45">
         <v>3467</v>
       </c>
       <c r="F472" t="s" s="49">
         <v>3468</v>
       </c>
       <c r="G472" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H472" t="s" s="57">
         <v>3469</v>
       </c>
-      <c r="H472" t="s" s="57">
+      <c r="I472" t="s" s="61">
         <v>3470</v>
-      </c>
-[...1 lines deleted...]
-        <v>3471</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s" s="29">
-        <v>3450</v>
+        <v>3463</v>
       </c>
       <c r="B473" t="s" s="33">
+        <v>3471</v>
+      </c>
+      <c r="C473" t="s" s="37">
         <v>3472</v>
       </c>
-      <c r="C473" t="s" s="37">
+      <c r="D473" t="s" s="41">
         <v>3473</v>
       </c>
-      <c r="D473" t="s" s="41">
+      <c r="E473" t="s" s="45">
         <v>3474</v>
       </c>
-      <c r="E473" t="s" s="45">
+      <c r="F473" t="s" s="49">
         <v>3475</v>
       </c>
-      <c r="F473" t="s" s="49">
+      <c r="G473" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H473" t="s" s="57">
         <v>3476</v>
       </c>
-      <c r="G473" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H473" t="s" s="57">
+      <c r="I473" t="s" s="61">
         <v>3477</v>
-      </c>
-[...1 lines deleted...]
-        <v>3478</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s" s="29">
+        <v>3463</v>
+      </c>
+      <c r="B474" t="s" s="33">
+        <v>3478</v>
+      </c>
+      <c r="C474" t="s" s="37">
         <v>3479</v>
       </c>
-      <c r="B474" t="s" s="33">
+      <c r="D474" t="s" s="41">
         <v>3480</v>
       </c>
-      <c r="C474" t="s" s="37">
+      <c r="E474" t="s" s="45">
         <v>3481</v>
       </c>
-      <c r="D474" t="s" s="41">
+      <c r="F474" t="s" s="49">
         <v>3482</v>
       </c>
-      <c r="E474" t="s" s="45">
+      <c r="G474" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H474" t="s" s="57">
         <v>3483</v>
       </c>
-      <c r="F474" t="s" s="49">
+      <c r="I474" t="s" s="61">
         <v>3484</v>
-      </c>
-[...7 lines deleted...]
-        <v>3486</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s" s="29">
-        <v>3479</v>
+        <v>3485</v>
       </c>
       <c r="B475" t="s" s="33">
+        <v>3486</v>
+      </c>
+      <c r="C475" t="s" s="37">
         <v>3487</v>
       </c>
-      <c r="C475" t="s" s="37">
+      <c r="D475" t="s" s="41">
         <v>3488</v>
       </c>
-      <c r="D475" t="s" s="41">
+      <c r="E475" t="s" s="45">
         <v>3489</v>
       </c>
-      <c r="E475" t="s" s="45">
+      <c r="F475" t="s" s="49">
         <v>3490</v>
       </c>
-      <c r="F475" t="s" s="49">
+      <c r="G475" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H475" t="s" s="57">
         <v>3491</v>
       </c>
-      <c r="G475" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H475" t="s" s="57">
+      <c r="I475" t="s" s="61">
         <v>3492</v>
-      </c>
-[...1 lines deleted...]
-        <v>3493</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s" s="29">
-        <v>3479</v>
+        <v>3485</v>
       </c>
       <c r="B476" t="s" s="33">
+        <v>3493</v>
+      </c>
+      <c r="C476" t="s" s="37">
         <v>3494</v>
       </c>
-      <c r="C476" t="s" s="37">
+      <c r="D476" t="s" s="41">
         <v>3495</v>
       </c>
-      <c r="D476" t="s" s="41">
+      <c r="E476" t="s" s="45">
         <v>3496</v>
       </c>
-      <c r="E476" t="s" s="45">
+      <c r="F476" t="s" s="49">
         <v>3497</v>
       </c>
-      <c r="F476" t="s" s="49">
+      <c r="G476" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H476" t="s" s="57">
         <v>3498</v>
       </c>
-      <c r="G476" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H476" t="s" s="57">
+      <c r="I476" t="s" s="61">
         <v>3499</v>
-      </c>
-[...1 lines deleted...]
-        <v>3500</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s" s="29">
+        <v>3485</v>
+      </c>
+      <c r="B477" t="s" s="33">
+        <v>3500</v>
+      </c>
+      <c r="C477" t="s" s="37">
         <v>3501</v>
       </c>
-      <c r="B477" t="s" s="33">
+      <c r="D477" t="s" s="41">
         <v>3502</v>
       </c>
-      <c r="C477" t="s" s="37">
+      <c r="E477" t="s" s="45">
         <v>3503</v>
       </c>
-      <c r="D477" t="s" s="41">
+      <c r="F477" t="s" s="49">
         <v>3504</v>
       </c>
-      <c r="E477" t="s" s="45">
+      <c r="G477" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H477" t="s" s="57">
         <v>3505</v>
       </c>
-      <c r="F477" t="s" s="49">
+      <c r="I477" t="s" s="61">
         <v>3506</v>
-      </c>
-[...7 lines deleted...]
-        <v>3508</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s" s="29">
-        <v>3501</v>
+        <v>3485</v>
       </c>
       <c r="B478" t="s" s="33">
+        <v>3507</v>
+      </c>
+      <c r="C478" t="s" s="37">
+        <v>3508</v>
+      </c>
+      <c r="D478" t="s" s="41">
         <v>3509</v>
       </c>
-      <c r="C478" t="s" s="37">
+      <c r="E478" t="s" s="45">
         <v>3510</v>
       </c>
-      <c r="D478" t="s" s="41">
+      <c r="F478" t="s" s="49">
         <v>3511</v>
       </c>
-      <c r="E478" t="s" s="45">
+      <c r="G478" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H478" t="s" s="57">
         <v>3512</v>
       </c>
-      <c r="F478" t="s" s="49">
-[...7 lines deleted...]
-      </c>
       <c r="I478" t="s" s="61">
-        <v>3515</v>
+        <v>31</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s" s="29">
-        <v>3501</v>
+        <v>3513</v>
       </c>
       <c r="B479" t="s" s="33">
+        <v>3514</v>
+      </c>
+      <c r="C479" t="s" s="37">
+        <v>3515</v>
+      </c>
+      <c r="D479" t="s" s="41">
         <v>3516</v>
       </c>
-      <c r="C479" t="s" s="37">
+      <c r="E479" t="s" s="45">
         <v>3517</v>
       </c>
-      <c r="D479" t="s" s="41">
+      <c r="F479" t="s" s="49">
         <v>3518</v>
       </c>
-      <c r="E479" t="s" s="45">
+      <c r="G479" t="s" s="53">
         <v>3519</v>
       </c>
-      <c r="F479" t="s" s="49">
+      <c r="H479" t="s" s="57">
         <v>3520</v>
       </c>
-      <c r="G479" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H479" t="s" s="57">
+      <c r="I479" t="s" s="61">
         <v>3521</v>
-      </c>
-[...1 lines deleted...]
-        <v>3522</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s" s="29">
-        <v>3501</v>
+        <v>3513</v>
       </c>
       <c r="B480" t="s" s="33">
+        <v>3522</v>
+      </c>
+      <c r="C480" t="s" s="37">
         <v>3523</v>
       </c>
-      <c r="C480" t="s" s="37">
+      <c r="D480" t="s" s="41">
         <v>3524</v>
       </c>
-      <c r="D480" t="s" s="41">
+      <c r="E480" t="s" s="45">
         <v>3525</v>
       </c>
-      <c r="E480" t="s" s="45">
+      <c r="F480" t="s" s="49">
         <v>3526</v>
       </c>
-      <c r="F480" t="s" s="49">
+      <c r="G480" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H480" t="s" s="57">
         <v>3527</v>
       </c>
-      <c r="G480" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H480" t="s" s="57">
+      <c r="I480" t="s" s="61">
         <v>3528</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s" s="29">
+        <v>3513</v>
+      </c>
+      <c r="B481" t="s" s="33">
+        <v>749</v>
+      </c>
+      <c r="C481" t="s" s="37">
+        <v>750</v>
+      </c>
+      <c r="D481" t="s" s="41">
         <v>3529</v>
       </c>
-      <c r="B481" t="s" s="33">
+      <c r="E481" t="s" s="45">
         <v>3530</v>
       </c>
-      <c r="C481" t="s" s="37">
+      <c r="F481" t="s" s="49">
         <v>3531</v>
       </c>
-      <c r="D481" t="s" s="41">
+      <c r="G481" t="s" s="53">
         <v>3532</v>
       </c>
-      <c r="E481" t="s" s="45">
+      <c r="H481" t="s" s="57">
         <v>3533</v>
       </c>
-      <c r="F481" t="s" s="49">
+      <c r="I481" t="s" s="61">
         <v>3534</v>
-      </c>
-[...7 lines deleted...]
-        <v>3537</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s" s="29">
-        <v>3529</v>
+        <v>3535</v>
       </c>
       <c r="B482" t="s" s="33">
+        <v>3536</v>
+      </c>
+      <c r="C482" t="s" s="37">
+        <v>3537</v>
+      </c>
+      <c r="D482" t="s" s="41">
         <v>3538</v>
       </c>
-      <c r="C482" t="s" s="37">
+      <c r="E482" t="s" s="45">
         <v>3539</v>
       </c>
-      <c r="D482" t="s" s="41">
+      <c r="F482" t="s" s="49">
         <v>3540</v>
       </c>
-      <c r="E482" t="s" s="45">
+      <c r="G482" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H482" t="s" s="57">
         <v>3541</v>
       </c>
-      <c r="F482" t="s" s="49">
-[...7 lines deleted...]
-      </c>
       <c r="I482" t="s" s="61">
-        <v>3544</v>
+        <v>31</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s" s="29">
-        <v>3529</v>
+        <v>3535</v>
       </c>
       <c r="B483" t="s" s="33">
-        <v>749</v>
+        <v>3542</v>
       </c>
       <c r="C483" t="s" s="37">
-        <v>750</v>
+        <v>3543</v>
       </c>
       <c r="D483" t="s" s="41">
+        <v>3544</v>
+      </c>
+      <c r="E483" t="s" s="45">
         <v>3545</v>
       </c>
-      <c r="E483" t="s" s="45">
+      <c r="F483" t="s" s="49">
         <v>3546</v>
       </c>
-      <c r="F483" t="s" s="49">
+      <c r="G483" t="s" s="53">
         <v>3547</v>
       </c>
-      <c r="G483" t="s" s="53">
+      <c r="H483" t="s" s="57">
         <v>3548</v>
       </c>
-      <c r="H483" t="s" s="57">
+      <c r="I483" t="s" s="61">
         <v>3549</v>
-      </c>
-[...1 lines deleted...]
-        <v>3550</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s" s="29">
+        <v>3535</v>
+      </c>
+      <c r="B484" t="s" s="33">
+        <v>3550</v>
+      </c>
+      <c r="C484" t="s" s="37">
         <v>3551</v>
       </c>
-      <c r="B484" t="s" s="33">
+      <c r="D484" t="s" s="41">
         <v>3552</v>
       </c>
-      <c r="C484" t="s" s="37">
+      <c r="E484" t="s" s="45">
         <v>3553</v>
       </c>
-      <c r="D484" t="s" s="41">
+      <c r="F484" t="s" s="49">
         <v>3554</v>
       </c>
-      <c r="E484" t="s" s="45">
+      <c r="G484" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H484" t="s" s="57">
         <v>3555</v>
       </c>
-      <c r="F484" t="s" s="49">
+      <c r="I484" t="s" s="61">
         <v>3556</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s" s="29">
-        <v>3551</v>
+        <v>3535</v>
       </c>
       <c r="B485" t="s" s="33">
+        <v>3557</v>
+      </c>
+      <c r="C485" t="s" s="37">
         <v>3558</v>
       </c>
-      <c r="C485" t="s" s="37">
+      <c r="D485" t="s" s="41">
         <v>3559</v>
       </c>
-      <c r="D485" t="s" s="41">
+      <c r="E485" t="s" s="45">
         <v>3560</v>
       </c>
-      <c r="E485" t="s" s="45">
+      <c r="F485" t="s" s="49">
         <v>3561</v>
       </c>
-      <c r="F485" t="s" s="49">
+      <c r="G485" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H485" t="s" s="57">
         <v>3562</v>
       </c>
-      <c r="G485" t="s" s="53">
+      <c r="I485" t="s" s="61">
         <v>3563</v>
-      </c>
-[...4 lines deleted...]
-        <v>3565</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s" s="29">
-        <v>3551</v>
+        <v>3535</v>
       </c>
       <c r="B486" t="s" s="33">
+        <v>3564</v>
+      </c>
+      <c r="C486" t="s" s="37">
+        <v>3565</v>
+      </c>
+      <c r="D486" t="s" s="41">
         <v>3566</v>
       </c>
-      <c r="C486" t="s" s="37">
+      <c r="E486" t="s" s="45">
         <v>3567</v>
       </c>
-      <c r="D486" t="s" s="41">
+      <c r="F486" t="s" s="49">
         <v>3568</v>
       </c>
-      <c r="E486" t="s" s="45">
+      <c r="G486" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H486" t="s" s="57">
         <v>3569</v>
       </c>
-      <c r="F486" t="s" s="49">
+      <c r="I486" t="s" s="61">
         <v>3570</v>
-      </c>
-[...7 lines deleted...]
-        <v>3572</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s" s="29">
-        <v>3551</v>
+        <v>3571</v>
       </c>
       <c r="B487" t="s" s="33">
+        <v>3572</v>
+      </c>
+      <c r="C487" t="s" s="37">
         <v>3573</v>
       </c>
-      <c r="C487" t="s" s="37">
+      <c r="D487" t="s" s="41">
         <v>3574</v>
       </c>
-      <c r="D487" t="s" s="41">
+      <c r="E487" t="s" s="45">
         <v>3575</v>
       </c>
-      <c r="E487" t="s" s="45">
+      <c r="F487" t="s" s="49">
         <v>3576</v>
       </c>
-      <c r="F487" t="s" s="49">
+      <c r="G487" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H487" t="s" s="57">
         <v>3577</v>
       </c>
-      <c r="G487" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H487" t="s" s="57">
+      <c r="I487" t="s" s="61">
         <v>3578</v>
-      </c>
-[...1 lines deleted...]
-        <v>3579</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s" s="29">
-        <v>3551</v>
+        <v>3579</v>
       </c>
       <c r="B488" t="s" s="33">
         <v>3580</v>
       </c>
       <c r="C488" t="s" s="37">
         <v>3581</v>
       </c>
       <c r="D488" t="s" s="41">
         <v>3582</v>
       </c>
       <c r="E488" t="s" s="45">
         <v>3583</v>
       </c>
       <c r="F488" t="s" s="49">
         <v>3584</v>
       </c>
       <c r="G488" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H488" t="s" s="57">
         <v>3585</v>
       </c>
       <c r="I488" t="s" s="61">
         <v>3586</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s" s="29">
+        <v>3579</v>
+      </c>
+      <c r="B489" t="s" s="33">
         <v>3587</v>
       </c>
-      <c r="B489" t="s" s="33">
+      <c r="C489" t="s" s="37">
         <v>3588</v>
       </c>
-      <c r="C489" t="s" s="37">
+      <c r="D489" t="s" s="41">
         <v>3589</v>
       </c>
-      <c r="D489" t="s" s="41">
+      <c r="E489" t="s" s="45">
         <v>3590</v>
       </c>
-      <c r="E489" t="s" s="45">
+      <c r="F489" t="s" s="49">
         <v>3591</v>
       </c>
-      <c r="F489" t="s" s="49">
+      <c r="G489" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H489" t="s" s="57">
         <v>3592</v>
       </c>
-      <c r="G489" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H489" t="s" s="57">
+      <c r="I489" t="s" s="61">
         <v>3593</v>
-      </c>
-[...1 lines deleted...]
-        <v>3594</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s" s="29">
+        <v>3579</v>
+      </c>
+      <c r="B490" t="s" s="33">
+        <v>3594</v>
+      </c>
+      <c r="C490" t="s" s="37">
         <v>3595</v>
       </c>
-      <c r="B490" t="s" s="33">
+      <c r="D490" t="s" s="41">
         <v>3596</v>
       </c>
-      <c r="C490" t="s" s="37">
+      <c r="E490" t="s" s="45">
         <v>3597</v>
       </c>
-      <c r="D490" t="s" s="41">
+      <c r="F490" t="s" s="49">
         <v>3598</v>
       </c>
-      <c r="E490" t="s" s="45">
+      <c r="G490" t="s" s="53">
         <v>3599</v>
       </c>
-      <c r="F490" t="s" s="49">
+      <c r="H490" t="s" s="57">
         <v>3600</v>
       </c>
-      <c r="G490" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H490" t="s" s="57">
+      <c r="I490" t="s" s="61">
         <v>3601</v>
-      </c>
-[...1 lines deleted...]
-        <v>3602</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s" s="29">
-        <v>3595</v>
+        <v>3602</v>
       </c>
       <c r="B491" t="s" s="33">
         <v>3603</v>
       </c>
       <c r="C491" t="s" s="37">
         <v>3604</v>
       </c>
       <c r="D491" t="s" s="41">
         <v>3605</v>
       </c>
       <c r="E491" t="s" s="45">
         <v>3606</v>
       </c>
       <c r="F491" t="s" s="49">
         <v>3607</v>
       </c>
       <c r="G491" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H491" t="s" s="57">
         <v>3608</v>
       </c>
       <c r="I491" t="s" s="61">
         <v>3609</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s" s="29">
-        <v>3595</v>
+        <v>3602</v>
       </c>
       <c r="B492" t="s" s="33">
         <v>3610</v>
       </c>
       <c r="C492" t="s" s="37">
         <v>3611</v>
       </c>
       <c r="D492" t="s" s="41">
         <v>3612</v>
       </c>
       <c r="E492" t="s" s="45">
         <v>3613</v>
       </c>
       <c r="F492" t="s" s="49">
         <v>3614</v>
       </c>
       <c r="G492" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H492" t="s" s="57">
         <v>3615</v>
       </c>
-      <c r="H492" t="s" s="57">
+      <c r="I492" t="s" s="61">
         <v>3616</v>
-      </c>
-[...1 lines deleted...]
-        <v>3617</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s" s="29">
+        <v>3617</v>
+      </c>
+      <c r="B493" t="s" s="33">
         <v>3618</v>
       </c>
-      <c r="B493" t="s" s="33">
+      <c r="C493" t="s" s="37">
         <v>3619</v>
       </c>
-      <c r="C493" t="s" s="37">
+      <c r="D493" t="s" s="41">
         <v>3620</v>
       </c>
-      <c r="D493" t="s" s="41">
+      <c r="E493" t="s" s="45">
         <v>3621</v>
       </c>
-      <c r="E493" t="s" s="45">
+      <c r="F493" t="s" s="49">
         <v>3622</v>
       </c>
-      <c r="F493" t="s" s="49">
+      <c r="G493" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H493" t="s" s="57">
         <v>3623</v>
       </c>
-      <c r="G493" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H493" t="s" s="57">
+      <c r="I493" t="s" s="61">
         <v>3624</v>
-      </c>
-[...1 lines deleted...]
-        <v>3625</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s" s="29">
-        <v>3618</v>
+        <v>3625</v>
       </c>
       <c r="B494" t="s" s="33">
         <v>3626</v>
       </c>
       <c r="C494" t="s" s="37">
         <v>3627</v>
       </c>
       <c r="D494" t="s" s="41">
         <v>3628</v>
       </c>
       <c r="E494" t="s" s="45">
         <v>3629</v>
       </c>
       <c r="F494" t="s" s="49">
         <v>3630</v>
       </c>
       <c r="G494" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H494" t="s" s="57">
         <v>3631</v>
       </c>
       <c r="I494" t="s" s="61">
         <v>3632</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s" s="29">
+        <v>3625</v>
+      </c>
+      <c r="B495" t="s" s="33">
         <v>3633</v>
       </c>
-      <c r="B495" t="s" s="33">
+      <c r="C495" t="s" s="37">
         <v>3634</v>
       </c>
-      <c r="C495" t="s" s="37">
+      <c r="D495" t="s" s="41">
         <v>3635</v>
       </c>
-      <c r="D495" t="s" s="41">
+      <c r="E495" t="s" s="45">
         <v>3636</v>
       </c>
-      <c r="E495" t="s" s="45">
+      <c r="F495" t="s" s="49">
         <v>3637</v>
       </c>
-      <c r="F495" t="s" s="49">
+      <c r="G495" t="s" s="53">
         <v>3638</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H495" t="s" s="57">
         <v>3639</v>
       </c>
       <c r="I495" t="s" s="61">
         <v>3640</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s" s="29">
+        <v>3625</v>
+      </c>
+      <c r="B496" t="s" s="33">
         <v>3641</v>
       </c>
-      <c r="B496" t="s" s="33">
+      <c r="C496" t="s" s="37">
         <v>3642</v>
       </c>
-      <c r="C496" t="s" s="37">
+      <c r="D496" t="s" s="41">
         <v>3643</v>
       </c>
-      <c r="D496" t="s" s="41">
+      <c r="E496" t="s" s="45">
         <v>3644</v>
       </c>
-      <c r="E496" t="s" s="45">
+      <c r="F496" t="s" s="49">
         <v>3645</v>
       </c>
-      <c r="F496" t="s" s="49">
+      <c r="G496" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H496" t="s" s="57">
         <v>3646</v>
       </c>
-      <c r="G496" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H496" t="s" s="57">
+      <c r="I496" t="s" s="61">
         <v>3647</v>
-      </c>
-[...1 lines deleted...]
-        <v>3648</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s" s="29">
-        <v>3641</v>
+        <v>3625</v>
       </c>
       <c r="B497" t="s" s="33">
+        <v>3648</v>
+      </c>
+      <c r="C497" t="s" s="37">
         <v>3649</v>
       </c>
-      <c r="C497" t="s" s="37">
+      <c r="D497" t="s" s="41">
         <v>3650</v>
       </c>
-      <c r="D497" t="s" s="41">
+      <c r="E497" t="s" s="45">
         <v>3651</v>
       </c>
-      <c r="E497" t="s" s="45">
-[...1 lines deleted...]
-      </c>
       <c r="F497" t="s" s="49">
-        <v>3653</v>
+        <v>3057</v>
       </c>
       <c r="G497" t="s" s="53">
-        <v>3654</v>
+        <v>31</v>
       </c>
       <c r="H497" t="s" s="57">
-        <v>3655</v>
+        <v>3059</v>
       </c>
       <c r="I497" t="s" s="61">
-        <v>3656</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s" s="29">
-        <v>3641</v>
+        <v>3652</v>
       </c>
       <c r="B498" t="s" s="33">
+        <v>3653</v>
+      </c>
+      <c r="C498" t="s" s="37">
+        <v>1666</v>
+      </c>
+      <c r="D498" t="s" s="41">
+        <v>3654</v>
+      </c>
+      <c r="E498" t="s" s="45">
+        <v>3655</v>
+      </c>
+      <c r="F498" t="s" s="49">
+        <v>3656</v>
+      </c>
+      <c r="G498" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H498" t="s" s="57">
         <v>3657</v>
       </c>
-      <c r="C498" t="s" s="37">
+      <c r="I498" t="s" s="61">
         <v>3658</v>
-      </c>
-[...16 lines deleted...]
-        <v>3663</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s" s="29">
-        <v>3641</v>
+        <v>3652</v>
       </c>
       <c r="B499" t="s" s="33">
+        <v>3659</v>
+      </c>
+      <c r="C499" t="s" s="37">
+        <v>3660</v>
+      </c>
+      <c r="D499" t="s" s="41">
+        <v>3661</v>
+      </c>
+      <c r="E499" t="s" s="45">
+        <v>3662</v>
+      </c>
+      <c r="F499" t="s" s="49">
+        <v>3663</v>
+      </c>
+      <c r="G499" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H499" t="s" s="57">
         <v>3664</v>
       </c>
-      <c r="C499" t="s" s="37">
+      <c r="I499" t="s" s="61">
         <v>3665</v>
-      </c>
-[...16 lines deleted...]
-        <v>3076</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s" s="29">
+        <v>3652</v>
+      </c>
+      <c r="B500" t="s" s="33">
+        <v>3666</v>
+      </c>
+      <c r="C500" t="s" s="37">
+        <v>1524</v>
+      </c>
+      <c r="D500" t="s" s="41">
+        <v>3667</v>
+      </c>
+      <c r="E500" t="s" s="45">
         <v>3668</v>
       </c>
-      <c r="B500" t="s" s="33">
+      <c r="F500" t="s" s="49">
         <v>3669</v>
       </c>
-      <c r="C500" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D500" t="s" s="41">
+      <c r="G500" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H500" t="s" s="57">
         <v>3670</v>
       </c>
-      <c r="E500" t="s" s="45">
+      <c r="I500" t="s" s="61">
         <v>3671</v>
-      </c>
-[...10 lines deleted...]
-        <v>3674</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s" s="29">
-        <v>3668</v>
+        <v>3672</v>
       </c>
       <c r="B501" t="s" s="33">
+        <v>3673</v>
+      </c>
+      <c r="C501" t="s" s="37">
+        <v>3674</v>
+      </c>
+      <c r="D501" t="s" s="41">
         <v>3675</v>
       </c>
-      <c r="C501" t="s" s="37">
+      <c r="E501" t="s" s="45">
         <v>3676</v>
       </c>
-      <c r="D501" t="s" s="41">
+      <c r="F501" t="s" s="49">
         <v>3677</v>
       </c>
-      <c r="E501" t="s" s="45">
+      <c r="G501" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H501" t="s" s="57">
         <v>3678</v>
       </c>
-      <c r="F501" t="s" s="49">
+      <c r="I501" t="s" s="61">
         <v>3679</v>
-      </c>
-[...7 lines deleted...]
-        <v>3681</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s" s="29">
-        <v>3668</v>
+        <v>3680</v>
       </c>
       <c r="B502" t="s" s="33">
+        <v>3681</v>
+      </c>
+      <c r="C502" t="s" s="37">
         <v>3682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="D502" t="s" s="41">
         <v>3683</v>
       </c>
       <c r="E502" t="s" s="45">
         <v>3684</v>
       </c>
       <c r="F502" t="s" s="49">
         <v>3685</v>
       </c>
       <c r="G502" t="s" s="53">
-        <v>31</v>
+        <v>3686</v>
       </c>
       <c r="H502" t="s" s="57">
-        <v>3686</v>
+        <v>3687</v>
       </c>
       <c r="I502" t="s" s="61">
-        <v>3687</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s" s="29">
-        <v>3688</v>
+        <v>3680</v>
       </c>
       <c r="B503" t="s" s="33">
         <v>3689</v>
       </c>
       <c r="C503" t="s" s="37">
         <v>3690</v>
       </c>
       <c r="D503" t="s" s="41">
         <v>3691</v>
       </c>
       <c r="E503" t="s" s="45">
         <v>3692</v>
       </c>
       <c r="F503" t="s" s="49">
         <v>3693</v>
       </c>
       <c r="G503" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H503" t="s" s="57">
         <v>3694</v>
       </c>
       <c r="I503" t="s" s="61">
         <v>3695</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s" s="29">
+        <v>3680</v>
+      </c>
+      <c r="B504" t="s" s="33">
         <v>3696</v>
       </c>
-      <c r="B504" t="s" s="33">
+      <c r="C504" t="s" s="37">
         <v>3697</v>
       </c>
-      <c r="C504" t="s" s="37">
+      <c r="D504" t="s" s="41">
         <v>3698</v>
       </c>
-      <c r="D504" t="s" s="41">
+      <c r="E504" t="s" s="45">
         <v>3699</v>
       </c>
-      <c r="E504" t="s" s="45">
+      <c r="F504" t="s" s="49">
         <v>3700</v>
       </c>
-      <c r="F504" t="s" s="49">
+      <c r="G504" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H504" t="s" s="57">
         <v>3701</v>
       </c>
-      <c r="G504" t="s" s="53">
+      <c r="I504" t="s" s="61">
         <v>3702</v>
-      </c>
-[...4 lines deleted...]
-        <v>3704</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s" s="29">
-        <v>3696</v>
+        <v>3703</v>
       </c>
       <c r="B505" t="s" s="33">
+        <v>3704</v>
+      </c>
+      <c r="C505" t="s" s="37">
         <v>3705</v>
       </c>
-      <c r="C505" t="s" s="37">
+      <c r="D505" t="s" s="41">
         <v>3706</v>
       </c>
-      <c r="D505" t="s" s="41">
+      <c r="E505" t="s" s="45">
         <v>3707</v>
       </c>
-      <c r="E505" t="s" s="45">
+      <c r="F505" t="s" s="49">
         <v>3708</v>
       </c>
-      <c r="F505" t="s" s="49">
+      <c r="G505" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H505" t="s" s="57">
         <v>3709</v>
       </c>
-      <c r="G505" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H505" t="s" s="57">
+      <c r="I505" t="s" s="61">
         <v>3710</v>
-      </c>
-[...1 lines deleted...]
-        <v>3711</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s" s="29">
-        <v>3696</v>
+        <v>3703</v>
       </c>
       <c r="B506" t="s" s="33">
+        <v>3711</v>
+      </c>
+      <c r="C506" t="s" s="37">
         <v>3712</v>
       </c>
-      <c r="C506" t="s" s="37">
+      <c r="D506" t="s" s="41">
         <v>3713</v>
       </c>
-      <c r="D506" t="s" s="41">
+      <c r="E506" t="s" s="45">
         <v>3714</v>
       </c>
-      <c r="E506" t="s" s="45">
+      <c r="F506" t="s" s="49">
         <v>3715</v>
       </c>
-      <c r="F506" t="s" s="49">
+      <c r="G506" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H506" t="s" s="57">
         <v>3716</v>
       </c>
-      <c r="G506" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H506" t="s" s="57">
+      <c r="I506" t="s" s="61">
         <v>3717</v>
-      </c>
-[...1 lines deleted...]
-        <v>3718</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s" s="29">
+        <v>3718</v>
+      </c>
+      <c r="B507" t="s" s="33">
         <v>3719</v>
       </c>
-      <c r="B507" t="s" s="33">
+      <c r="C507" t="s" s="37">
         <v>3720</v>
       </c>
-      <c r="C507" t="s" s="37">
+      <c r="D507" t="s" s="41">
         <v>3721</v>
       </c>
-      <c r="D507" t="s" s="41">
+      <c r="E507" t="s" s="45">
         <v>3722</v>
       </c>
-      <c r="E507" t="s" s="45">
+      <c r="F507" t="s" s="49">
         <v>3723</v>
       </c>
-      <c r="F507" t="s" s="49">
+      <c r="G507" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H507" t="s" s="57">
         <v>3724</v>
       </c>
-      <c r="G507" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H507" t="s" s="57">
+      <c r="I507" t="s" s="61">
         <v>3725</v>
-      </c>
-[...1 lines deleted...]
-        <v>3726</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s" s="29">
-        <v>3719</v>
+        <v>3718</v>
       </c>
       <c r="B508" t="s" s="33">
+        <v>3726</v>
+      </c>
+      <c r="C508" t="s" s="37">
         <v>3727</v>
       </c>
-      <c r="C508" t="s" s="37">
+      <c r="D508" t="s" s="41">
         <v>3728</v>
       </c>
-      <c r="D508" t="s" s="41">
+      <c r="E508" t="s" s="45">
         <v>3729</v>
       </c>
-      <c r="E508" t="s" s="45">
+      <c r="F508" t="s" s="49">
         <v>3730</v>
       </c>
-      <c r="F508" t="s" s="49">
+      <c r="G508" t="s" s="53">
         <v>3731</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H508" t="s" s="57">
         <v>3732</v>
       </c>
       <c r="I508" t="s" s="61">
         <v>3733</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s" s="29">
         <v>3734</v>
       </c>
       <c r="B509" t="s" s="33">
         <v>3735</v>
       </c>
       <c r="C509" t="s" s="37">
         <v>3736</v>
       </c>
       <c r="D509" t="s" s="41">
         <v>3737</v>
       </c>
       <c r="E509" t="s" s="45">
         <v>3738</v>
       </c>
       <c r="F509" t="s" s="49">
@@ -32167,1153 +32170,1153 @@
       </c>
       <c r="I509" t="s" s="61">
         <v>3741</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s" s="29">
         <v>3734</v>
       </c>
       <c r="B510" t="s" s="33">
         <v>3742</v>
       </c>
       <c r="C510" t="s" s="37">
         <v>3743</v>
       </c>
       <c r="D510" t="s" s="41">
         <v>3744</v>
       </c>
       <c r="E510" t="s" s="45">
         <v>3745</v>
       </c>
       <c r="F510" t="s" s="49">
         <v>3746</v>
       </c>
       <c r="G510" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H510" t="s" s="57">
         <v>3747</v>
       </c>
-      <c r="H510" t="s" s="57">
+      <c r="I510" t="s" s="61">
         <v>3748</v>
-      </c>
-[...1 lines deleted...]
-        <v>3749</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s" s="29">
+        <v>3734</v>
+      </c>
+      <c r="B511" t="s" s="33">
+        <v>3749</v>
+      </c>
+      <c r="C511" t="s" s="37">
+        <v>805</v>
+      </c>
+      <c r="D511" t="s" s="41">
         <v>3750</v>
       </c>
-      <c r="B511" t="s" s="33">
+      <c r="E511" t="s" s="45">
         <v>3751</v>
       </c>
-      <c r="C511" t="s" s="37">
+      <c r="F511" t="s" s="49">
         <v>3752</v>
       </c>
-      <c r="D511" t="s" s="41">
+      <c r="G511" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H511" t="s" s="57">
         <v>3753</v>
       </c>
-      <c r="E511" t="s" s="45">
+      <c r="I511" t="s" s="61">
         <v>3754</v>
-      </c>
-[...10 lines deleted...]
-        <v>3757</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s" s="29">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="B512" t="s" s="33">
+        <v>718</v>
+      </c>
+      <c r="C512" t="s" s="37">
+        <v>465</v>
+      </c>
+      <c r="D512" t="s" s="41">
+        <v>3756</v>
+      </c>
+      <c r="E512" t="s" s="45">
+        <v>3757</v>
+      </c>
+      <c r="F512" t="s" s="49">
         <v>3758</v>
       </c>
-      <c r="C512" t="s" s="37">
+      <c r="G512" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H512" t="s" s="57">
         <v>3759</v>
       </c>
-      <c r="D512" t="s" s="41">
+      <c r="I512" t="s" s="61">
         <v>3760</v>
-      </c>
-[...13 lines deleted...]
-        <v>3764</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s" s="29">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="B513" t="s" s="33">
+        <v>186</v>
+      </c>
+      <c r="C513" t="s" s="37">
+        <v>125</v>
+      </c>
+      <c r="D513" t="s" s="41">
+        <v>3761</v>
+      </c>
+      <c r="E513" t="s" s="45">
+        <v>3762</v>
+      </c>
+      <c r="F513" t="s" s="49">
+        <v>3763</v>
+      </c>
+      <c r="G513" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H513" t="s" s="57">
+        <v>3764</v>
+      </c>
+      <c r="I513" t="s" s="61">
         <v>3765</v>
-      </c>
-[...19 lines deleted...]
-        <v>3770</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s" s="29">
+        <v>3766</v>
+      </c>
+      <c r="B514" t="s" s="33">
+        <v>3767</v>
+      </c>
+      <c r="C514" t="s" s="37">
+        <v>3768</v>
+      </c>
+      <c r="D514" t="s" s="41">
+        <v>3769</v>
+      </c>
+      <c r="E514" t="s" s="45">
+        <v>3770</v>
+      </c>
+      <c r="F514" t="s" s="49">
         <v>3771</v>
       </c>
-      <c r="B514" t="s" s="33">
-[...5 lines deleted...]
-      <c r="D514" t="s" s="41">
+      <c r="G514" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H514" t="s" s="57">
         <v>3772</v>
       </c>
-      <c r="E514" t="s" s="45">
+      <c r="I514" t="s" s="61">
         <v>3773</v>
-      </c>
-[...10 lines deleted...]
-        <v>3776</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s" s="29">
-        <v>3771</v>
+        <v>3774</v>
       </c>
       <c r="B515" t="s" s="33">
-        <v>186</v>
+        <v>3775</v>
       </c>
       <c r="C515" t="s" s="37">
-        <v>125</v>
+        <v>3776</v>
       </c>
       <c r="D515" t="s" s="41">
         <v>3777</v>
       </c>
       <c r="E515" t="s" s="45">
         <v>3778</v>
       </c>
       <c r="F515" t="s" s="49">
         <v>3779</v>
       </c>
       <c r="G515" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H515" t="s" s="57">
         <v>3780</v>
       </c>
       <c r="I515" t="s" s="61">
         <v>3781</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s" s="29">
+        <v>3774</v>
+      </c>
+      <c r="B516" t="s" s="33">
         <v>3782</v>
       </c>
-      <c r="B516" t="s" s="33">
+      <c r="C516" t="s" s="37">
         <v>3783</v>
       </c>
-      <c r="C516" t="s" s="37">
+      <c r="D516" t="s" s="41">
         <v>3784</v>
       </c>
-      <c r="D516" t="s" s="41">
+      <c r="E516" t="s" s="45">
         <v>3785</v>
       </c>
-      <c r="E516" t="s" s="45">
+      <c r="F516" t="s" s="49">
         <v>3786</v>
       </c>
-      <c r="F516" t="s" s="49">
+      <c r="G516" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H516" t="s" s="57">
         <v>3787</v>
       </c>
-      <c r="G516" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H516" t="s" s="57">
+      <c r="I516" t="s" s="61">
         <v>3788</v>
-      </c>
-[...1 lines deleted...]
-        <v>3789</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s" s="29">
+        <v>3789</v>
+      </c>
+      <c r="B517" t="s" s="33">
         <v>3790</v>
       </c>
-      <c r="B517" t="s" s="33">
+      <c r="C517" t="s" s="37">
         <v>3791</v>
       </c>
-      <c r="C517" t="s" s="37">
+      <c r="D517" t="s" s="41">
         <v>3792</v>
       </c>
-      <c r="D517" t="s" s="41">
+      <c r="E517" t="s" s="45">
         <v>3793</v>
       </c>
-      <c r="E517" t="s" s="45">
+      <c r="F517" t="s" s="49">
         <v>3794</v>
       </c>
-      <c r="F517" t="s" s="49">
+      <c r="G517" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H517" t="s" s="57">
         <v>3795</v>
       </c>
-      <c r="G517" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H517" t="s" s="57">
+      <c r="I517" t="s" s="61">
         <v>3796</v>
-      </c>
-[...1 lines deleted...]
-        <v>3797</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s" s="29">
-        <v>3790</v>
+        <v>3797</v>
       </c>
       <c r="B518" t="s" s="33">
         <v>3798</v>
       </c>
       <c r="C518" t="s" s="37">
         <v>3799</v>
       </c>
       <c r="D518" t="s" s="41">
         <v>3800</v>
       </c>
       <c r="E518" t="s" s="45">
         <v>3801</v>
       </c>
       <c r="F518" t="s" s="49">
         <v>3802</v>
       </c>
       <c r="G518" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H518" t="s" s="57">
         <v>3803</v>
       </c>
       <c r="I518" t="s" s="61">
         <v>3804</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s" s="29">
+        <v>3797</v>
+      </c>
+      <c r="B519" t="s" s="33">
         <v>3805</v>
       </c>
-      <c r="B519" t="s" s="33">
+      <c r="C519" t="s" s="37">
         <v>3806</v>
       </c>
-      <c r="C519" t="s" s="37">
+      <c r="D519" t="s" s="41">
         <v>3807</v>
       </c>
-      <c r="D519" t="s" s="41">
+      <c r="E519" t="s" s="45">
         <v>3808</v>
       </c>
-      <c r="E519" t="s" s="45">
+      <c r="F519" t="s" s="49">
         <v>3809</v>
       </c>
-      <c r="F519" t="s" s="49">
+      <c r="G519" t="s" s="53">
         <v>3810</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H519" t="s" s="57">
         <v>3811</v>
       </c>
       <c r="I519" t="s" s="61">
         <v>3812</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s" s="29">
         <v>3813</v>
       </c>
       <c r="B520" t="s" s="33">
         <v>3814</v>
       </c>
       <c r="C520" t="s" s="37">
         <v>3815</v>
       </c>
       <c r="D520" t="s" s="41">
         <v>3816</v>
       </c>
       <c r="E520" t="s" s="45">
         <v>3817</v>
       </c>
       <c r="F520" t="s" s="49">
         <v>3818</v>
       </c>
       <c r="G520" t="s" s="53">
-        <v>31</v>
+        <v>3819</v>
       </c>
       <c r="H520" t="s" s="57">
-        <v>3819</v>
+        <v>3820</v>
       </c>
       <c r="I520" t="s" s="61">
-        <v>3820</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s" s="29">
         <v>3813</v>
       </c>
       <c r="B521" t="s" s="33">
-        <v>3821</v>
+        <v>3822</v>
       </c>
       <c r="C521" t="s" s="37">
-        <v>3822</v>
+        <v>3823</v>
       </c>
       <c r="D521" t="s" s="41">
-        <v>3823</v>
+        <v>3824</v>
       </c>
       <c r="E521" t="s" s="45">
-        <v>3824</v>
+        <v>3825</v>
       </c>
       <c r="F521" t="s" s="49">
-        <v>3825</v>
+        <v>3826</v>
       </c>
       <c r="G521" t="s" s="53">
-        <v>3826</v>
+        <v>3827</v>
       </c>
       <c r="H521" t="s" s="57">
-        <v>3827</v>
+        <v>3828</v>
       </c>
       <c r="I521" t="s" s="61">
-        <v>3828</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s" s="29">
-        <v>3829</v>
+        <v>3830</v>
       </c>
       <c r="B522" t="s" s="33">
-        <v>3830</v>
+        <v>3831</v>
       </c>
       <c r="C522" t="s" s="37">
-        <v>3831</v>
+        <v>3832</v>
       </c>
       <c r="D522" t="s" s="41">
-        <v>3832</v>
+        <v>3833</v>
       </c>
       <c r="E522" t="s" s="45">
-        <v>3833</v>
+        <v>3834</v>
       </c>
       <c r="F522" t="s" s="49">
-        <v>3834</v>
+        <v>3835</v>
       </c>
       <c r="G522" t="s" s="53">
-        <v>3835</v>
+        <v>31</v>
       </c>
       <c r="H522" t="s" s="57">
         <v>3836</v>
       </c>
       <c r="I522" t="s" s="61">
         <v>3837</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s" s="29">
-        <v>3829</v>
+        <v>3838</v>
       </c>
       <c r="B523" t="s" s="33">
-        <v>3838</v>
+        <v>3839</v>
       </c>
       <c r="C523" t="s" s="37">
-        <v>3839</v>
+        <v>3840</v>
       </c>
       <c r="D523" t="s" s="41">
-        <v>3840</v>
+        <v>3841</v>
       </c>
       <c r="E523" t="s" s="45">
-        <v>3841</v>
+        <v>3842</v>
       </c>
       <c r="F523" t="s" s="49">
-        <v>3842</v>
+        <v>3843</v>
       </c>
       <c r="G523" t="s" s="53">
-        <v>3843</v>
+        <v>31</v>
       </c>
       <c r="H523" t="s" s="57">
         <v>3844</v>
       </c>
       <c r="I523" t="s" s="61">
         <v>3845</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s" s="29">
+        <v>3838</v>
+      </c>
+      <c r="B524" t="s" s="33">
         <v>3846</v>
       </c>
-      <c r="B524" t="s" s="33">
+      <c r="C524" t="s" s="37">
+        <v>265</v>
+      </c>
+      <c r="D524" t="s" s="41">
         <v>3847</v>
       </c>
-      <c r="C524" t="s" s="37">
+      <c r="E524" t="s" s="45">
         <v>3848</v>
       </c>
-      <c r="D524" t="s" s="41">
+      <c r="F524" t="s" s="49">
         <v>3849</v>
       </c>
-      <c r="E524" t="s" s="45">
+      <c r="G524" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H524" t="s" s="57">
         <v>3850</v>
       </c>
-      <c r="F524" t="s" s="49">
+      <c r="I524" t="s" s="61">
         <v>3851</v>
-      </c>
-[...7 lines deleted...]
-        <v>3853</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s" s="29">
+        <v>3838</v>
+      </c>
+      <c r="B525" t="s" s="33">
+        <v>3852</v>
+      </c>
+      <c r="C525" t="s" s="37">
+        <v>3853</v>
+      </c>
+      <c r="D525" t="s" s="41">
         <v>3854</v>
       </c>
-      <c r="B525" t="s" s="33">
+      <c r="E525" t="s" s="45">
         <v>3855</v>
       </c>
-      <c r="C525" t="s" s="37">
+      <c r="F525" t="s" s="49">
         <v>3856</v>
       </c>
-      <c r="D525" t="s" s="41">
+      <c r="G525" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H525" t="s" s="57">
         <v>3857</v>
       </c>
-      <c r="E525" t="s" s="45">
+      <c r="I525" t="s" s="61">
         <v>3858</v>
-      </c>
-[...10 lines deleted...]
-        <v>3861</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s" s="29">
-        <v>3854</v>
+        <v>3859</v>
       </c>
       <c r="B526" t="s" s="33">
+        <v>3860</v>
+      </c>
+      <c r="C526" t="s" s="37">
+        <v>3861</v>
+      </c>
+      <c r="D526" t="s" s="41">
         <v>3862</v>
       </c>
-      <c r="C526" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D526" t="s" s="41">
+      <c r="E526" t="s" s="45">
         <v>3863</v>
       </c>
-      <c r="E526" t="s" s="45">
+      <c r="F526" t="s" s="49">
         <v>3864</v>
       </c>
-      <c r="F526" t="s" s="49">
+      <c r="G526" t="s" s="53">
         <v>3865</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H526" t="s" s="57">
         <v>3866</v>
       </c>
       <c r="I526" t="s" s="61">
         <v>3867</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s" s="29">
-        <v>3854</v>
+        <v>3868</v>
       </c>
       <c r="B527" t="s" s="33">
-        <v>3868</v>
+        <v>3869</v>
       </c>
       <c r="C527" t="s" s="37">
-        <v>3869</v>
+        <v>3870</v>
       </c>
       <c r="D527" t="s" s="41">
-        <v>3870</v>
+        <v>3871</v>
       </c>
       <c r="E527" t="s" s="45">
-        <v>3871</v>
+        <v>3872</v>
       </c>
       <c r="F527" t="s" s="49">
-        <v>3872</v>
+        <v>3873</v>
       </c>
       <c r="G527" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H527" t="s" s="57">
-        <v>3873</v>
+        <v>3678</v>
       </c>
       <c r="I527" t="s" s="61">
-        <v>3874</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s" s="29">
+        <v>3874</v>
+      </c>
+      <c r="B528" t="s" s="33">
         <v>3875</v>
       </c>
-      <c r="B528" t="s" s="33">
+      <c r="C528" t="s" s="37">
         <v>3876</v>
       </c>
-      <c r="C528" t="s" s="37">
+      <c r="D528" t="s" s="41">
         <v>3877</v>
       </c>
-      <c r="D528" t="s" s="41">
+      <c r="E528" t="s" s="45">
         <v>3878</v>
       </c>
-      <c r="E528" t="s" s="45">
+      <c r="F528" t="s" s="49">
         <v>3879</v>
       </c>
-      <c r="F528" t="s" s="49">
+      <c r="G528" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H528" t="s" s="57">
         <v>3880</v>
       </c>
-      <c r="G528" t="s" s="53">
+      <c r="I528" t="s" s="61">
         <v>3881</v>
-      </c>
-[...4 lines deleted...]
-        <v>3883</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s" s="29">
+        <v>3882</v>
+      </c>
+      <c r="B529" t="s" s="33">
+        <v>3883</v>
+      </c>
+      <c r="C529" t="s" s="37">
         <v>3884</v>
       </c>
-      <c r="B529" t="s" s="33">
+      <c r="D529" t="s" s="41">
         <v>3885</v>
       </c>
-      <c r="C529" t="s" s="37">
+      <c r="E529" t="s" s="45">
         <v>3886</v>
       </c>
-      <c r="D529" t="s" s="41">
+      <c r="F529" t="s" s="49">
         <v>3887</v>
       </c>
-      <c r="E529" t="s" s="45">
+      <c r="G529" t="s" s="53">
         <v>3888</v>
       </c>
-      <c r="F529" t="s" s="49">
+      <c r="H529" t="s" s="57">
         <v>3889</v>
       </c>
-      <c r="G529" t="s" s="53">
-[...4 lines deleted...]
-      </c>
       <c r="I529" t="s" s="61">
-        <v>3695</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s" s="29">
-        <v>3890</v>
+        <v>3882</v>
       </c>
       <c r="B530" t="s" s="33">
         <v>3891</v>
       </c>
       <c r="C530" t="s" s="37">
         <v>3892</v>
       </c>
       <c r="D530" t="s" s="41">
         <v>3893</v>
       </c>
       <c r="E530" t="s" s="45">
         <v>3894</v>
       </c>
       <c r="F530" t="s" s="49">
         <v>3895</v>
       </c>
       <c r="G530" t="s" s="53">
-        <v>31</v>
+        <v>3896</v>
       </c>
       <c r="H530" t="s" s="57">
-        <v>3896</v>
+        <v>3897</v>
       </c>
       <c r="I530" t="s" s="61">
-        <v>3897</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s" s="29">
-        <v>3898</v>
+        <v>3899</v>
       </c>
       <c r="B531" t="s" s="33">
-        <v>3899</v>
+        <v>3900</v>
       </c>
       <c r="C531" t="s" s="37">
-        <v>3900</v>
+        <v>3901</v>
       </c>
       <c r="D531" t="s" s="41">
-        <v>3901</v>
+        <v>3902</v>
       </c>
       <c r="E531" t="s" s="45">
-        <v>3902</v>
+        <v>3903</v>
       </c>
       <c r="F531" t="s" s="49">
-        <v>3903</v>
+        <v>3904</v>
       </c>
       <c r="G531" t="s" s="53">
-        <v>3904</v>
+        <v>31</v>
       </c>
       <c r="H531" t="s" s="57">
         <v>3905</v>
       </c>
       <c r="I531" t="s" s="61">
         <v>3906</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s" s="29">
-        <v>3898</v>
+        <v>3907</v>
       </c>
       <c r="B532" t="s" s="33">
-        <v>3907</v>
+        <v>3908</v>
       </c>
       <c r="C532" t="s" s="37">
-        <v>3908</v>
+        <v>3909</v>
       </c>
       <c r="D532" t="s" s="41">
-        <v>3909</v>
+        <v>3910</v>
       </c>
       <c r="E532" t="s" s="45">
-        <v>3910</v>
+        <v>3911</v>
       </c>
       <c r="F532" t="s" s="49">
-        <v>3911</v>
+        <v>3912</v>
       </c>
       <c r="G532" t="s" s="53">
-        <v>3912</v>
+        <v>31</v>
       </c>
       <c r="H532" t="s" s="57">
         <v>3913</v>
       </c>
       <c r="I532" t="s" s="61">
         <v>3914</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s" s="29">
         <v>3915</v>
       </c>
       <c r="B533" t="s" s="33">
         <v>3916</v>
       </c>
       <c r="C533" t="s" s="37">
         <v>3917</v>
       </c>
       <c r="D533" t="s" s="41">
         <v>3918</v>
       </c>
       <c r="E533" t="s" s="45">
         <v>3919</v>
       </c>
       <c r="F533" t="s" s="49">
         <v>3920</v>
       </c>
       <c r="G533" t="s" s="53">
-        <v>31</v>
+        <v>3921</v>
       </c>
       <c r="H533" t="s" s="57">
-        <v>3921</v>
+        <v>3922</v>
       </c>
       <c r="I533" t="s" s="61">
-        <v>3922</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s" s="29">
-        <v>3923</v>
+        <v>3915</v>
       </c>
       <c r="B534" t="s" s="33">
         <v>3924</v>
       </c>
       <c r="C534" t="s" s="37">
         <v>3925</v>
       </c>
       <c r="D534" t="s" s="41">
         <v>3926</v>
       </c>
       <c r="E534" t="s" s="45">
         <v>3927</v>
       </c>
       <c r="F534" t="s" s="49">
         <v>3928</v>
       </c>
       <c r="G534" t="s" s="53">
-        <v>31</v>
+        <v>3929</v>
       </c>
       <c r="H534" t="s" s="57">
-        <v>3929</v>
+        <v>3930</v>
       </c>
       <c r="I534" t="s" s="61">
-        <v>3930</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s" s="29">
-        <v>3931</v>
+        <v>3932</v>
       </c>
       <c r="B535" t="s" s="33">
-        <v>3932</v>
+        <v>3933</v>
       </c>
       <c r="C535" t="s" s="37">
-        <v>3933</v>
+        <v>3934</v>
       </c>
       <c r="D535" t="s" s="41">
-        <v>3934</v>
+        <v>3935</v>
       </c>
       <c r="E535" t="s" s="45">
-        <v>3935</v>
+        <v>3936</v>
       </c>
       <c r="F535" t="s" s="49">
-        <v>3936</v>
+        <v>3937</v>
       </c>
       <c r="G535" t="s" s="53">
-        <v>3937</v>
+        <v>31</v>
       </c>
       <c r="H535" t="s" s="57">
         <v>3938</v>
       </c>
       <c r="I535" t="s" s="61">
         <v>3939</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s" s="29">
-        <v>3931</v>
+        <v>3940</v>
       </c>
       <c r="B536" t="s" s="33">
-        <v>3940</v>
+        <v>3941</v>
       </c>
       <c r="C536" t="s" s="37">
-        <v>3941</v>
+        <v>3942</v>
       </c>
       <c r="D536" t="s" s="41">
-        <v>3942</v>
+        <v>3943</v>
       </c>
       <c r="E536" t="s" s="45">
-        <v>3943</v>
+        <v>3944</v>
       </c>
       <c r="F536" t="s" s="49">
-        <v>3944</v>
+        <v>3945</v>
       </c>
       <c r="G536" t="s" s="53">
-        <v>3945</v>
+        <v>31</v>
       </c>
       <c r="H536" t="s" s="57">
         <v>3946</v>
       </c>
       <c r="I536" t="s" s="61">
         <v>3947</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s" s="29">
         <v>3948</v>
       </c>
       <c r="B537" t="s" s="33">
         <v>3949</v>
       </c>
       <c r="C537" t="s" s="37">
         <v>3950</v>
       </c>
       <c r="D537" t="s" s="41">
         <v>3951</v>
       </c>
       <c r="E537" t="s" s="45">
         <v>3952</v>
       </c>
       <c r="F537" t="s" s="49">
         <v>3953</v>
       </c>
       <c r="G537" t="s" s="53">
-        <v>31</v>
+        <v>3954</v>
       </c>
       <c r="H537" t="s" s="57">
-        <v>3954</v>
+        <v>3955</v>
       </c>
       <c r="I537" t="s" s="61">
-        <v>3955</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s" s="29">
-        <v>3956</v>
+        <v>3957</v>
       </c>
       <c r="B538" t="s" s="33">
-        <v>3957</v>
+        <v>3958</v>
       </c>
       <c r="C538" t="s" s="37">
-        <v>3958</v>
+        <v>750</v>
       </c>
       <c r="D538" t="s" s="41">
         <v>3959</v>
       </c>
       <c r="E538" t="s" s="45">
         <v>3960</v>
       </c>
       <c r="F538" t="s" s="49">
         <v>3961</v>
       </c>
       <c r="G538" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H538" t="s" s="57">
         <v>3962</v>
       </c>
       <c r="I538" t="s" s="61">
-        <v>3963</v>
+        <v>31</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s" s="29">
+        <v>3963</v>
+      </c>
+      <c r="B539" t="s" s="33">
         <v>3964</v>
       </c>
-      <c r="B539" t="s" s="33">
+      <c r="C539" t="s" s="37">
         <v>3965</v>
       </c>
-      <c r="C539" t="s" s="37">
+      <c r="D539" t="s" s="41">
         <v>3966</v>
       </c>
-      <c r="D539" t="s" s="41">
+      <c r="E539" t="s" s="45">
         <v>3967</v>
       </c>
-      <c r="E539" t="s" s="45">
+      <c r="F539" t="s" s="49">
         <v>3968</v>
       </c>
-      <c r="F539" t="s" s="49">
+      <c r="G539" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H539" t="s" s="57">
         <v>3969</v>
       </c>
-      <c r="G539" t="s" s="53">
+      <c r="I539" t="s" s="61">
         <v>3970</v>
-      </c>
-[...4 lines deleted...]
-        <v>3972</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s" s="29">
+        <v>3971</v>
+      </c>
+      <c r="B540" t="s" s="33">
+        <v>3972</v>
+      </c>
+      <c r="C540" t="s" s="37">
         <v>3973</v>
       </c>
-      <c r="B540" t="s" s="33">
+      <c r="D540" t="s" s="41">
         <v>3974</v>
       </c>
-      <c r="C540" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D540" t="s" s="41">
+      <c r="E540" t="s" s="45">
         <v>3975</v>
       </c>
-      <c r="E540" t="s" s="45">
+      <c r="F540" t="s" s="49">
         <v>3976</v>
       </c>
-      <c r="F540" t="s" s="49">
+      <c r="G540" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H540" t="s" s="57">
         <v>3977</v>
       </c>
-      <c r="G540" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H540" t="s" s="57">
+      <c r="I540" t="s" s="61">
         <v>3978</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s" s="29">
         <v>3979</v>
       </c>
       <c r="B541" t="s" s="33">
+        <v>3782</v>
+      </c>
+      <c r="C541" t="s" s="37">
+        <v>3783</v>
+      </c>
+      <c r="D541" t="s" s="41">
         <v>3980</v>
       </c>
-      <c r="C541" t="s" s="37">
+      <c r="E541" t="s" s="45">
         <v>3981</v>
       </c>
-      <c r="D541" t="s" s="41">
+      <c r="F541" t="s" s="49">
         <v>3982</v>
       </c>
-      <c r="E541" t="s" s="45">
+      <c r="G541" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H541" t="s" s="57">
         <v>3983</v>
       </c>
-      <c r="F541" t="s" s="49">
+      <c r="I541" t="s" s="61">
         <v>3984</v>
-      </c>
-[...7 lines deleted...]
-        <v>3986</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s" s="29">
+        <v>3985</v>
+      </c>
+      <c r="B542" t="s" s="33">
+        <v>3986</v>
+      </c>
+      <c r="C542" t="s" s="37">
         <v>3987</v>
       </c>
-      <c r="B542" t="s" s="33">
+      <c r="D542" t="s" s="41">
         <v>3988</v>
       </c>
-      <c r="C542" t="s" s="37">
+      <c r="E542" t="s" s="45">
         <v>3989</v>
       </c>
-      <c r="D542" t="s" s="41">
+      <c r="F542" t="s" s="49">
         <v>3990</v>
       </c>
-      <c r="E542" t="s" s="45">
+      <c r="G542" t="s" s="53">
         <v>3991</v>
       </c>
-      <c r="F542" t="s" s="49">
+      <c r="H542" t="s" s="57">
         <v>3992</v>
       </c>
-      <c r="G542" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H542" t="s" s="57">
+      <c r="I542" t="s" s="61">
         <v>3993</v>
-      </c>
-[...1 lines deleted...]
-        <v>3994</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s" s="29">
+        <v>3994</v>
+      </c>
+      <c r="B543" t="s" s="33">
         <v>3995</v>
       </c>
-      <c r="B543" t="s" s="33">
-[...1 lines deleted...]
-      </c>
       <c r="C543" t="s" s="37">
-        <v>3799</v>
+        <v>3996</v>
       </c>
       <c r="D543" t="s" s="41">
-        <v>3996</v>
+        <v>3997</v>
       </c>
       <c r="E543" t="s" s="45">
-        <v>3997</v>
+        <v>3998</v>
       </c>
       <c r="F543" t="s" s="49">
-        <v>3998</v>
+        <v>3999</v>
       </c>
       <c r="G543" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H543" t="s" s="57">
-        <v>3999</v>
+        <v>4000</v>
       </c>
       <c r="I543" t="s" s="61">
-        <v>4000</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s" s="29">
-        <v>4001</v>
+        <v>3994</v>
       </c>
       <c r="B544" t="s" s="33">
         <v>4002</v>
       </c>
       <c r="C544" t="s" s="37">
         <v>4003</v>
       </c>
       <c r="D544" t="s" s="41">
         <v>4004</v>
       </c>
       <c r="E544" t="s" s="45">
         <v>4005</v>
       </c>
       <c r="F544" t="s" s="49">
         <v>4006</v>
       </c>
       <c r="G544" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H544" t="s" s="57">
         <v>4007</v>
       </c>
-      <c r="H544" t="s" s="57">
+      <c r="I544" t="s" s="61">
         <v>4008</v>
-      </c>
-[...1 lines deleted...]
-        <v>4009</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s" s="29">
+        <v>4009</v>
+      </c>
+      <c r="B545" t="s" s="33">
         <v>4010</v>
       </c>
-      <c r="B545" t="s" s="33">
+      <c r="C545" t="s" s="37">
         <v>4011</v>
       </c>
-      <c r="C545" t="s" s="37">
+      <c r="D545" t="s" s="41">
         <v>4012</v>
       </c>
-      <c r="D545" t="s" s="41">
+      <c r="E545" t="s" s="45">
         <v>4013</v>
       </c>
-      <c r="E545" t="s" s="45">
+      <c r="F545" t="s" s="49">
         <v>4014</v>
       </c>
-      <c r="F545" t="s" s="49">
+      <c r="G545" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H545" t="s" s="57">
         <v>4015</v>
       </c>
-      <c r="G545" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H545" t="s" s="57">
+      <c r="I545" t="s" s="61">
         <v>4016</v>
-      </c>
-[...1 lines deleted...]
-        <v>4017</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s" s="29">
-        <v>4010</v>
+        <v>4009</v>
       </c>
       <c r="B546" t="s" s="33">
+        <v>4017</v>
+      </c>
+      <c r="C546" t="s" s="37">
         <v>4018</v>
       </c>
-      <c r="C546" t="s" s="37">
+      <c r="D546" t="s" s="41">
         <v>4019</v>
       </c>
-      <c r="D546" t="s" s="41">
+      <c r="E546" t="s" s="45">
         <v>4020</v>
       </c>
-      <c r="E546" t="s" s="45">
+      <c r="F546" t="s" s="49">
         <v>4021</v>
       </c>
-      <c r="F546" t="s" s="49">
+      <c r="G546" t="s" s="53">
         <v>4022</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H546" t="s" s="57">
         <v>4023</v>
       </c>
       <c r="I546" t="s" s="61">
         <v>4024</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s" s="29">
         <v>4025</v>
       </c>
       <c r="B547" t="s" s="33">
         <v>4026</v>
       </c>
       <c r="C547" t="s" s="37">
         <v>4027</v>
       </c>
       <c r="D547" t="s" s="41">
         <v>4028</v>
       </c>
       <c r="E547" t="s" s="45">
         <v>4029</v>
       </c>
       <c r="F547" t="s" s="49">
         <v>4030</v>
       </c>
       <c r="G547" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H547" t="s" s="57">
         <v>4031</v>
       </c>
       <c r="I547" t="s" s="61">
         <v>4032</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s" s="29">
-        <v>4025</v>
+        <v>4033</v>
       </c>
       <c r="B548" t="s" s="33">
-        <v>4033</v>
+        <v>4034</v>
       </c>
       <c r="C548" t="s" s="37">
-        <v>4034</v>
+        <v>4035</v>
       </c>
       <c r="D548" t="s" s="41">
-        <v>4035</v>
+        <v>4036</v>
       </c>
       <c r="E548" t="s" s="45">
-        <v>4036</v>
+        <v>4037</v>
       </c>
       <c r="F548" t="s" s="49">
-        <v>4037</v>
+        <v>4038</v>
       </c>
       <c r="G548" t="s" s="53">
-        <v>4038</v>
+        <v>31</v>
       </c>
       <c r="H548" t="s" s="57">
         <v>4039</v>
       </c>
       <c r="I548" t="s" s="61">
         <v>4040</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s" s="29">
         <v>4041</v>
       </c>
       <c r="B549" t="s" s="33">
         <v>4042</v>
       </c>
       <c r="C549" t="s" s="37">
         <v>4043</v>
       </c>
       <c r="D549" t="s" s="41">
         <v>4044</v>
       </c>
       <c r="E549" t="s" s="45">
         <v>4045</v>
       </c>
       <c r="F549" t="s" s="49">
@@ -33327,602 +33330,602 @@
       </c>
       <c r="I549" t="s" s="61">
         <v>4048</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s" s="29">
         <v>4049</v>
       </c>
       <c r="B550" t="s" s="33">
         <v>4050</v>
       </c>
       <c r="C550" t="s" s="37">
         <v>4051</v>
       </c>
       <c r="D550" t="s" s="41">
         <v>4052</v>
       </c>
       <c r="E550" t="s" s="45">
         <v>4053</v>
       </c>
       <c r="F550" t="s" s="49">
         <v>4054</v>
       </c>
       <c r="G550" t="s" s="53">
-        <v>31</v>
+        <v>4055</v>
       </c>
       <c r="H550" t="s" s="57">
-        <v>4055</v>
+        <v>4056</v>
       </c>
       <c r="I550" t="s" s="61">
-        <v>4056</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s" s="29">
-        <v>4057</v>
+        <v>4058</v>
       </c>
       <c r="B551" t="s" s="33">
-        <v>4058</v>
+        <v>4059</v>
       </c>
       <c r="C551" t="s" s="37">
-        <v>4059</v>
+        <v>4060</v>
       </c>
       <c r="D551" t="s" s="41">
-        <v>4060</v>
+        <v>4061</v>
       </c>
       <c r="E551" t="s" s="45">
-        <v>4061</v>
+        <v>4062</v>
       </c>
       <c r="F551" t="s" s="49">
-        <v>4062</v>
+        <v>4063</v>
       </c>
       <c r="G551" t="s" s="53">
-        <v>31</v>
+        <v>4064</v>
       </c>
       <c r="H551" t="s" s="57">
-        <v>4063</v>
+        <v>4065</v>
       </c>
       <c r="I551" t="s" s="61">
-        <v>4064</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s" s="29">
-        <v>4065</v>
+        <v>4067</v>
       </c>
       <c r="B552" t="s" s="33">
-        <v>4066</v>
+        <v>4068</v>
       </c>
       <c r="C552" t="s" s="37">
-        <v>4067</v>
+        <v>4069</v>
       </c>
       <c r="D552" t="s" s="41">
-        <v>4068</v>
+        <v>4070</v>
       </c>
       <c r="E552" t="s" s="45">
-        <v>4069</v>
+        <v>4071</v>
       </c>
       <c r="F552" t="s" s="49">
-        <v>4070</v>
+        <v>4072</v>
       </c>
       <c r="G552" t="s" s="53">
-        <v>4071</v>
+        <v>31</v>
       </c>
       <c r="H552" t="s" s="57">
-        <v>4072</v>
+        <v>4073</v>
       </c>
       <c r="I552" t="s" s="61">
-        <v>4073</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s" s="29">
-        <v>4074</v>
+        <v>4067</v>
       </c>
       <c r="B553" t="s" s="33">
         <v>4075</v>
       </c>
       <c r="C553" t="s" s="37">
         <v>4076</v>
       </c>
       <c r="D553" t="s" s="41">
         <v>4077</v>
       </c>
       <c r="E553" t="s" s="45">
         <v>4078</v>
       </c>
       <c r="F553" t="s" s="49">
         <v>4079</v>
       </c>
       <c r="G553" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H553" t="s" s="57">
         <v>4080</v>
       </c>
-      <c r="H553" t="s" s="57">
+      <c r="I553" t="s" s="61">
         <v>4081</v>
-      </c>
-[...1 lines deleted...]
-        <v>4082</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s" s="29">
+        <v>4082</v>
+      </c>
+      <c r="B554" t="s" s="33">
         <v>4083</v>
       </c>
-      <c r="B554" t="s" s="33">
+      <c r="C554" t="s" s="37">
         <v>4084</v>
       </c>
-      <c r="C554" t="s" s="37">
+      <c r="D554" t="s" s="41">
         <v>4085</v>
       </c>
-      <c r="D554" t="s" s="41">
+      <c r="E554" t="s" s="45">
         <v>4086</v>
       </c>
-      <c r="E554" t="s" s="45">
+      <c r="F554" t="s" s="49">
         <v>4087</v>
       </c>
-      <c r="F554" t="s" s="49">
+      <c r="G554" t="s" s="53">
         <v>4088</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H554" t="s" s="57">
         <v>4089</v>
       </c>
       <c r="I554" t="s" s="61">
         <v>4090</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s" s="29">
-        <v>4083</v>
+        <v>4091</v>
       </c>
       <c r="B555" t="s" s="33">
-        <v>4091</v>
+        <v>4092</v>
       </c>
       <c r="C555" t="s" s="37">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="D555" t="s" s="41">
-        <v>4093</v>
+        <v>4094</v>
       </c>
       <c r="E555" t="s" s="45">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="F555" t="s" s="49">
-        <v>4095</v>
+        <v>4096</v>
       </c>
       <c r="G555" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H555" t="s" s="57">
-        <v>4096</v>
+        <v>4097</v>
       </c>
       <c r="I555" t="s" s="61">
-        <v>4097</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s" s="29">
-        <v>4098</v>
+        <v>4099</v>
       </c>
       <c r="B556" t="s" s="33">
-        <v>4099</v>
+        <v>4100</v>
       </c>
       <c r="C556" t="s" s="37">
-        <v>4100</v>
+        <v>4101</v>
       </c>
       <c r="D556" t="s" s="41">
-        <v>4101</v>
+        <v>4102</v>
       </c>
       <c r="E556" t="s" s="45">
-        <v>4102</v>
+        <v>4103</v>
       </c>
       <c r="F556" t="s" s="49">
-        <v>4103</v>
+        <v>4104</v>
       </c>
       <c r="G556" t="s" s="53">
-        <v>4104</v>
+        <v>31</v>
       </c>
       <c r="H556" t="s" s="57">
         <v>4105</v>
       </c>
       <c r="I556" t="s" s="61">
         <v>4106</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s" s="29">
         <v>4107</v>
       </c>
       <c r="B557" t="s" s="33">
         <v>4108</v>
       </c>
       <c r="C557" t="s" s="37">
         <v>4109</v>
       </c>
       <c r="D557" t="s" s="41">
         <v>4110</v>
       </c>
       <c r="E557" t="s" s="45">
         <v>4111</v>
       </c>
       <c r="F557" t="s" s="49">
         <v>4112</v>
       </c>
       <c r="G557" t="s" s="53">
-        <v>31</v>
+        <v>4113</v>
       </c>
       <c r="H557" t="s" s="57">
-        <v>4113</v>
+        <v>4114</v>
       </c>
       <c r="I557" t="s" s="61">
-        <v>4114</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s" s="29">
-        <v>4115</v>
+        <v>4116</v>
       </c>
       <c r="B558" t="s" s="33">
-        <v>4116</v>
+        <v>4117</v>
       </c>
       <c r="C558" t="s" s="37">
-        <v>4117</v>
+        <v>4118</v>
       </c>
       <c r="D558" t="s" s="41">
-        <v>4118</v>
+        <v>4119</v>
       </c>
       <c r="E558" t="s" s="45">
-        <v>4119</v>
+        <v>4120</v>
       </c>
       <c r="F558" t="s" s="49">
-        <v>4120</v>
+        <v>4121</v>
       </c>
       <c r="G558" t="s" s="53">
-        <v>31</v>
+        <v>4122</v>
       </c>
       <c r="H558" t="s" s="57">
-        <v>4121</v>
+        <v>4123</v>
       </c>
       <c r="I558" t="s" s="61">
-        <v>4122</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s" s="29">
-        <v>4123</v>
+        <v>4116</v>
       </c>
       <c r="B559" t="s" s="33">
-        <v>4124</v>
+        <v>4125</v>
       </c>
       <c r="C559" t="s" s="37">
-        <v>4125</v>
+        <v>4126</v>
       </c>
       <c r="D559" t="s" s="41">
-        <v>4126</v>
+        <v>4127</v>
       </c>
       <c r="E559" t="s" s="45">
-        <v>4127</v>
+        <v>4128</v>
       </c>
       <c r="F559" t="s" s="49">
-        <v>4128</v>
+        <v>4129</v>
       </c>
       <c r="G559" t="s" s="53">
-        <v>4129</v>
+        <v>31</v>
       </c>
       <c r="H559" t="s" s="57">
         <v>4130</v>
       </c>
       <c r="I559" t="s" s="61">
         <v>4131</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s" s="29">
+        <v>4116</v>
+      </c>
+      <c r="B560" t="s" s="33">
         <v>4132</v>
       </c>
-      <c r="B560" t="s" s="33">
+      <c r="C560" t="s" s="37">
+        <v>1177</v>
+      </c>
+      <c r="D560" t="s" s="41">
         <v>4133</v>
       </c>
-      <c r="C560" t="s" s="37">
+      <c r="E560" t="s" s="45">
         <v>4134</v>
       </c>
-      <c r="D560" t="s" s="41">
+      <c r="F560" t="s" s="49">
         <v>4135</v>
       </c>
-      <c r="E560" t="s" s="45">
+      <c r="G560" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H560" t="s" s="57">
         <v>4136</v>
       </c>
-      <c r="F560" t="s" s="49">
+      <c r="I560" t="s" s="61">
         <v>4137</v>
-      </c>
-[...7 lines deleted...]
-        <v>4140</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s" s="29">
-        <v>4132</v>
+        <v>4116</v>
       </c>
       <c r="B561" t="s" s="33">
+        <v>4138</v>
+      </c>
+      <c r="C561" t="s" s="37">
+        <v>4139</v>
+      </c>
+      <c r="D561" t="s" s="41">
+        <v>4140</v>
+      </c>
+      <c r="E561" t="s" s="45">
         <v>4141</v>
       </c>
-      <c r="C561" t="s" s="37">
+      <c r="F561" t="s" s="49">
         <v>4142</v>
       </c>
-      <c r="D561" t="s" s="41">
+      <c r="G561" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H561" t="s" s="57">
         <v>4143</v>
       </c>
-      <c r="E561" t="s" s="45">
+      <c r="I561" t="s" s="61">
         <v>4144</v>
-      </c>
-[...10 lines deleted...]
-        <v>4147</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s" s="29">
-        <v>4132</v>
+        <v>4145</v>
       </c>
       <c r="B562" t="s" s="33">
+        <v>4146</v>
+      </c>
+      <c r="C562" t="s" s="37">
+        <v>4147</v>
+      </c>
+      <c r="D562" t="s" s="41">
         <v>4148</v>
       </c>
-      <c r="C562" t="s" s="37">
-[...2 lines deleted...]
-      <c r="D562" t="s" s="41">
+      <c r="E562" t="s" s="45">
         <v>4149</v>
       </c>
-      <c r="E562" t="s" s="45">
+      <c r="F562" t="s" s="49">
         <v>4150</v>
       </c>
-      <c r="F562" t="s" s="49">
+      <c r="G562" t="s" s="53">
+        <v>31</v>
+      </c>
+      <c r="H562" t="s" s="57">
         <v>4151</v>
       </c>
-      <c r="G562" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H562" t="s" s="57">
+      <c r="I562" t="s" s="61">
         <v>4152</v>
-      </c>
-[...1 lines deleted...]
-        <v>4153</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s" s="29">
-        <v>4132</v>
+        <v>4153</v>
       </c>
       <c r="B563" t="s" s="33">
         <v>4154</v>
       </c>
       <c r="C563" t="s" s="37">
         <v>4155</v>
       </c>
       <c r="D563" t="s" s="41">
         <v>4156</v>
       </c>
       <c r="E563" t="s" s="45">
         <v>4157</v>
       </c>
       <c r="F563" t="s" s="49">
         <v>4158</v>
       </c>
       <c r="G563" t="s" s="53">
-        <v>31</v>
+        <v>4159</v>
       </c>
       <c r="H563" t="s" s="57">
-        <v>4159</v>
+        <v>4160</v>
       </c>
       <c r="I563" t="s" s="61">
-        <v>4160</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s" s="29">
-        <v>4161</v>
+        <v>4162</v>
       </c>
       <c r="B564" t="s" s="33">
-        <v>4162</v>
+        <v>4163</v>
       </c>
       <c r="C564" t="s" s="37">
-        <v>4163</v>
+        <v>4164</v>
       </c>
       <c r="D564" t="s" s="41">
-        <v>4164</v>
+        <v>4165</v>
       </c>
       <c r="E564" t="s" s="45">
-        <v>4165</v>
+        <v>4166</v>
       </c>
       <c r="F564" t="s" s="49">
-        <v>4166</v>
+        <v>4167</v>
       </c>
       <c r="G564" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H564" t="s" s="57">
-        <v>4167</v>
+        <v>4168</v>
       </c>
       <c r="I564" t="s" s="61">
-        <v>4168</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s" s="29">
-        <v>4169</v>
+        <v>4170</v>
       </c>
       <c r="B565" t="s" s="33">
-        <v>4170</v>
+        <v>4171</v>
       </c>
       <c r="C565" t="s" s="37">
-        <v>4171</v>
+        <v>4172</v>
       </c>
       <c r="D565" t="s" s="41">
-        <v>4172</v>
+        <v>4173</v>
       </c>
       <c r="E565" t="s" s="45">
-        <v>4173</v>
+        <v>4174</v>
       </c>
       <c r="F565" t="s" s="49">
-        <v>4174</v>
+        <v>4175</v>
       </c>
       <c r="G565" t="s" s="53">
-        <v>4175</v>
+        <v>4176</v>
       </c>
       <c r="H565" t="s" s="57">
-        <v>4176</v>
+        <v>4177</v>
       </c>
       <c r="I565" t="s" s="61">
-        <v>4177</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s" s="29">
-        <v>4178</v>
+        <v>4179</v>
       </c>
       <c r="B566" t="s" s="33">
-        <v>4179</v>
+        <v>4180</v>
       </c>
       <c r="C566" t="s" s="37">
-        <v>4180</v>
+        <v>4181</v>
       </c>
       <c r="D566" t="s" s="41">
-        <v>4181</v>
+        <v>4182</v>
       </c>
       <c r="E566" t="s" s="45">
-        <v>4182</v>
+        <v>4183</v>
       </c>
       <c r="F566" t="s" s="49">
-        <v>4183</v>
+        <v>4184</v>
       </c>
       <c r="G566" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H566" t="s" s="57">
-        <v>4184</v>
+        <v>4185</v>
       </c>
       <c r="I566" t="s" s="61">
-        <v>4185</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s" s="29">
-        <v>4186</v>
+        <v>4187</v>
       </c>
       <c r="B567" t="s" s="33">
-        <v>4187</v>
+        <v>4188</v>
       </c>
       <c r="C567" t="s" s="37">
-        <v>4188</v>
+        <v>4189</v>
       </c>
       <c r="D567" t="s" s="41">
-        <v>4189</v>
+        <v>4190</v>
       </c>
       <c r="E567" t="s" s="45">
-        <v>4190</v>
+        <v>4191</v>
       </c>
       <c r="F567" t="s" s="49">
-        <v>4191</v>
+        <v>4192</v>
       </c>
       <c r="G567" t="s" s="53">
-        <v>4192</v>
+        <v>4193</v>
       </c>
       <c r="H567" t="s" s="57">
-        <v>4193</v>
+        <v>4194</v>
       </c>
       <c r="I567" t="s" s="61">
-        <v>4194</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s" s="29">
-        <v>4195</v>
+        <v>4196</v>
       </c>
       <c r="B568" t="s" s="33">
-        <v>4196</v>
+        <v>4197</v>
       </c>
       <c r="C568" t="s" s="37">
-        <v>4197</v>
+        <v>4198</v>
       </c>
       <c r="D568" t="s" s="41">
-        <v>4198</v>
+        <v>4199</v>
       </c>
       <c r="E568" t="s" s="45">
-        <v>4199</v>
+        <v>4200</v>
       </c>
       <c r="F568" t="s" s="49">
-        <v>4200</v>
+        <v>4201</v>
       </c>
       <c r="G568" t="s" s="53">
         <v>31</v>
       </c>
       <c r="H568" t="s" s="57">
-        <v>4201</v>
+        <v>4202</v>
       </c>
       <c r="I568" t="s" s="61">
-        <v>4202</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s" s="29">
-        <v>4203</v>
+        <v>4204</v>
       </c>
       <c r="B569" t="s" s="33">
-        <v>4204</v>
+        <v>4205</v>
       </c>
       <c r="C569" t="s" s="37">
-        <v>4205</v>
+        <v>4206</v>
       </c>
       <c r="D569" t="s" s="41">
-        <v>4206</v>
+        <v>4207</v>
       </c>
       <c r="E569" t="s" s="45">
-        <v>4207</v>
+        <v>4208</v>
       </c>
       <c r="F569" t="s" s="49">
-        <v>4208</v>
+        <v>4209</v>
       </c>
       <c r="G569" t="s" s="53">
-        <v>4209</v>
+        <v>31</v>
       </c>
       <c r="H569" t="s" s="57">
         <v>4210</v>
       </c>
       <c r="I569" t="s" s="61">
         <v>4211</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s" s="29">
         <v>4212</v>
       </c>
       <c r="B570" t="s" s="33">
         <v>4213</v>
       </c>
       <c r="C570" t="s" s="37">
         <v>4214</v>
       </c>
       <c r="D570" t="s" s="41">
         <v>4215</v>
       </c>
       <c r="E570" t="s" s="45">
         <v>4216</v>
       </c>
       <c r="F570" t="s" s="49">
@@ -34081,161 +34084,103 @@
       </c>
       <c r="I575" t="s" s="61">
         <v>4259</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s" s="29">
         <v>4260</v>
       </c>
       <c r="B576" t="s" s="33">
         <v>4261</v>
       </c>
       <c r="C576" t="s" s="37">
         <v>4262</v>
       </c>
       <c r="D576" t="s" s="41">
         <v>4263</v>
       </c>
       <c r="E576" t="s" s="45">
         <v>4264</v>
       </c>
       <c r="F576" t="s" s="49">
         <v>4265</v>
       </c>
       <c r="G576" t="s" s="53">
-        <v>31</v>
+        <v>4266</v>
       </c>
       <c r="H576" t="s" s="57">
-        <v>4266</v>
+        <v>4267</v>
       </c>
       <c r="I576" t="s" s="61">
-        <v>4267</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="577">
-      <c r="A577" t="s" s="29">
-[...2 lines deleted...]
-      <c r="B577" t="s" s="33">
+      <c r="A577" t="s" s="31">
         <v>4269</v>
       </c>
-      <c r="C577" t="s" s="37">
+      <c r="B577" t="s" s="35">
         <v>4270</v>
       </c>
-      <c r="D577" t="s" s="41">
+      <c r="C577" t="s" s="39">
         <v>4271</v>
       </c>
-      <c r="E577" t="s" s="45">
+      <c r="D577" t="s" s="43">
         <v>4272</v>
       </c>
-      <c r="F577" t="s" s="49">
+      <c r="E577" t="s" s="47">
         <v>4273</v>
       </c>
-      <c r="G577" t="s" s="53">
-[...2 lines deleted...]
-      <c r="H577" t="s" s="57">
+      <c r="F577" t="s" s="51">
         <v>4274</v>
       </c>
-      <c r="I577" t="s" s="61">
+      <c r="G577" t="s" s="55">
+        <v>31</v>
+      </c>
+      <c r="H577" t="s" s="59">
         <v>4275</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A578" t="s" s="29">
+      <c r="I577" t="s" s="63">
         <v>4276</v>
-      </c>
-[...51 lines deleted...]
-        <v>4292</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J168"/>
+  <dimension ref="A1:J170"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" customWidth="true" style="6" width="19.7109375" collapsed="false"/>
     <col min="2" max="2" customWidth="true" style="6" width="32.28515625" collapsed="false"/>
     <col min="3" max="3" customWidth="true" style="6" width="25.42578125" collapsed="false"/>
     <col min="4" max="4" customWidth="true" style="6" width="23.42578125" collapsed="false"/>
     <col min="5" max="5" customWidth="true" style="6" width="21.140625" collapsed="false"/>
     <col min="6" max="6" customWidth="true" style="6" width="29.5703125" collapsed="false"/>
     <col min="7" max="7" customWidth="true" style="6" width="26.28515625" collapsed="false"/>
     <col min="8" max="8" customWidth="true" style="6" width="19.7109375" collapsed="false"/>
     <col min="9" max="9" customWidth="true" style="6" width="24.0" collapsed="false"/>
     <col min="10" max="10" customWidth="true" style="6" width="22.0" collapsed="false"/>
     <col min="11" max="16384" style="6" width="9.140625" collapsed="false"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:10" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="22" t="s">
         <v>15</v>
       </c>
@@ -34301,5230 +34246,5294 @@
       </c>
       <c r="D6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="J6" s="12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="73">
-        <v>4293</v>
+        <v>4277</v>
       </c>
       <c r="B7" t="s" s="77">
-        <v>4294</v>
+        <v>4278</v>
       </c>
       <c r="C7" t="s" s="81">
-        <v>4295</v>
+        <v>4279</v>
       </c>
       <c r="D7" t="s" s="85">
-        <v>4296</v>
+        <v>4280</v>
       </c>
       <c r="E7" t="s" s="89">
-        <v>4297</v>
+        <v>4281</v>
       </c>
       <c r="F7" t="s" s="93">
-        <v>4298</v>
+        <v>4282</v>
       </c>
       <c r="G7" t="s" s="97">
-        <v>4299</v>
+        <v>4283</v>
       </c>
       <c r="H7" t="s" s="101">
-        <v>2559</v>
+        <v>2543</v>
       </c>
       <c r="I7" t="s" s="105">
-        <v>2560</v>
+        <v>2544</v>
       </c>
       <c r="J7" t="s" s="109">
-        <v>4300</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="73">
         <v>108</v>
       </c>
       <c r="B8" t="s" s="77">
-        <v>4301</v>
+        <v>4285</v>
       </c>
       <c r="C8" t="s" s="81">
-        <v>4302</v>
+        <v>4286</v>
       </c>
       <c r="D8" t="s" s="85">
-        <v>4303</v>
+        <v>4287</v>
       </c>
       <c r="E8" t="s" s="89">
-        <v>4304</v>
+        <v>4288</v>
       </c>
       <c r="F8" t="s" s="93">
-        <v>4305</v>
+        <v>4289</v>
       </c>
       <c r="G8" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H8" t="s" s="101">
-        <v>4306</v>
+        <v>4290</v>
       </c>
       <c r="I8" t="s" s="105">
-        <v>4307</v>
+        <v>4291</v>
       </c>
       <c r="J8" t="s" s="109">
-        <v>3433</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="73">
         <v>76</v>
       </c>
       <c r="B9" t="s" s="77">
         <v>574</v>
       </c>
       <c r="C9" t="s" s="81">
         <v>575</v>
       </c>
       <c r="D9" t="s" s="85">
-        <v>4308</v>
+        <v>4292</v>
       </c>
       <c r="E9" t="s" s="89">
-        <v>4309</v>
+        <v>4293</v>
       </c>
       <c r="F9" t="s" s="93">
-        <v>4310</v>
+        <v>4294</v>
       </c>
       <c r="G9" t="s" s="97">
-        <v>4311</v>
+        <v>4295</v>
       </c>
       <c r="H9" t="s" s="101">
-        <v>4312</v>
+        <v>4296</v>
       </c>
       <c r="I9" t="s" s="105">
-        <v>4313</v>
+        <v>4297</v>
       </c>
       <c r="J9" t="s" s="109">
-        <v>3595</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="73">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B10" t="s" s="77">
-        <v>4314</v>
+        <v>4298</v>
       </c>
       <c r="C10" t="s" s="81">
-        <v>4315</v>
+        <v>4299</v>
       </c>
       <c r="D10" t="s" s="85">
-        <v>4316</v>
+        <v>4300</v>
       </c>
       <c r="E10" t="s" s="89">
-        <v>4317</v>
+        <v>4301</v>
       </c>
       <c r="F10" t="s" s="93">
-        <v>4318</v>
+        <v>4302</v>
       </c>
       <c r="G10" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H10" t="s" s="101">
-        <v>4319</v>
+        <v>4303</v>
       </c>
       <c r="I10" t="s" s="105">
-        <v>4320</v>
+        <v>4304</v>
       </c>
       <c r="J10" t="s" s="109">
-        <v>3688</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="73">
-        <v>3008</v>
+        <v>2992</v>
       </c>
       <c r="B11" t="s" s="77">
         <v>399</v>
       </c>
       <c r="C11" t="s" s="81">
-        <v>1378</v>
+        <v>1362</v>
       </c>
       <c r="D11" t="s" s="85">
-        <v>4321</v>
+        <v>4305</v>
       </c>
       <c r="E11" t="s" s="89">
-        <v>4322</v>
+        <v>4306</v>
       </c>
       <c r="F11" t="s" s="93">
-        <v>4323</v>
+        <v>4307</v>
       </c>
       <c r="G11" t="s" s="97">
-        <v>4324</v>
+        <v>4308</v>
       </c>
       <c r="H11" t="s" s="101">
-        <v>4325</v>
+        <v>4309</v>
       </c>
       <c r="I11" t="s" s="105">
-        <v>4326</v>
+        <v>4310</v>
       </c>
       <c r="J11" t="s" s="109">
-        <v>4327</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B12" t="s" s="77">
-        <v>4328</v>
+        <v>4312</v>
       </c>
       <c r="C12" t="s" s="81">
-        <v>4329</v>
+        <v>4313</v>
       </c>
       <c r="D12" t="s" s="85">
-        <v>4330</v>
+        <v>4314</v>
       </c>
       <c r="E12" t="s" s="89">
-        <v>4331</v>
+        <v>4315</v>
       </c>
       <c r="F12" t="s" s="93">
-        <v>4332</v>
+        <v>4316</v>
       </c>
       <c r="G12" t="s" s="97">
-        <v>4333</v>
+        <v>4317</v>
       </c>
       <c r="H12" t="s" s="101">
-        <v>4334</v>
+        <v>4318</v>
       </c>
       <c r="I12" t="s" s="105">
-        <v>4335</v>
+        <v>4319</v>
       </c>
       <c r="J12" t="s" s="109">
-        <v>3813</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="73">
-        <v>3234</v>
+        <v>3218</v>
       </c>
       <c r="B13" t="s" s="77">
-        <v>4336</v>
+        <v>4320</v>
       </c>
       <c r="C13" t="s" s="81">
-        <v>4337</v>
+        <v>4321</v>
       </c>
       <c r="D13" t="s" s="85">
-        <v>4338</v>
+        <v>4322</v>
       </c>
       <c r="E13" t="s" s="89">
-        <v>4339</v>
+        <v>4323</v>
       </c>
       <c r="F13" t="s" s="93">
-        <v>4340</v>
+        <v>4324</v>
       </c>
       <c r="G13" t="s" s="97">
-        <v>4341</v>
+        <v>4325</v>
       </c>
       <c r="H13" t="s" s="101">
-        <v>4342</v>
+        <v>4326</v>
       </c>
       <c r="I13" t="s" s="105">
-        <v>4343</v>
+        <v>4327</v>
       </c>
       <c r="J13" t="s" s="109">
-        <v>4344</v>
+        <v>4328</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="73">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B14" t="s" s="77">
-        <v>4345</v>
+        <v>4329</v>
       </c>
       <c r="C14" t="s" s="81">
-        <v>4346</v>
+        <v>4330</v>
       </c>
       <c r="D14" t="s" s="85">
-        <v>4347</v>
+        <v>4331</v>
       </c>
       <c r="E14" t="s" s="89">
-        <v>4348</v>
+        <v>4332</v>
       </c>
       <c r="F14" t="s" s="93">
-        <v>4349</v>
+        <v>4333</v>
       </c>
       <c r="G14" t="s" s="97">
-        <v>4350</v>
+        <v>4334</v>
       </c>
       <c r="H14" t="s" s="101">
-        <v>4351</v>
+        <v>4335</v>
       </c>
       <c r="I14" t="s" s="105">
-        <v>4352</v>
+        <v>4336</v>
       </c>
       <c r="J14" t="s" s="109">
-        <v>3923</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="73">
-        <v>3501</v>
+        <v>3485</v>
       </c>
       <c r="B15" t="s" s="77">
-        <v>4353</v>
+        <v>4337</v>
       </c>
       <c r="C15" t="s" s="81">
-        <v>4354</v>
+        <v>4338</v>
       </c>
       <c r="D15" t="s" s="85">
-        <v>4355</v>
+        <v>4339</v>
       </c>
       <c r="E15" t="s" s="89">
-        <v>4356</v>
+        <v>4340</v>
       </c>
       <c r="F15" t="s" s="93">
-        <v>4357</v>
+        <v>4341</v>
       </c>
       <c r="G15" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H15" t="s" s="101">
-        <v>4358</v>
+        <v>4342</v>
       </c>
       <c r="I15" t="s" s="105">
-        <v>4359</v>
+        <v>4343</v>
       </c>
       <c r="J15" t="s" s="109">
-        <v>3948</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="73">
-        <v>3595</v>
+        <v>3579</v>
       </c>
       <c r="B16" t="s" s="77">
-        <v>4360</v>
+        <v>4344</v>
       </c>
       <c r="C16" t="s" s="81">
-        <v>4361</v>
+        <v>4345</v>
       </c>
       <c r="D16" t="s" s="85">
-        <v>4362</v>
+        <v>4346</v>
       </c>
       <c r="E16" t="s" s="89">
-        <v>4363</v>
+        <v>4347</v>
       </c>
       <c r="F16" t="s" s="93">
-        <v>4364</v>
+        <v>4348</v>
       </c>
       <c r="G16" t="s" s="97">
-        <v>4365</v>
+        <v>4349</v>
       </c>
       <c r="H16" t="s" s="101">
-        <v>4366</v>
+        <v>4350</v>
       </c>
       <c r="I16" t="s" s="105">
-        <v>4367</v>
+        <v>4351</v>
       </c>
       <c r="J16" t="s" s="109">
-        <v>4368</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="73">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B17" t="s" s="77">
-        <v>4369</v>
+        <v>4353</v>
       </c>
       <c r="C17" t="s" s="81">
-        <v>4370</v>
+        <v>4354</v>
       </c>
       <c r="D17" t="s" s="85">
-        <v>4371</v>
+        <v>4355</v>
       </c>
       <c r="E17" t="s" s="89">
-        <v>4372</v>
+        <v>4356</v>
       </c>
       <c r="F17" t="s" s="93">
-        <v>3724</v>
+        <v>3708</v>
       </c>
       <c r="G17" t="s" s="97">
-        <v>4373</v>
+        <v>4357</v>
       </c>
       <c r="H17" t="s" s="101">
-        <v>4374</v>
+        <v>4358</v>
       </c>
       <c r="I17" t="s" s="105">
-        <v>4375</v>
+        <v>4359</v>
       </c>
       <c r="J17" t="s" s="109">
-        <v>4368</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="73">
-        <v>3719</v>
+        <v>3703</v>
       </c>
       <c r="B18" t="s" s="77">
-        <v>4376</v>
+        <v>4360</v>
       </c>
       <c r="C18" t="s" s="81">
-        <v>4377</v>
+        <v>4361</v>
       </c>
       <c r="D18" t="s" s="85">
-        <v>4378</v>
+        <v>4362</v>
       </c>
       <c r="E18" t="s" s="89">
-        <v>4379</v>
+        <v>4363</v>
       </c>
       <c r="F18" t="s" s="93">
-        <v>4380</v>
+        <v>4364</v>
       </c>
       <c r="G18" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H18" t="s" s="101">
-        <v>4381</v>
+        <v>4365</v>
       </c>
       <c r="I18" t="s" s="105">
-        <v>4382</v>
+        <v>4366</v>
       </c>
       <c r="J18" t="s" s="109">
-        <v>3979</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="73">
-        <v>2445</v>
+        <v>2429</v>
       </c>
       <c r="B19" t="s" s="77">
-        <v>4383</v>
+        <v>4367</v>
       </c>
       <c r="C19" t="s" s="81">
-        <v>4384</v>
+        <v>4368</v>
       </c>
       <c r="D19" t="s" s="85">
-        <v>4385</v>
+        <v>4369</v>
       </c>
       <c r="E19" t="s" s="89">
-        <v>4386</v>
+        <v>4370</v>
       </c>
       <c r="F19" t="s" s="93">
-        <v>4387</v>
+        <v>4371</v>
       </c>
       <c r="G19" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H19" t="s" s="101">
-        <v>4388</v>
+        <v>4372</v>
       </c>
       <c r="I19" t="s" s="105">
-        <v>4389</v>
+        <v>4373</v>
       </c>
       <c r="J19" t="s" s="109">
-        <v>4001</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="73">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B20" t="s" s="77">
-        <v>4390</v>
+        <v>4374</v>
       </c>
       <c r="C20" t="s" s="81">
-        <v>4391</v>
+        <v>4375</v>
       </c>
       <c r="D20" t="s" s="85">
-        <v>4392</v>
+        <v>4376</v>
       </c>
       <c r="E20" t="s" s="89">
-        <v>4393</v>
+        <v>4377</v>
       </c>
       <c r="F20" t="s" s="93">
-        <v>4394</v>
+        <v>4378</v>
       </c>
       <c r="G20" t="s" s="97">
-        <v>4395</v>
+        <v>4379</v>
       </c>
       <c r="H20" t="s" s="101">
-        <v>4396</v>
+        <v>4380</v>
       </c>
       <c r="I20" t="s" s="105">
-        <v>4397</v>
+        <v>4381</v>
       </c>
       <c r="J20" t="s" s="109">
-        <v>4398</v>
+        <v>4382</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="73">
-        <v>3898</v>
+        <v>3882</v>
       </c>
       <c r="B21" t="s" s="77">
-        <v>4399</v>
+        <v>4383</v>
       </c>
       <c r="C21" t="s" s="81">
-        <v>4400</v>
+        <v>4384</v>
       </c>
       <c r="D21" t="s" s="85">
-        <v>4401</v>
+        <v>4385</v>
       </c>
       <c r="E21" t="s" s="89">
-        <v>4402</v>
+        <v>4386</v>
       </c>
       <c r="F21" t="s" s="93">
-        <v>4403</v>
+        <v>4387</v>
       </c>
       <c r="G21" t="s" s="97">
-        <v>4404</v>
+        <v>4388</v>
       </c>
       <c r="H21" t="s" s="101">
-        <v>4405</v>
+        <v>4389</v>
       </c>
       <c r="I21" t="s" s="105">
-        <v>4406</v>
+        <v>4390</v>
       </c>
       <c r="J21" t="s" s="109">
-        <v>4407</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="73">
-        <v>1517</v>
+        <v>1501</v>
       </c>
       <c r="B22" t="s" s="77">
-        <v>4408</v>
+        <v>4392</v>
       </c>
       <c r="C22" t="s" s="81">
-        <v>4409</v>
+        <v>4393</v>
       </c>
       <c r="D22" t="s" s="85">
-        <v>4410</v>
+        <v>4394</v>
       </c>
       <c r="E22" t="s" s="89">
-        <v>4411</v>
+        <v>4395</v>
       </c>
       <c r="F22" t="s" s="93">
-        <v>4412</v>
+        <v>4396</v>
       </c>
       <c r="G22" t="s" s="97">
-        <v>4413</v>
+        <v>4397</v>
       </c>
       <c r="H22" t="s" s="101">
-        <v>4414</v>
+        <v>4398</v>
       </c>
       <c r="I22" t="s" s="105">
-        <v>4415</v>
+        <v>4399</v>
       </c>
       <c r="J22" t="s" s="109">
-        <v>4407</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="73">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B23" t="s" s="77">
-        <v>4416</v>
+        <v>4400</v>
       </c>
       <c r="C23" t="s" s="81">
-        <v>4417</v>
+        <v>4401</v>
       </c>
       <c r="D23" t="s" s="85">
-        <v>4418</v>
+        <v>4402</v>
       </c>
       <c r="E23" t="s" s="89">
-        <v>4419</v>
+        <v>4403</v>
       </c>
       <c r="F23" t="s" s="93">
-        <v>4420</v>
+        <v>4404</v>
       </c>
       <c r="G23" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H23" t="s" s="101">
-        <v>4421</v>
+        <v>4405</v>
       </c>
       <c r="I23" t="s" s="105">
-        <v>4422</v>
+        <v>4406</v>
       </c>
       <c r="J23" t="s" s="109">
-        <v>4010</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="73">
-        <v>2445</v>
+        <v>2429</v>
       </c>
       <c r="B24" t="s" s="77">
-        <v>4423</v>
+        <v>4407</v>
       </c>
       <c r="C24" t="s" s="81">
-        <v>4424</v>
+        <v>4408</v>
       </c>
       <c r="D24" t="s" s="85">
-        <v>4425</v>
+        <v>4409</v>
       </c>
       <c r="E24" t="s" s="89">
-        <v>4426</v>
+        <v>4410</v>
       </c>
       <c r="F24" t="s" s="93">
-        <v>4427</v>
+        <v>4411</v>
       </c>
       <c r="G24" t="s" s="97">
-        <v>4428</v>
+        <v>4412</v>
       </c>
       <c r="H24" t="s" s="101">
-        <v>4429</v>
+        <v>4413</v>
       </c>
       <c r="I24" t="s" s="105">
-        <v>4430</v>
+        <v>4414</v>
       </c>
       <c r="J24" t="s" s="109">
-        <v>4431</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B25" t="s" s="77">
-        <v>4432</v>
+        <v>4416</v>
       </c>
       <c r="C25" t="s" s="81">
-        <v>4433</v>
+        <v>4417</v>
       </c>
       <c r="D25" t="s" s="85">
-        <v>4434</v>
+        <v>4418</v>
       </c>
       <c r="E25" t="s" s="89">
-        <v>4435</v>
+        <v>4419</v>
       </c>
       <c r="F25" t="s" s="93">
-        <v>4436</v>
+        <v>4420</v>
       </c>
       <c r="G25" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H25" t="s" s="101">
-        <v>4437</v>
+        <v>4421</v>
       </c>
       <c r="I25" t="s" s="105">
-        <v>4438</v>
+        <v>4422</v>
       </c>
       <c r="J25" t="s" s="109">
-        <v>4439</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="73">
-        <v>2587</v>
+        <v>2571</v>
       </c>
       <c r="B26" t="s" s="77">
-        <v>4440</v>
+        <v>4424</v>
       </c>
       <c r="C26" t="s" s="81">
-        <v>4441</v>
+        <v>4425</v>
       </c>
       <c r="D26" t="s" s="85">
-        <v>4442</v>
+        <v>4426</v>
       </c>
       <c r="E26" t="s" s="89">
-        <v>4443</v>
+        <v>4427</v>
       </c>
       <c r="F26" t="s" s="93">
-        <v>4444</v>
+        <v>4428</v>
       </c>
       <c r="G26" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H26" t="s" s="101">
-        <v>4445</v>
+        <v>4429</v>
       </c>
       <c r="I26" t="s" s="105">
-        <v>4446</v>
+        <v>4430</v>
       </c>
       <c r="J26" t="s" s="109">
-        <v>4447</v>
+        <v>4431</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="73">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B27" t="s" s="77">
         <v>718</v>
       </c>
       <c r="C27" t="s" s="81">
         <v>465</v>
       </c>
       <c r="D27" t="s" s="85">
-        <v>4448</v>
+        <v>4432</v>
       </c>
       <c r="E27" t="s" s="89">
-        <v>4449</v>
+        <v>4433</v>
       </c>
       <c r="F27" t="s" s="93">
-        <v>4450</v>
+        <v>4434</v>
       </c>
       <c r="G27" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H27" t="s" s="101">
-        <v>4451</v>
+        <v>4435</v>
       </c>
       <c r="I27" t="s" s="105">
-        <v>4452</v>
+        <v>4436</v>
       </c>
       <c r="J27" t="s" s="109">
-        <v>4453</v>
+        <v>4437</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="73">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B28" t="s" s="77">
-        <v>4454</v>
+        <v>4438</v>
       </c>
       <c r="C28" t="s" s="81">
-        <v>3321</v>
+        <v>3305</v>
       </c>
       <c r="D28" t="s" s="85">
-        <v>4455</v>
+        <v>4439</v>
       </c>
       <c r="E28" t="s" s="89">
-        <v>4456</v>
+        <v>4440</v>
       </c>
       <c r="F28" t="s" s="93">
-        <v>4457</v>
+        <v>4441</v>
       </c>
       <c r="G28" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H28" t="s" s="101">
-        <v>4458</v>
+        <v>4442</v>
       </c>
       <c r="I28" t="s" s="105">
-        <v>4459</v>
+        <v>4443</v>
       </c>
       <c r="J28" t="s" s="109">
-        <v>4460</v>
+        <v>4444</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="73">
-        <v>1450</v>
+        <v>446</v>
       </c>
       <c r="B29" t="s" s="77">
-        <v>4461</v>
+        <v>4445</v>
       </c>
       <c r="C29" t="s" s="81">
-        <v>4462</v>
+        <v>4446</v>
       </c>
       <c r="D29" t="s" s="85">
-        <v>4463</v>
+        <v>4447</v>
       </c>
       <c r="E29" t="s" s="89">
-        <v>4464</v>
+        <v>4448</v>
       </c>
       <c r="F29" t="s" s="93">
-        <v>4465</v>
+        <v>4449</v>
       </c>
       <c r="G29" t="s" s="97">
-        <v>4466</v>
+        <v>31</v>
       </c>
       <c r="H29" t="s" s="101">
-        <v>4467</v>
+        <v>4450</v>
       </c>
       <c r="I29" t="s" s="105">
-        <v>4468</v>
+        <v>4451</v>
       </c>
       <c r="J29" t="s" s="109">
-        <v>4469</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="73">
-        <v>446</v>
+        <v>1434</v>
       </c>
       <c r="B30" t="s" s="77">
-        <v>4470</v>
+        <v>4453</v>
       </c>
       <c r="C30" t="s" s="81">
-        <v>4471</v>
+        <v>4454</v>
       </c>
       <c r="D30" t="s" s="85">
-        <v>4472</v>
+        <v>4455</v>
       </c>
       <c r="E30" t="s" s="89">
-        <v>4473</v>
+        <v>4456</v>
       </c>
       <c r="F30" t="s" s="93">
-        <v>4474</v>
+        <v>4457</v>
       </c>
       <c r="G30" t="s" s="97">
-        <v>31</v>
+        <v>4458</v>
       </c>
       <c r="H30" t="s" s="101">
-        <v>4475</v>
+        <v>4459</v>
       </c>
       <c r="I30" t="s" s="105">
-        <v>4476</v>
+        <v>4460</v>
       </c>
       <c r="J30" t="s" s="109">
-        <v>4469</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="73">
-        <v>2654</v>
+        <v>610</v>
       </c>
       <c r="B31" t="s" s="77">
-        <v>4477</v>
+        <v>4461</v>
       </c>
       <c r="C31" t="s" s="81">
-        <v>4478</v>
+        <v>4462</v>
       </c>
       <c r="D31" t="s" s="85">
-        <v>4479</v>
+        <v>4463</v>
       </c>
       <c r="E31" t="s" s="89">
-        <v>4480</v>
+        <v>4464</v>
       </c>
       <c r="F31" t="s" s="93">
-        <v>4481</v>
+        <v>4465</v>
       </c>
       <c r="G31" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H31" t="s" s="101">
-        <v>4482</v>
+        <v>4466</v>
       </c>
       <c r="I31" t="s" s="105">
-        <v>4483</v>
+        <v>4467</v>
       </c>
       <c r="J31" t="s" s="109">
-        <v>4484</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="73">
-        <v>610</v>
+        <v>2638</v>
       </c>
       <c r="B32" t="s" s="77">
-        <v>4485</v>
+        <v>4469</v>
       </c>
       <c r="C32" t="s" s="81">
-        <v>4486</v>
+        <v>4470</v>
       </c>
       <c r="D32" t="s" s="85">
-        <v>4487</v>
+        <v>4471</v>
       </c>
       <c r="E32" t="s" s="89">
-        <v>4488</v>
+        <v>4472</v>
       </c>
       <c r="F32" t="s" s="93">
-        <v>4489</v>
+        <v>4473</v>
       </c>
       <c r="G32" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H32" t="s" s="101">
-        <v>4490</v>
+        <v>4474</v>
       </c>
       <c r="I32" t="s" s="105">
-        <v>4491</v>
+        <v>4475</v>
       </c>
       <c r="J32" t="s" s="109">
-        <v>4484</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="73">
-        <v>2212</v>
+        <v>1633</v>
       </c>
       <c r="B33" t="s" s="77">
-        <v>4492</v>
+        <v>4476</v>
       </c>
       <c r="C33" t="s" s="81">
-        <v>4493</v>
+        <v>4477</v>
       </c>
       <c r="D33" t="s" s="85">
-        <v>4494</v>
+        <v>4478</v>
       </c>
       <c r="E33" t="s" s="89">
-        <v>4495</v>
+        <v>4479</v>
       </c>
       <c r="F33" t="s" s="93">
-        <v>4496</v>
+        <v>4480</v>
       </c>
       <c r="G33" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H33" t="s" s="101">
-        <v>4497</v>
+        <v>4481</v>
       </c>
       <c r="I33" t="s" s="105">
-        <v>4498</v>
+        <v>4482</v>
       </c>
       <c r="J33" t="s" s="109">
-        <v>4499</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="73">
-        <v>1649</v>
+        <v>2196</v>
       </c>
       <c r="B34" t="s" s="77">
-        <v>4500</v>
+        <v>4484</v>
       </c>
       <c r="C34" t="s" s="81">
-        <v>4501</v>
+        <v>4485</v>
       </c>
       <c r="D34" t="s" s="85">
-        <v>4502</v>
+        <v>4486</v>
       </c>
       <c r="E34" t="s" s="89">
-        <v>4503</v>
+        <v>4487</v>
       </c>
       <c r="F34" t="s" s="93">
-        <v>4504</v>
+        <v>4488</v>
       </c>
       <c r="G34" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H34" t="s" s="101">
-        <v>4497</v>
+        <v>4481</v>
       </c>
       <c r="I34" t="s" s="105">
-        <v>4498</v>
+        <v>4482</v>
       </c>
       <c r="J34" t="s" s="109">
-        <v>4499</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="73">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B35" t="s" s="77">
-        <v>4505</v>
+        <v>4489</v>
       </c>
       <c r="C35" t="s" s="81">
-        <v>4506</v>
+        <v>4490</v>
       </c>
       <c r="D35" t="s" s="85">
-        <v>4507</v>
+        <v>4491</v>
       </c>
       <c r="E35" t="s" s="89">
-        <v>4508</v>
+        <v>4492</v>
       </c>
       <c r="F35" t="s" s="93">
-        <v>4509</v>
+        <v>4493</v>
       </c>
       <c r="G35" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H35" t="s" s="101">
-        <v>4497</v>
+        <v>4481</v>
       </c>
       <c r="I35" t="s" s="105">
-        <v>4498</v>
+        <v>4482</v>
       </c>
       <c r="J35" t="s" s="109">
-        <v>4510</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="73">
-        <v>4511</v>
+        <v>4495</v>
       </c>
       <c r="B36" t="s" s="77">
-        <v>4512</v>
+        <v>4496</v>
       </c>
       <c r="C36" t="s" s="81">
-        <v>4513</v>
+        <v>4497</v>
       </c>
       <c r="D36" t="s" s="85">
-        <v>4514</v>
+        <v>4498</v>
       </c>
       <c r="E36" t="s" s="89">
-        <v>4515</v>
+        <v>4499</v>
       </c>
       <c r="F36" t="s" s="93">
-        <v>4516</v>
+        <v>4500</v>
       </c>
       <c r="G36" t="s" s="97">
-        <v>4517</v>
+        <v>4501</v>
       </c>
       <c r="H36" t="s" s="101">
-        <v>4518</v>
+        <v>4502</v>
       </c>
       <c r="I36" t="s" s="105">
-        <v>4519</v>
+        <v>4503</v>
       </c>
       <c r="J36" t="s" s="109">
-        <v>4520</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="73">
-        <v>3890</v>
+        <v>3874</v>
       </c>
       <c r="B37" t="s" s="77">
-        <v>4521</v>
+        <v>4505</v>
       </c>
       <c r="C37" t="s" s="81">
-        <v>4522</v>
+        <v>4506</v>
       </c>
       <c r="D37" t="s" s="85">
-        <v>4523</v>
+        <v>4507</v>
       </c>
       <c r="E37" t="s" s="89">
-        <v>4524</v>
+        <v>4508</v>
       </c>
       <c r="F37" t="s" s="93">
-        <v>4525</v>
+        <v>4509</v>
       </c>
       <c r="G37" t="s" s="97">
-        <v>4526</v>
+        <v>4510</v>
       </c>
       <c r="H37" t="s" s="101">
-        <v>4527</v>
+        <v>4511</v>
       </c>
       <c r="I37" t="s" s="105">
-        <v>4528</v>
+        <v>4512</v>
       </c>
       <c r="J37" t="s" s="109">
-        <v>4115</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="73">
-        <v>3890</v>
+        <v>3874</v>
       </c>
       <c r="B38" t="s" s="77">
-        <v>4529</v>
+        <v>4513</v>
       </c>
       <c r="C38" t="s" s="81">
-        <v>4530</v>
+        <v>4514</v>
       </c>
       <c r="D38" t="s" s="85">
-        <v>4531</v>
+        <v>4515</v>
       </c>
       <c r="E38" t="s" s="89">
-        <v>4532</v>
+        <v>4516</v>
       </c>
       <c r="F38" t="s" s="93">
-        <v>4533</v>
+        <v>4517</v>
       </c>
       <c r="G38" t="s" s="97">
-        <v>4534</v>
+        <v>4518</v>
       </c>
       <c r="H38" t="s" s="101">
-        <v>4527</v>
+        <v>4511</v>
       </c>
       <c r="I38" t="s" s="105">
-        <v>4535</v>
+        <v>4519</v>
       </c>
       <c r="J38" t="s" s="109">
-        <v>4115</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="73">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B39" t="s" s="77">
-        <v>4536</v>
+        <v>4520</v>
       </c>
       <c r="C39" t="s" s="81">
         <v>456</v>
       </c>
       <c r="D39" t="s" s="85">
-        <v>4537</v>
+        <v>4521</v>
       </c>
       <c r="E39" t="s" s="89">
-        <v>4538</v>
+        <v>4522</v>
       </c>
       <c r="F39" t="s" s="93">
-        <v>4539</v>
+        <v>4523</v>
       </c>
       <c r="G39" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H39" t="s" s="101">
-        <v>4540</v>
+        <v>4524</v>
       </c>
       <c r="I39" t="s" s="105">
-        <v>4541</v>
+        <v>4525</v>
       </c>
       <c r="J39" t="s" s="109">
-        <v>4542</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="73">
         <v>590</v>
       </c>
       <c r="B40" t="s" s="77">
-        <v>4543</v>
+        <v>4527</v>
       </c>
       <c r="C40" t="s" s="81">
-        <v>4544</v>
+        <v>4528</v>
       </c>
       <c r="D40" t="s" s="85">
-        <v>4545</v>
+        <v>4529</v>
       </c>
       <c r="E40" t="s" s="89">
-        <v>4546</v>
+        <v>4530</v>
       </c>
       <c r="F40" t="s" s="93">
-        <v>4547</v>
+        <v>4531</v>
       </c>
       <c r="G40" t="s" s="97">
-        <v>4548</v>
+        <v>4532</v>
       </c>
       <c r="H40" t="s" s="101">
-        <v>4549</v>
+        <v>4533</v>
       </c>
       <c r="I40" t="s" s="105">
-        <v>4550</v>
+        <v>4534</v>
       </c>
       <c r="J40" t="s" s="109">
-        <v>4551</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="73">
-        <v>1582</v>
+        <v>1566</v>
       </c>
       <c r="B41" t="s" s="77">
-        <v>4552</v>
+        <v>4536</v>
       </c>
       <c r="C41" t="s" s="81">
-        <v>4553</v>
+        <v>4537</v>
       </c>
       <c r="D41" t="s" s="85">
-        <v>4554</v>
+        <v>4538</v>
       </c>
       <c r="E41" t="s" s="89">
-        <v>4555</v>
+        <v>4539</v>
       </c>
       <c r="F41" t="s" s="93">
-        <v>4556</v>
+        <v>4540</v>
       </c>
       <c r="G41" t="s" s="97">
-        <v>4557</v>
+        <v>4541</v>
       </c>
       <c r="H41" t="s" s="101">
-        <v>4558</v>
+        <v>4542</v>
       </c>
       <c r="I41" t="s" s="105">
-        <v>4559</v>
+        <v>4543</v>
       </c>
       <c r="J41" t="s" s="109">
-        <v>4560</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="73">
-        <v>4561</v>
+        <v>4545</v>
       </c>
       <c r="B42" t="s" s="77">
-        <v>4562</v>
+        <v>4546</v>
       </c>
       <c r="C42" t="s" s="81">
-        <v>4563</v>
+        <v>4547</v>
       </c>
       <c r="D42" t="s" s="85">
-        <v>4564</v>
+        <v>4548</v>
       </c>
       <c r="E42" t="s" s="89">
-        <v>4565</v>
+        <v>4549</v>
       </c>
       <c r="F42" t="s" s="93">
-        <v>4566</v>
+        <v>4550</v>
       </c>
       <c r="G42" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H42" t="s" s="101">
-        <v>4567</v>
+        <v>4551</v>
       </c>
       <c r="I42" t="s" s="105">
-        <v>4568</v>
+        <v>4552</v>
       </c>
       <c r="J42" t="s" s="109">
-        <v>4569</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="73">
-        <v>2654</v>
+        <v>2638</v>
       </c>
       <c r="B43" t="s" s="77">
-        <v>4570</v>
+        <v>4554</v>
       </c>
       <c r="C43" t="s" s="81">
-        <v>4571</v>
+        <v>4555</v>
       </c>
       <c r="D43" t="s" s="85">
-        <v>4572</v>
+        <v>4556</v>
       </c>
       <c r="E43" t="s" s="89">
-        <v>4573</v>
+        <v>4557</v>
       </c>
       <c r="F43" t="s" s="93">
-        <v>4574</v>
+        <v>4558</v>
       </c>
       <c r="G43" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H43" t="s" s="101">
-        <v>4575</v>
+        <v>4559</v>
       </c>
       <c r="I43" t="s" s="105">
-        <v>4576</v>
+        <v>4560</v>
       </c>
       <c r="J43" t="s" s="109">
-        <v>4577</v>
+        <v>4561</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="73">
-        <v>3319</v>
+        <v>3303</v>
       </c>
       <c r="B44" t="s" s="77">
-        <v>4578</v>
+        <v>4562</v>
       </c>
       <c r="C44" t="s" s="81">
-        <v>4579</v>
+        <v>4563</v>
       </c>
       <c r="D44" t="s" s="85">
-        <v>4580</v>
+        <v>4564</v>
       </c>
       <c r="E44" t="s" s="89">
-        <v>4581</v>
+        <v>4565</v>
       </c>
       <c r="F44" t="s" s="93">
-        <v>4582</v>
+        <v>4566</v>
       </c>
       <c r="G44" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H44" t="s" s="101">
-        <v>4583</v>
+        <v>4567</v>
       </c>
       <c r="I44" t="s" s="105">
-        <v>4584</v>
+        <v>4568</v>
       </c>
       <c r="J44" t="s" s="109">
-        <v>4585</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="73">
-        <v>3790</v>
+        <v>3774</v>
       </c>
       <c r="B45" t="s" s="77">
-        <v>4586</v>
+        <v>4570</v>
       </c>
       <c r="C45" t="s" s="81">
-        <v>4587</v>
+        <v>4571</v>
       </c>
       <c r="D45" t="s" s="85">
-        <v>4588</v>
+        <v>4572</v>
       </c>
       <c r="E45" t="s" s="89">
-        <v>4589</v>
+        <v>4573</v>
       </c>
       <c r="F45" t="s" s="93">
-        <v>4590</v>
+        <v>4574</v>
       </c>
       <c r="G45" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H45" t="s" s="101">
-        <v>4591</v>
+        <v>4575</v>
       </c>
       <c r="I45" t="s" s="105">
-        <v>4592</v>
+        <v>4576</v>
       </c>
       <c r="J45" t="s" s="109">
-        <v>4593</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="73">
         <v>497</v>
       </c>
       <c r="B46" t="s" s="77">
-        <v>4594</v>
+        <v>4578</v>
       </c>
       <c r="C46" t="s" s="81">
-        <v>4595</v>
+        <v>4579</v>
       </c>
       <c r="D46" t="s" s="85">
-        <v>4596</v>
+        <v>4580</v>
       </c>
       <c r="E46" t="s" s="89">
-        <v>4597</v>
+        <v>4581</v>
       </c>
       <c r="F46" t="s" s="93">
-        <v>4598</v>
+        <v>4582</v>
       </c>
       <c r="G46" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H46" t="s" s="101">
-        <v>4599</v>
+        <v>4583</v>
       </c>
       <c r="I46" t="s" s="105">
-        <v>4600</v>
+        <v>4584</v>
       </c>
       <c r="J46" t="s" s="109">
-        <v>4601</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="73">
-        <v>3696</v>
+        <v>3680</v>
       </c>
       <c r="B47" t="s" s="77">
-        <v>4602</v>
+        <v>4586</v>
       </c>
       <c r="C47" t="s" s="81">
-        <v>4603</v>
+        <v>4587</v>
       </c>
       <c r="D47" t="s" s="85">
-        <v>4604</v>
+        <v>4588</v>
       </c>
       <c r="E47" t="s" s="89">
-        <v>4605</v>
+        <v>4589</v>
       </c>
       <c r="F47" t="s" s="93">
-        <v>4606</v>
+        <v>4590</v>
       </c>
       <c r="G47" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H47" t="s" s="101">
-        <v>4607</v>
+        <v>4591</v>
       </c>
       <c r="I47" t="s" s="105">
-        <v>4608</v>
+        <v>4592</v>
       </c>
       <c r="J47" t="s" s="109">
-        <v>4609</v>
+        <v>4593</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="73">
-        <v>3126</v>
+        <v>3110</v>
       </c>
       <c r="B48" t="s" s="77">
-        <v>4610</v>
+        <v>4594</v>
       </c>
       <c r="C48" t="s" s="81">
-        <v>4611</v>
+        <v>4595</v>
       </c>
       <c r="D48" t="s" s="85">
-        <v>4612</v>
+        <v>4596</v>
       </c>
       <c r="E48" t="s" s="89">
-        <v>4613</v>
+        <v>4597</v>
       </c>
       <c r="F48" t="s" s="93">
-        <v>4614</v>
+        <v>4598</v>
       </c>
       <c r="G48" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H48" t="s" s="101">
-        <v>4615</v>
+        <v>4599</v>
       </c>
       <c r="I48" t="s" s="105">
-        <v>4616</v>
+        <v>4600</v>
       </c>
       <c r="J48" t="s" s="109">
-        <v>4617</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="73">
         <v>610</v>
       </c>
       <c r="B49" t="s" s="77">
-        <v>4618</v>
+        <v>4602</v>
       </c>
       <c r="C49" t="s" s="81">
-        <v>4619</v>
+        <v>4603</v>
       </c>
       <c r="D49" t="s" s="85">
-        <v>4620</v>
+        <v>4604</v>
       </c>
       <c r="E49" t="s" s="89">
-        <v>4621</v>
+        <v>4605</v>
       </c>
       <c r="F49" t="s" s="93">
-        <v>4622</v>
+        <v>4606</v>
       </c>
       <c r="G49" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H49" t="s" s="101">
-        <v>4623</v>
+        <v>4607</v>
       </c>
       <c r="I49" t="s" s="105">
-        <v>4624</v>
+        <v>4608</v>
       </c>
       <c r="J49" t="s" s="109">
-        <v>4625</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="73">
-        <v>3056</v>
+        <v>3040</v>
       </c>
       <c r="B50" t="s" s="77">
-        <v>4626</v>
+        <v>4610</v>
       </c>
       <c r="C50" t="s" s="81">
-        <v>4627</v>
+        <v>4611</v>
       </c>
       <c r="D50" t="s" s="85">
-        <v>4628</v>
+        <v>4612</v>
       </c>
       <c r="E50" t="s" s="89">
-        <v>4629</v>
+        <v>4613</v>
       </c>
       <c r="F50" t="s" s="93">
-        <v>4630</v>
+        <v>4614</v>
       </c>
       <c r="G50" t="s" s="97">
-        <v>4631</v>
+        <v>4615</v>
       </c>
       <c r="H50" t="s" s="101">
-        <v>4632</v>
+        <v>4616</v>
       </c>
       <c r="I50" t="s" s="105">
-        <v>4633</v>
+        <v>4617</v>
       </c>
       <c r="J50" t="s" s="109">
-        <v>4625</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="73">
-        <v>1808</v>
+        <v>1792</v>
       </c>
       <c r="B51" t="s" s="77">
-        <v>4634</v>
+        <v>4618</v>
       </c>
       <c r="C51" t="s" s="81">
-        <v>4635</v>
+        <v>4619</v>
       </c>
       <c r="D51" t="s" s="85">
-        <v>4636</v>
+        <v>4620</v>
       </c>
       <c r="E51" t="s" s="89">
-        <v>4637</v>
+        <v>4621</v>
       </c>
       <c r="F51" t="s" s="93">
-        <v>4638</v>
+        <v>4622</v>
       </c>
       <c r="G51" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H51" t="s" s="101">
-        <v>4639</v>
+        <v>4623</v>
       </c>
       <c r="I51" t="s" s="105">
-        <v>4640</v>
+        <v>4624</v>
       </c>
       <c r="J51" t="s" s="109">
-        <v>4625</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="73">
         <v>912</v>
       </c>
       <c r="B52" t="s" s="77">
-        <v>4641</v>
+        <v>4625</v>
       </c>
       <c r="C52" t="s" s="81">
-        <v>4642</v>
+        <v>4626</v>
       </c>
       <c r="D52" t="s" s="85">
-        <v>4643</v>
+        <v>4627</v>
       </c>
       <c r="E52" t="s" s="89">
-        <v>4644</v>
+        <v>4628</v>
       </c>
       <c r="F52" t="s" s="93">
-        <v>4645</v>
+        <v>4629</v>
       </c>
       <c r="G52" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H52" t="s" s="101">
-        <v>4646</v>
+        <v>4630</v>
       </c>
       <c r="I52" t="s" s="105">
-        <v>4647</v>
+        <v>4631</v>
       </c>
       <c r="J52" t="s" s="109">
-        <v>4648</v>
+        <v>4632</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="73">
-        <v>3405</v>
+        <v>1434</v>
       </c>
       <c r="B53" t="s" s="77">
-        <v>4649</v>
+        <v>4633</v>
       </c>
       <c r="C53" t="s" s="81">
-        <v>4650</v>
+        <v>4634</v>
       </c>
       <c r="D53" t="s" s="85">
-        <v>4651</v>
+        <v>4635</v>
       </c>
       <c r="E53" t="s" s="89">
-        <v>4652</v>
+        <v>4636</v>
       </c>
       <c r="F53" t="s" s="93">
-        <v>4653</v>
+        <v>4637</v>
       </c>
       <c r="G53" t="s" s="97">
-        <v>31</v>
+        <v>4638</v>
       </c>
       <c r="H53" t="s" s="101">
-        <v>4654</v>
+        <v>4639</v>
       </c>
       <c r="I53" t="s" s="105">
-        <v>4655</v>
+        <v>4640</v>
       </c>
       <c r="J53" t="s" s="109">
-        <v>4656</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="73">
-        <v>1450</v>
+        <v>3389</v>
       </c>
       <c r="B54" t="s" s="77">
-        <v>4657</v>
+        <v>4642</v>
       </c>
       <c r="C54" t="s" s="81">
-        <v>4658</v>
+        <v>4643</v>
       </c>
       <c r="D54" t="s" s="85">
-        <v>4659</v>
+        <v>4644</v>
       </c>
       <c r="E54" t="s" s="89">
-        <v>4660</v>
+        <v>4645</v>
       </c>
       <c r="F54" t="s" s="93">
-        <v>4661</v>
+        <v>4646</v>
       </c>
       <c r="G54" t="s" s="97">
-        <v>4662</v>
+        <v>31</v>
       </c>
       <c r="H54" t="s" s="101">
-        <v>4663</v>
+        <v>4647</v>
       </c>
       <c r="I54" t="s" s="105">
-        <v>4664</v>
+        <v>4648</v>
       </c>
       <c r="J54" t="s" s="109">
-        <v>4656</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="73">
-        <v>4665</v>
+        <v>4649</v>
       </c>
       <c r="B55" t="s" s="77">
-        <v>4666</v>
+        <v>4650</v>
       </c>
       <c r="C55" t="s" s="81">
-        <v>4667</v>
+        <v>4651</v>
       </c>
       <c r="D55" t="s" s="85">
-        <v>4668</v>
+        <v>4652</v>
       </c>
       <c r="E55" t="s" s="89">
-        <v>4669</v>
+        <v>4653</v>
       </c>
       <c r="F55" t="s" s="93">
-        <v>4670</v>
+        <v>4654</v>
       </c>
       <c r="G55" t="s" s="97">
-        <v>2751</v>
+        <v>2735</v>
       </c>
       <c r="H55" t="s" s="101">
-        <v>4671</v>
+        <v>4655</v>
       </c>
       <c r="I55" t="s" s="105">
-        <v>2753</v>
+        <v>2737</v>
       </c>
       <c r="J55" t="s" s="109">
-        <v>4672</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="73">
-        <v>2862</v>
+        <v>2846</v>
       </c>
       <c r="B56" t="s" s="77">
-        <v>4673</v>
+        <v>4657</v>
       </c>
       <c r="C56" t="s" s="81">
-        <v>4674</v>
+        <v>4658</v>
       </c>
       <c r="D56" t="s" s="85">
-        <v>4675</v>
+        <v>4659</v>
       </c>
       <c r="E56" t="s" s="89">
-        <v>4676</v>
+        <v>4660</v>
       </c>
       <c r="F56" t="s" s="93">
-        <v>4677</v>
+        <v>4661</v>
       </c>
       <c r="G56" t="s" s="97">
-        <v>4678</v>
+        <v>4662</v>
       </c>
       <c r="H56" t="s" s="101">
-        <v>4679</v>
+        <v>4663</v>
       </c>
       <c r="I56" t="s" s="105">
-        <v>4680</v>
+        <v>4664</v>
       </c>
       <c r="J56" t="s" s="109">
-        <v>4681</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="73">
-        <v>1391</v>
+        <v>1375</v>
       </c>
       <c r="B57" t="s" s="77">
-        <v>4682</v>
+        <v>4666</v>
       </c>
       <c r="C57" t="s" s="81">
-        <v>4683</v>
+        <v>4667</v>
       </c>
       <c r="D57" t="s" s="85">
-        <v>4684</v>
+        <v>4668</v>
       </c>
       <c r="E57" t="s" s="89">
-        <v>4685</v>
+        <v>4669</v>
       </c>
       <c r="F57" t="s" s="93">
-        <v>4686</v>
+        <v>4670</v>
       </c>
       <c r="G57" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H57" t="s" s="101">
-        <v>4687</v>
+        <v>4671</v>
       </c>
       <c r="I57" t="s" s="105">
-        <v>4688</v>
+        <v>4672</v>
       </c>
       <c r="J57" t="s" s="109">
-        <v>4689</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="73">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B58" t="s" s="77">
-        <v>4690</v>
+        <v>4674</v>
       </c>
       <c r="C58" t="s" s="81">
-        <v>4691</v>
+        <v>4675</v>
       </c>
       <c r="D58" t="s" s="85">
-        <v>4692</v>
+        <v>4676</v>
       </c>
       <c r="E58" t="s" s="89">
-        <v>4693</v>
+        <v>4677</v>
       </c>
       <c r="F58" t="s" s="93">
-        <v>4694</v>
+        <v>4678</v>
       </c>
       <c r="G58" t="s" s="97">
-        <v>4695</v>
+        <v>4679</v>
       </c>
       <c r="H58" t="s" s="101">
-        <v>4696</v>
+        <v>4680</v>
       </c>
       <c r="I58" t="s" s="105">
-        <v>4697</v>
+        <v>4681</v>
       </c>
       <c r="J58" t="s" s="109">
-        <v>4698</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B59" t="s" s="77">
-        <v>4699</v>
+        <v>4683</v>
       </c>
       <c r="C59" t="s" s="81">
-        <v>4700</v>
+        <v>4684</v>
       </c>
       <c r="D59" t="s" s="85">
-        <v>4701</v>
+        <v>4685</v>
       </c>
       <c r="E59" t="s" s="89">
-        <v>4702</v>
+        <v>4686</v>
       </c>
       <c r="F59" t="s" s="93">
-        <v>4703</v>
+        <v>4687</v>
       </c>
       <c r="G59" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H59" t="s" s="101">
-        <v>4704</v>
+        <v>4688</v>
       </c>
       <c r="I59" t="s" s="105">
-        <v>4705</v>
+        <v>4689</v>
       </c>
       <c r="J59" t="s" s="109">
-        <v>4706</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="73">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B60" t="s" s="77">
-        <v>4707</v>
+        <v>4691</v>
       </c>
       <c r="C60" t="s" s="81">
-        <v>4708</v>
+        <v>4692</v>
       </c>
       <c r="D60" t="s" s="85">
-        <v>4709</v>
+        <v>4693</v>
       </c>
       <c r="E60" t="s" s="89">
-        <v>4710</v>
+        <v>4694</v>
       </c>
       <c r="F60" t="s" s="93">
-        <v>4711</v>
+        <v>4695</v>
       </c>
       <c r="G60" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H60" t="s" s="101">
-        <v>4712</v>
+        <v>4696</v>
       </c>
       <c r="I60" t="s" s="105">
-        <v>4713</v>
+        <v>4697</v>
       </c>
       <c r="J60" t="s" s="109">
-        <v>4161</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="73">
-        <v>1866</v>
+        <v>702</v>
       </c>
       <c r="B61" t="s" s="77">
-        <v>574</v>
+        <v>4698</v>
       </c>
       <c r="C61" t="s" s="81">
-        <v>575</v>
+        <v>4699</v>
       </c>
       <c r="D61" t="s" s="85">
-        <v>4714</v>
+        <v>4700</v>
       </c>
       <c r="E61" t="s" s="89">
-        <v>4715</v>
+        <v>4701</v>
       </c>
       <c r="F61" t="s" s="93">
-        <v>4716</v>
+        <v>4702</v>
       </c>
       <c r="G61" t="s" s="97">
-        <v>4717</v>
+        <v>31</v>
       </c>
       <c r="H61" t="s" s="101">
-        <v>4718</v>
+        <v>4703</v>
       </c>
       <c r="I61" t="s" s="105">
-        <v>4719</v>
+        <v>4704</v>
       </c>
       <c r="J61" t="s" s="109">
-        <v>4720</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="73">
-        <v>920</v>
+        <v>1850</v>
       </c>
       <c r="B62" t="s" s="77">
-        <v>4721</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s" s="81">
-        <v>2152</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s" s="85">
-        <v>4722</v>
+        <v>4706</v>
       </c>
       <c r="E62" t="s" s="89">
-        <v>4723</v>
+        <v>4707</v>
       </c>
       <c r="F62" t="s" s="93">
-        <v>4724</v>
+        <v>4708</v>
       </c>
       <c r="G62" t="s" s="97">
-        <v>4725</v>
+        <v>4709</v>
       </c>
       <c r="H62" t="s" s="101">
-        <v>4726</v>
+        <v>4710</v>
       </c>
       <c r="I62" t="s" s="105">
-        <v>4727</v>
+        <v>4711</v>
       </c>
       <c r="J62" t="s" s="109">
-        <v>4720</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="73">
-        <v>702</v>
+        <v>4712</v>
       </c>
       <c r="B63" t="s" s="77">
-        <v>4728</v>
+        <v>4713</v>
       </c>
       <c r="C63" t="s" s="81">
-        <v>4729</v>
+        <v>4714</v>
       </c>
       <c r="D63" t="s" s="85">
-        <v>4730</v>
+        <v>4715</v>
       </c>
       <c r="E63" t="s" s="89">
-        <v>4731</v>
+        <v>4716</v>
       </c>
       <c r="F63" t="s" s="93">
-        <v>4732</v>
+        <v>4717</v>
       </c>
       <c r="G63" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H63" t="s" s="101">
-        <v>4733</v>
+        <v>4718</v>
       </c>
       <c r="I63" t="s" s="105">
-        <v>4734</v>
+        <v>4719</v>
       </c>
       <c r="J63" t="s" s="109">
-        <v>4720</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="73">
-        <v>4735</v>
+        <v>920</v>
       </c>
       <c r="B64" t="s" s="77">
-        <v>4736</v>
+        <v>4720</v>
       </c>
       <c r="C64" t="s" s="81">
-        <v>4737</v>
+        <v>2136</v>
       </c>
       <c r="D64" t="s" s="85">
-        <v>4738</v>
+        <v>4721</v>
       </c>
       <c r="E64" t="s" s="89">
-        <v>4739</v>
+        <v>4722</v>
       </c>
       <c r="F64" t="s" s="93">
-        <v>4740</v>
+        <v>4723</v>
       </c>
       <c r="G64" t="s" s="97">
-        <v>31</v>
+        <v>4724</v>
       </c>
       <c r="H64" t="s" s="101">
-        <v>4741</v>
+        <v>4725</v>
       </c>
       <c r="I64" t="s" s="105">
-        <v>4742</v>
+        <v>4726</v>
       </c>
       <c r="J64" t="s" s="109">
-        <v>4720</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="73">
         <v>888</v>
       </c>
       <c r="B65" t="s" s="77">
-        <v>4743</v>
+        <v>4727</v>
       </c>
       <c r="C65" t="s" s="81">
-        <v>4744</v>
+        <v>4728</v>
       </c>
       <c r="D65" t="s" s="85">
-        <v>4745</v>
+        <v>4729</v>
       </c>
       <c r="E65" t="s" s="89">
-        <v>4746</v>
+        <v>4730</v>
       </c>
       <c r="F65" t="s" s="93">
-        <v>4747</v>
+        <v>4731</v>
       </c>
       <c r="G65" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H65" t="s" s="101">
-        <v>4748</v>
+        <v>4732</v>
       </c>
       <c r="I65" t="s" s="105">
-        <v>4749</v>
+        <v>4733</v>
       </c>
       <c r="J65" t="s" s="109">
-        <v>4750</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="73">
-        <v>3269</v>
+        <v>732</v>
       </c>
       <c r="B66" t="s" s="77">
-        <v>4751</v>
+        <v>4735</v>
       </c>
       <c r="C66" t="s" s="81">
-        <v>4752</v>
+        <v>4736</v>
       </c>
       <c r="D66" t="s" s="85">
-        <v>4753</v>
+        <v>4737</v>
       </c>
       <c r="E66" t="s" s="89">
-        <v>4754</v>
+        <v>4738</v>
       </c>
       <c r="F66" t="s" s="93">
-        <v>4755</v>
+        <v>4739</v>
       </c>
       <c r="G66" t="s" s="97">
-        <v>31</v>
+        <v>4740</v>
       </c>
       <c r="H66" t="s" s="101">
-        <v>4756</v>
+        <v>4741</v>
       </c>
       <c r="I66" t="s" s="105">
-        <v>4757</v>
+        <v>4742</v>
       </c>
       <c r="J66" t="s" s="109">
-        <v>4758</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="73">
-        <v>3269</v>
+        <v>566</v>
       </c>
       <c r="B67" t="s" s="77">
-        <v>4759</v>
+        <v>4744</v>
       </c>
       <c r="C67" t="s" s="81">
-        <v>4760</v>
+        <v>4745</v>
       </c>
       <c r="D67" t="s" s="85">
-        <v>4761</v>
+        <v>4746</v>
       </c>
       <c r="E67" t="s" s="89">
-        <v>4762</v>
+        <v>4747</v>
       </c>
       <c r="F67" t="s" s="93">
-        <v>4755</v>
+        <v>4748</v>
       </c>
       <c r="G67" t="s" s="97">
-        <v>31</v>
+        <v>4749</v>
       </c>
       <c r="H67" t="s" s="101">
-        <v>4763</v>
+        <v>4750</v>
       </c>
       <c r="I67" t="s" s="105">
-        <v>4764</v>
+        <v>4751</v>
       </c>
       <c r="J67" t="s" s="109">
-        <v>4758</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="73">
-        <v>732</v>
+        <v>3253</v>
       </c>
       <c r="B68" t="s" s="77">
-        <v>4765</v>
+        <v>4752</v>
       </c>
       <c r="C68" t="s" s="81">
-        <v>4766</v>
+        <v>4753</v>
       </c>
       <c r="D68" t="s" s="85">
-        <v>4767</v>
+        <v>4754</v>
       </c>
       <c r="E68" t="s" s="89">
-        <v>4768</v>
+        <v>4755</v>
       </c>
       <c r="F68" t="s" s="93">
-        <v>4769</v>
+        <v>4756</v>
       </c>
       <c r="G68" t="s" s="97">
-        <v>4770</v>
+        <v>31</v>
       </c>
       <c r="H68" t="s" s="101">
-        <v>4771</v>
+        <v>4757</v>
       </c>
       <c r="I68" t="s" s="105">
-        <v>4772</v>
+        <v>4758</v>
       </c>
       <c r="J68" t="s" s="109">
-        <v>4758</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="73">
-        <v>2587</v>
+        <v>3253</v>
       </c>
       <c r="B69" t="s" s="77">
-        <v>4773</v>
+        <v>4759</v>
       </c>
       <c r="C69" t="s" s="81">
-        <v>4774</v>
+        <v>4760</v>
       </c>
       <c r="D69" t="s" s="85">
-        <v>4775</v>
+        <v>4761</v>
       </c>
       <c r="E69" t="s" s="89">
-        <v>4776</v>
+        <v>4762</v>
       </c>
       <c r="F69" t="s" s="93">
-        <v>4777</v>
+        <v>4756</v>
       </c>
       <c r="G69" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H69" t="s" s="101">
-        <v>4778</v>
+        <v>4763</v>
       </c>
       <c r="I69" t="s" s="105">
-        <v>4779</v>
+        <v>4764</v>
       </c>
       <c r="J69" t="s" s="109">
-        <v>4758</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="73">
-        <v>566</v>
+        <v>2571</v>
       </c>
       <c r="B70" t="s" s="77">
-        <v>4780</v>
+        <v>4765</v>
       </c>
       <c r="C70" t="s" s="81">
-        <v>4781</v>
+        <v>4766</v>
       </c>
       <c r="D70" t="s" s="85">
-        <v>4782</v>
+        <v>4767</v>
       </c>
       <c r="E70" t="s" s="89">
-        <v>4783</v>
+        <v>4768</v>
       </c>
       <c r="F70" t="s" s="93">
-        <v>4784</v>
+        <v>4769</v>
       </c>
       <c r="G70" t="s" s="97">
-        <v>4785</v>
+        <v>31</v>
       </c>
       <c r="H70" t="s" s="101">
-        <v>4786</v>
+        <v>4770</v>
       </c>
       <c r="I70" t="s" s="105">
-        <v>4787</v>
+        <v>4771</v>
       </c>
       <c r="J70" t="s" s="109">
-        <v>4758</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B71" t="s" s="77">
-        <v>4788</v>
+        <v>4772</v>
       </c>
       <c r="C71" t="s" s="81">
-        <v>4789</v>
+        <v>4773</v>
       </c>
       <c r="D71" t="s" s="85">
-        <v>4790</v>
+        <v>4774</v>
       </c>
       <c r="E71" t="s" s="89">
-        <v>4791</v>
+        <v>4775</v>
       </c>
       <c r="F71" t="s" s="93">
-        <v>4792</v>
+        <v>4776</v>
       </c>
       <c r="G71" t="s" s="97">
-        <v>4793</v>
+        <v>4777</v>
       </c>
       <c r="H71" t="s" s="101">
-        <v>4794</v>
+        <v>4778</v>
       </c>
       <c r="I71" t="s" s="105">
-        <v>4795</v>
+        <v>4779</v>
       </c>
       <c r="J71" t="s" s="109">
-        <v>4169</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="73">
-        <v>3450</v>
+        <v>3434</v>
       </c>
       <c r="B72" t="s" s="77">
-        <v>4796</v>
+        <v>4780</v>
       </c>
       <c r="C72" t="s" s="81">
-        <v>4797</v>
+        <v>4781</v>
       </c>
       <c r="D72" t="s" s="85">
-        <v>4798</v>
+        <v>4782</v>
       </c>
       <c r="E72" t="s" s="89">
-        <v>4799</v>
+        <v>4783</v>
       </c>
       <c r="F72" t="s" s="93">
-        <v>4800</v>
+        <v>4784</v>
       </c>
       <c r="G72" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H72" t="s" s="101">
-        <v>4801</v>
+        <v>4785</v>
       </c>
       <c r="I72" t="s" s="105">
-        <v>4802</v>
+        <v>4786</v>
       </c>
       <c r="J72" t="s" s="109">
-        <v>4803</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="73">
-        <v>311</v>
+        <v>3417</v>
       </c>
       <c r="B73" t="s" s="77">
-        <v>4804</v>
+        <v>4788</v>
       </c>
       <c r="C73" t="s" s="81">
-        <v>4805</v>
+        <v>4789</v>
       </c>
       <c r="D73" t="s" s="85">
-        <v>4806</v>
+        <v>4790</v>
       </c>
       <c r="E73" t="s" s="89">
-        <v>4807</v>
+        <v>4791</v>
       </c>
       <c r="F73" t="s" s="93">
-        <v>4808</v>
+        <v>4792</v>
       </c>
       <c r="G73" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H73" t="s" s="101">
-        <v>4809</v>
+        <v>4793</v>
       </c>
       <c r="I73" t="s" s="105">
-        <v>4810</v>
+        <v>4794</v>
       </c>
       <c r="J73" t="s" s="109">
-        <v>4803</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="73">
-        <v>3433</v>
+        <v>311</v>
       </c>
       <c r="B74" t="s" s="77">
-        <v>4811</v>
+        <v>4795</v>
       </c>
       <c r="C74" t="s" s="81">
-        <v>4812</v>
+        <v>4796</v>
       </c>
       <c r="D74" t="s" s="85">
-        <v>4813</v>
+        <v>4797</v>
       </c>
       <c r="E74" t="s" s="89">
-        <v>4814</v>
+        <v>4798</v>
       </c>
       <c r="F74" t="s" s="93">
-        <v>4815</v>
+        <v>4799</v>
       </c>
       <c r="G74" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H74" t="s" s="101">
-        <v>4816</v>
+        <v>4800</v>
       </c>
       <c r="I74" t="s" s="105">
-        <v>4817</v>
+        <v>4801</v>
       </c>
       <c r="J74" t="s" s="109">
-        <v>4803</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="73">
-        <v>3047</v>
+        <v>3734</v>
       </c>
       <c r="B75" t="s" s="77">
-        <v>4818</v>
+        <v>4802</v>
       </c>
       <c r="C75" t="s" s="81">
-        <v>4819</v>
+        <v>4803</v>
       </c>
       <c r="D75" t="s" s="85">
-        <v>4820</v>
+        <v>4804</v>
       </c>
       <c r="E75" t="s" s="89">
-        <v>4821</v>
+        <v>4805</v>
       </c>
       <c r="F75" t="s" s="93">
-        <v>4822</v>
+        <v>4806</v>
       </c>
       <c r="G75" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H75" t="s" s="101">
-        <v>4823</v>
+        <v>4807</v>
       </c>
       <c r="I75" t="s" s="105">
-        <v>4824</v>
+        <v>4808</v>
       </c>
       <c r="J75" t="s" s="109">
-        <v>4825</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="73">
-        <v>3750</v>
+        <v>2196</v>
       </c>
       <c r="B76" t="s" s="77">
-        <v>4826</v>
+        <v>4810</v>
       </c>
       <c r="C76" t="s" s="81">
-        <v>4827</v>
+        <v>4811</v>
       </c>
       <c r="D76" t="s" s="85">
-        <v>4828</v>
+        <v>4812</v>
       </c>
       <c r="E76" t="s" s="89">
-        <v>4829</v>
+        <v>4813</v>
       </c>
       <c r="F76" t="s" s="93">
-        <v>4830</v>
+        <v>4814</v>
       </c>
       <c r="G76" t="s" s="97">
-        <v>31</v>
+        <v>4815</v>
       </c>
       <c r="H76" t="s" s="101">
-        <v>4831</v>
+        <v>4816</v>
       </c>
       <c r="I76" t="s" s="105">
-        <v>4832</v>
+        <v>4817</v>
       </c>
       <c r="J76" t="s" s="109">
-        <v>4825</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="73">
-        <v>976</v>
+        <v>3031</v>
       </c>
       <c r="B77" t="s" s="77">
-        <v>4833</v>
+        <v>4818</v>
       </c>
       <c r="C77" t="s" s="81">
-        <v>4834</v>
+        <v>4819</v>
       </c>
       <c r="D77" t="s" s="85">
-        <v>4835</v>
+        <v>4820</v>
       </c>
       <c r="E77" t="s" s="89">
-        <v>4836</v>
+        <v>4821</v>
       </c>
       <c r="F77" t="s" s="93">
-        <v>4837</v>
+        <v>4822</v>
       </c>
       <c r="G77" t="s" s="97">
-        <v>4838</v>
+        <v>31</v>
       </c>
       <c r="H77" t="s" s="101">
-        <v>4839</v>
+        <v>4823</v>
       </c>
       <c r="I77" t="s" s="105">
-        <v>4840</v>
+        <v>4824</v>
       </c>
       <c r="J77" t="s" s="109">
-        <v>4825</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s" s="73">
-        <v>2212</v>
+        <v>976</v>
       </c>
       <c r="B78" t="s" s="77">
-        <v>4841</v>
+        <v>4825</v>
       </c>
       <c r="C78" t="s" s="81">
-        <v>4842</v>
+        <v>4826</v>
       </c>
       <c r="D78" t="s" s="85">
-        <v>4843</v>
+        <v>4827</v>
       </c>
       <c r="E78" t="s" s="89">
-        <v>4844</v>
+        <v>4828</v>
       </c>
       <c r="F78" t="s" s="93">
-        <v>4845</v>
+        <v>4829</v>
       </c>
       <c r="G78" t="s" s="97">
-        <v>4846</v>
+        <v>4830</v>
       </c>
       <c r="H78" t="s" s="101">
-        <v>4847</v>
+        <v>4831</v>
       </c>
       <c r="I78" t="s" s="105">
-        <v>4848</v>
+        <v>4832</v>
       </c>
       <c r="J78" t="s" s="109">
-        <v>4825</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s" s="73">
-        <v>3342</v>
+        <v>3218</v>
       </c>
       <c r="B79" t="s" s="77">
-        <v>4849</v>
+        <v>4833</v>
       </c>
       <c r="C79" t="s" s="81">
-        <v>4850</v>
+        <v>575</v>
       </c>
       <c r="D79" t="s" s="85">
-        <v>4851</v>
+        <v>4834</v>
       </c>
       <c r="E79" t="s" s="89">
-        <v>4852</v>
+        <v>4835</v>
       </c>
       <c r="F79" t="s" s="93">
-        <v>4853</v>
+        <v>4836</v>
       </c>
       <c r="G79" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H79" t="s" s="101">
-        <v>4854</v>
+        <v>4837</v>
       </c>
       <c r="I79" t="s" s="105">
-        <v>4855</v>
+        <v>4838</v>
       </c>
       <c r="J79" t="s" s="109">
-        <v>4856</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s" s="73">
-        <v>3234</v>
+        <v>3326</v>
       </c>
       <c r="B80" t="s" s="77">
-        <v>4857</v>
+        <v>4840</v>
       </c>
       <c r="C80" t="s" s="81">
-        <v>575</v>
+        <v>4841</v>
       </c>
       <c r="D80" t="s" s="85">
-        <v>4858</v>
+        <v>4842</v>
       </c>
       <c r="E80" t="s" s="89">
-        <v>4859</v>
+        <v>4843</v>
       </c>
       <c r="F80" t="s" s="93">
-        <v>4860</v>
+        <v>4844</v>
       </c>
       <c r="G80" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H80" t="s" s="101">
-        <v>4861</v>
+        <v>4845</v>
       </c>
       <c r="I80" t="s" s="105">
-        <v>4862</v>
+        <v>4846</v>
       </c>
       <c r="J80" t="s" s="109">
-        <v>4856</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s" s="73">
-        <v>1428</v>
+        <v>2196</v>
       </c>
       <c r="B81" t="s" s="77">
-        <v>611</v>
+        <v>4847</v>
       </c>
       <c r="C81" t="s" s="81">
-        <v>575</v>
+        <v>4848</v>
       </c>
       <c r="D81" t="s" s="85">
-        <v>4863</v>
+        <v>4849</v>
       </c>
       <c r="E81" t="s" s="89">
-        <v>4864</v>
+        <v>4850</v>
       </c>
       <c r="F81" t="s" s="93">
-        <v>4865</v>
+        <v>4851</v>
       </c>
       <c r="G81" t="s" s="97">
-        <v>4866</v>
+        <v>4852</v>
       </c>
       <c r="H81" t="s" s="101">
-        <v>4867</v>
+        <v>4853</v>
       </c>
       <c r="I81" t="s" s="105">
-        <v>4868</v>
+        <v>4854</v>
       </c>
       <c r="J81" t="s" s="109">
-        <v>4869</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s" s="73">
-        <v>4870</v>
+        <v>1412</v>
       </c>
       <c r="B82" t="s" s="77">
-        <v>4871</v>
+        <v>611</v>
       </c>
       <c r="C82" t="s" s="81">
-        <v>4872</v>
+        <v>575</v>
       </c>
       <c r="D82" t="s" s="85">
-        <v>4873</v>
+        <v>4856</v>
       </c>
       <c r="E82" t="s" s="89">
-        <v>4874</v>
+        <v>4857</v>
       </c>
       <c r="F82" t="s" s="93">
-        <v>4875</v>
+        <v>4858</v>
       </c>
       <c r="G82" t="s" s="97">
-        <v>31</v>
+        <v>4859</v>
       </c>
       <c r="H82" t="s" s="101">
-        <v>4876</v>
+        <v>4860</v>
       </c>
       <c r="I82" t="s" s="105">
-        <v>4877</v>
+        <v>4861</v>
       </c>
       <c r="J82" t="s" s="109">
-        <v>4869</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s" s="73">
-        <v>2212</v>
+        <v>2458</v>
       </c>
       <c r="B83" t="s" s="77">
-        <v>4878</v>
+        <v>4862</v>
       </c>
       <c r="C83" t="s" s="81">
-        <v>4879</v>
+        <v>4863</v>
       </c>
       <c r="D83" t="s" s="85">
-        <v>4880</v>
+        <v>4864</v>
       </c>
       <c r="E83" t="s" s="89">
-        <v>4881</v>
+        <v>4865</v>
       </c>
       <c r="F83" t="s" s="93">
-        <v>4882</v>
+        <v>4866</v>
       </c>
       <c r="G83" t="s" s="97">
-        <v>4883</v>
+        <v>31</v>
       </c>
       <c r="H83" t="s" s="101">
-        <v>4884</v>
+        <v>4867</v>
       </c>
       <c r="I83" t="s" s="105">
-        <v>4885</v>
+        <v>4868</v>
       </c>
       <c r="J83" t="s" s="109">
-        <v>4869</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s" s="73">
-        <v>2474</v>
+        <v>4869</v>
       </c>
       <c r="B84" t="s" s="77">
-        <v>4886</v>
+        <v>4870</v>
       </c>
       <c r="C84" t="s" s="81">
-        <v>4887</v>
+        <v>4871</v>
       </c>
       <c r="D84" t="s" s="85">
-        <v>4888</v>
+        <v>4872</v>
       </c>
       <c r="E84" t="s" s="89">
-        <v>4889</v>
+        <v>4873</v>
       </c>
       <c r="F84" t="s" s="93">
-        <v>4890</v>
+        <v>4874</v>
       </c>
       <c r="G84" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H84" t="s" s="101">
-        <v>4891</v>
+        <v>4875</v>
       </c>
       <c r="I84" t="s" s="105">
-        <v>4892</v>
+        <v>4876</v>
       </c>
       <c r="J84" t="s" s="109">
-        <v>4869</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s" s="73">
-        <v>3191</v>
+        <v>3175</v>
       </c>
       <c r="B85" t="s" s="77">
-        <v>4893</v>
+        <v>4877</v>
       </c>
       <c r="C85" t="s" s="81">
-        <v>4894</v>
+        <v>4878</v>
       </c>
       <c r="D85" t="s" s="85">
-        <v>4895</v>
+        <v>4879</v>
       </c>
       <c r="E85" t="s" s="89">
-        <v>4896</v>
+        <v>4880</v>
       </c>
       <c r="F85" t="s" s="93">
-        <v>4897</v>
+        <v>4881</v>
       </c>
       <c r="G85" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H85" t="s" s="101">
-        <v>4898</v>
+        <v>4882</v>
       </c>
       <c r="I85" t="s" s="105">
-        <v>4899</v>
+        <v>4883</v>
       </c>
       <c r="J85" t="s" s="109">
-        <v>4900</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="73">
         <v>463</v>
       </c>
       <c r="B86" t="s" s="77">
-        <v>4328</v>
+        <v>4312</v>
       </c>
       <c r="C86" t="s" s="81">
-        <v>4329</v>
+        <v>4313</v>
       </c>
       <c r="D86" t="s" s="85">
-        <v>4901</v>
+        <v>4885</v>
       </c>
       <c r="E86" t="s" s="89">
-        <v>4902</v>
+        <v>4886</v>
       </c>
       <c r="F86" t="s" s="93">
-        <v>4903</v>
+        <v>4887</v>
       </c>
       <c r="G86" t="s" s="97">
-        <v>4904</v>
+        <v>4888</v>
       </c>
       <c r="H86" t="s" s="101">
-        <v>4905</v>
+        <v>4889</v>
       </c>
       <c r="I86" t="s" s="105">
-        <v>4906</v>
+        <v>4890</v>
       </c>
       <c r="J86" t="s" s="109">
-        <v>4900</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s" s="73">
-        <v>3269</v>
+        <v>422</v>
       </c>
       <c r="B87" t="s" s="77">
-        <v>4907</v>
+        <v>1099</v>
       </c>
       <c r="C87" t="s" s="81">
-        <v>4908</v>
+        <v>163</v>
       </c>
       <c r="D87" t="s" s="85">
-        <v>4909</v>
+        <v>4891</v>
       </c>
       <c r="E87" t="s" s="89">
-        <v>4910</v>
+        <v>4892</v>
       </c>
       <c r="F87" t="s" s="93">
-        <v>4911</v>
+        <v>4893</v>
       </c>
       <c r="G87" t="s" s="97">
-        <v>4912</v>
+        <v>31</v>
       </c>
       <c r="H87" t="s" s="101">
-        <v>4913</v>
+        <v>4894</v>
       </c>
       <c r="I87" t="s" s="105">
-        <v>4914</v>
+        <v>4895</v>
       </c>
       <c r="J87" t="s" s="109">
-        <v>4915</v>
+        <v>4896</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s" s="73">
-        <v>422</v>
+        <v>3253</v>
       </c>
       <c r="B88" t="s" s="77">
-        <v>1070</v>
+        <v>4897</v>
       </c>
       <c r="C88" t="s" s="81">
-        <v>163</v>
+        <v>4898</v>
       </c>
       <c r="D88" t="s" s="85">
-        <v>4916</v>
+        <v>4899</v>
       </c>
       <c r="E88" t="s" s="89">
-        <v>4917</v>
+        <v>4900</v>
       </c>
       <c r="F88" t="s" s="93">
-        <v>4918</v>
+        <v>4901</v>
       </c>
       <c r="G88" t="s" s="97">
-        <v>31</v>
+        <v>4902</v>
       </c>
       <c r="H88" t="s" s="101">
-        <v>4919</v>
+        <v>4903</v>
       </c>
       <c r="I88" t="s" s="105">
-        <v>4920</v>
+        <v>4904</v>
       </c>
       <c r="J88" t="s" s="109">
-        <v>4915</v>
+        <v>4896</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s" s="73">
-        <v>3191</v>
+        <v>3175</v>
       </c>
       <c r="B89" t="s" s="77">
-        <v>4921</v>
+        <v>4905</v>
       </c>
       <c r="C89" t="s" s="81">
-        <v>4922</v>
+        <v>4906</v>
       </c>
       <c r="D89" t="s" s="85">
-        <v>4923</v>
+        <v>4907</v>
       </c>
       <c r="E89" t="s" s="89">
-        <v>4924</v>
+        <v>4908</v>
       </c>
       <c r="F89" t="s" s="93">
-        <v>2623</v>
+        <v>2607</v>
       </c>
       <c r="G89" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H89" t="s" s="101">
-        <v>2624</v>
+        <v>2608</v>
       </c>
       <c r="I89" t="s" s="105">
-        <v>2625</v>
+        <v>2609</v>
       </c>
       <c r="J89" t="s" s="109">
-        <v>4925</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B90" t="s" s="77">
-        <v>4926</v>
+        <v>4910</v>
       </c>
       <c r="C90" t="s" s="81">
-        <v>4927</v>
+        <v>4911</v>
       </c>
       <c r="D90" t="s" s="85">
-        <v>4928</v>
+        <v>4912</v>
       </c>
       <c r="E90" t="s" s="89">
-        <v>4929</v>
+        <v>4913</v>
       </c>
       <c r="F90" t="s" s="93">
-        <v>4930</v>
+        <v>4914</v>
       </c>
       <c r="G90" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H90" t="s" s="101">
-        <v>4931</v>
+        <v>4915</v>
       </c>
       <c r="I90" t="s" s="105">
-        <v>4932</v>
+        <v>4916</v>
       </c>
       <c r="J90" t="s" s="109">
-        <v>4925</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B91" t="s" s="77">
-        <v>4933</v>
+        <v>4917</v>
       </c>
       <c r="C91" t="s" s="81">
-        <v>4934</v>
+        <v>4918</v>
       </c>
       <c r="D91" t="s" s="85">
-        <v>4935</v>
+        <v>4919</v>
       </c>
       <c r="E91" t="s" s="89">
-        <v>4936</v>
+        <v>4920</v>
       </c>
       <c r="F91" t="s" s="93">
-        <v>4937</v>
+        <v>4921</v>
       </c>
       <c r="G91" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H91" t="s" s="101">
-        <v>4938</v>
+        <v>4922</v>
       </c>
       <c r="I91" t="s" s="105">
-        <v>4939</v>
+        <v>4923</v>
       </c>
       <c r="J91" t="s" s="109">
-        <v>4925</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s" s="73">
-        <v>3191</v>
+        <v>2196</v>
       </c>
       <c r="B92" t="s" s="77">
-        <v>4940</v>
+        <v>4924</v>
       </c>
       <c r="C92" t="s" s="81">
-        <v>4941</v>
+        <v>4925</v>
       </c>
       <c r="D92" t="s" s="85">
-        <v>4942</v>
+        <v>4926</v>
       </c>
       <c r="E92" t="s" s="89">
-        <v>4943</v>
+        <v>4927</v>
       </c>
       <c r="F92" t="s" s="93">
-        <v>4944</v>
+        <v>4928</v>
       </c>
       <c r="G92" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H92" t="s" s="101">
-        <v>4945</v>
+        <v>4929</v>
       </c>
       <c r="I92" t="s" s="105">
-        <v>4946</v>
+        <v>4930</v>
       </c>
       <c r="J92" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s" s="73">
-        <v>263</v>
+        <v>3175</v>
       </c>
       <c r="B93" t="s" s="77">
-        <v>4948</v>
+        <v>4932</v>
       </c>
       <c r="C93" t="s" s="81">
-        <v>4949</v>
+        <v>4933</v>
       </c>
       <c r="D93" t="s" s="85">
-        <v>4950</v>
+        <v>4934</v>
       </c>
       <c r="E93" t="s" s="89">
-        <v>4951</v>
+        <v>4935</v>
       </c>
       <c r="F93" t="s" s="93">
-        <v>4952</v>
+        <v>4936</v>
       </c>
       <c r="G93" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H93" t="s" s="101">
-        <v>4953</v>
+        <v>4937</v>
       </c>
       <c r="I93" t="s" s="105">
-        <v>4954</v>
+        <v>4938</v>
       </c>
       <c r="J93" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s" s="73">
-        <v>2212</v>
+        <v>1687</v>
       </c>
       <c r="B94" t="s" s="77">
-        <v>4955</v>
+        <v>4939</v>
       </c>
       <c r="C94" t="s" s="81">
-        <v>4956</v>
+        <v>4940</v>
       </c>
       <c r="D94" t="s" s="85">
-        <v>4957</v>
+        <v>4941</v>
       </c>
       <c r="E94" t="s" s="89">
-        <v>4958</v>
+        <v>4942</v>
       </c>
       <c r="F94" t="s" s="93">
-        <v>4959</v>
+        <v>4943</v>
       </c>
       <c r="G94" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H94" t="s" s="101">
-        <v>4960</v>
+        <v>4944</v>
       </c>
       <c r="I94" t="s" s="105">
-        <v>4961</v>
+        <v>4945</v>
       </c>
       <c r="J94" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s" s="73">
-        <v>1808</v>
+        <v>976</v>
       </c>
       <c r="B95" t="s" s="77">
-        <v>4962</v>
+        <v>4946</v>
       </c>
       <c r="C95" t="s" s="81">
-        <v>4963</v>
+        <v>4947</v>
       </c>
       <c r="D95" t="s" s="85">
-        <v>4964</v>
+        <v>4948</v>
       </c>
       <c r="E95" t="s" s="89">
-        <v>4965</v>
+        <v>4949</v>
       </c>
       <c r="F95" t="s" s="93">
-        <v>4966</v>
+        <v>4950</v>
       </c>
       <c r="G95" t="s" s="97">
-        <v>31</v>
+        <v>4951</v>
       </c>
       <c r="H95" t="s" s="101">
-        <v>4967</v>
+        <v>4952</v>
       </c>
       <c r="I95" t="s" s="105">
-        <v>4968</v>
+        <v>4953</v>
       </c>
       <c r="J95" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s" s="73">
-        <v>1703</v>
+        <v>263</v>
       </c>
       <c r="B96" t="s" s="77">
-        <v>4969</v>
+        <v>4954</v>
       </c>
       <c r="C96" t="s" s="81">
-        <v>4970</v>
+        <v>4955</v>
       </c>
       <c r="D96" t="s" s="85">
-        <v>4971</v>
+        <v>4956</v>
       </c>
       <c r="E96" t="s" s="89">
-        <v>4972</v>
+        <v>4957</v>
       </c>
       <c r="F96" t="s" s="93">
-        <v>4973</v>
+        <v>4958</v>
       </c>
       <c r="G96" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H96" t="s" s="101">
-        <v>4974</v>
+        <v>4959</v>
       </c>
       <c r="I96" t="s" s="105">
-        <v>4975</v>
+        <v>4960</v>
       </c>
       <c r="J96" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="73">
-        <v>976</v>
+        <v>1792</v>
       </c>
       <c r="B97" t="s" s="77">
-        <v>4976</v>
+        <v>4961</v>
       </c>
       <c r="C97" t="s" s="81">
-        <v>4977</v>
+        <v>4962</v>
       </c>
       <c r="D97" t="s" s="85">
-        <v>4978</v>
+        <v>4963</v>
       </c>
       <c r="E97" t="s" s="89">
-        <v>4979</v>
+        <v>4964</v>
       </c>
       <c r="F97" t="s" s="93">
-        <v>4980</v>
+        <v>4965</v>
       </c>
       <c r="G97" t="s" s="97">
-        <v>4981</v>
+        <v>31</v>
       </c>
       <c r="H97" t="s" s="101">
-        <v>4982</v>
+        <v>4966</v>
       </c>
       <c r="I97" t="s" s="105">
-        <v>4983</v>
+        <v>4967</v>
       </c>
       <c r="J97" t="s" s="109">
-        <v>4947</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s" s="73">
-        <v>3155</v>
+        <v>3139</v>
       </c>
       <c r="B98" t="s" s="77">
-        <v>4984</v>
+        <v>4968</v>
       </c>
       <c r="C98" t="s" s="81">
-        <v>4985</v>
+        <v>4969</v>
       </c>
       <c r="D98" t="s" s="85">
-        <v>4986</v>
+        <v>4970</v>
       </c>
       <c r="E98" t="s" s="89">
-        <v>4987</v>
+        <v>4971</v>
       </c>
       <c r="F98" t="s" s="93">
-        <v>4988</v>
+        <v>4972</v>
       </c>
       <c r="G98" t="s" s="97">
-        <v>4989</v>
+        <v>4973</v>
       </c>
       <c r="H98" t="s" s="101">
-        <v>4990</v>
+        <v>4974</v>
       </c>
       <c r="I98" t="s" s="105">
-        <v>4991</v>
+        <v>4975</v>
       </c>
       <c r="J98" t="s" s="109">
-        <v>4992</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s" s="73">
-        <v>2946</v>
+        <v>1412</v>
       </c>
       <c r="B99" t="s" s="77">
-        <v>4993</v>
+        <v>4977</v>
       </c>
       <c r="C99" t="s" s="81">
-        <v>4994</v>
+        <v>4978</v>
       </c>
       <c r="D99" t="s" s="85">
-        <v>4995</v>
+        <v>4979</v>
       </c>
       <c r="E99" t="s" s="89">
-        <v>4996</v>
+        <v>4980</v>
       </c>
       <c r="F99" t="s" s="93">
-        <v>4997</v>
+        <v>4981</v>
       </c>
       <c r="G99" t="s" s="97">
-        <v>4998</v>
+        <v>4982</v>
       </c>
       <c r="H99" t="s" s="101">
-        <v>4999</v>
+        <v>4983</v>
       </c>
       <c r="I99" t="s" s="105">
-        <v>5000</v>
+        <v>4984</v>
       </c>
       <c r="J99" t="s" s="109">
-        <v>5001</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="73">
-        <v>1428</v>
+        <v>2930</v>
       </c>
       <c r="B100" t="s" s="77">
-        <v>5002</v>
+        <v>4986</v>
       </c>
       <c r="C100" t="s" s="81">
-        <v>5003</v>
+        <v>4987</v>
       </c>
       <c r="D100" t="s" s="85">
-        <v>5004</v>
+        <v>4988</v>
       </c>
       <c r="E100" t="s" s="89">
-        <v>5005</v>
+        <v>4989</v>
       </c>
       <c r="F100" t="s" s="93">
-        <v>5006</v>
+        <v>4990</v>
       </c>
       <c r="G100" t="s" s="97">
-        <v>5007</v>
+        <v>4991</v>
       </c>
       <c r="H100" t="s" s="101">
-        <v>5008</v>
+        <v>4992</v>
       </c>
       <c r="I100" t="s" s="105">
-        <v>5009</v>
+        <v>4993</v>
       </c>
       <c r="J100" t="s" s="109">
-        <v>5001</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="73">
-        <v>2768</v>
+        <v>1754</v>
       </c>
       <c r="B101" t="s" s="77">
-        <v>5010</v>
+        <v>4994</v>
       </c>
       <c r="C101" t="s" s="81">
-        <v>5011</v>
+        <v>4995</v>
       </c>
       <c r="D101" t="s" s="85">
-        <v>5012</v>
+        <v>4996</v>
       </c>
       <c r="E101" t="s" s="89">
-        <v>5013</v>
+        <v>4997</v>
       </c>
       <c r="F101" t="s" s="93">
-        <v>5014</v>
+        <v>4998</v>
       </c>
       <c r="G101" t="s" s="97">
-        <v>5015</v>
+        <v>31</v>
       </c>
       <c r="H101" t="s" s="101">
-        <v>5016</v>
+        <v>4999</v>
       </c>
       <c r="I101" t="s" s="105">
-        <v>5017</v>
+        <v>5000</v>
       </c>
       <c r="J101" t="s" s="109">
-        <v>5018</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s" s="73">
-        <v>1770</v>
+        <v>2752</v>
       </c>
       <c r="B102" t="s" s="77">
-        <v>5019</v>
+        <v>5002</v>
       </c>
       <c r="C102" t="s" s="81">
-        <v>5020</v>
+        <v>5003</v>
       </c>
       <c r="D102" t="s" s="85">
-        <v>5021</v>
+        <v>5004</v>
       </c>
       <c r="E102" t="s" s="89">
-        <v>5022</v>
+        <v>5005</v>
       </c>
       <c r="F102" t="s" s="93">
-        <v>5023</v>
+        <v>5006</v>
       </c>
       <c r="G102" t="s" s="97">
-        <v>31</v>
+        <v>5007</v>
       </c>
       <c r="H102" t="s" s="101">
-        <v>5024</v>
+        <v>5008</v>
       </c>
       <c r="I102" t="s" s="105">
-        <v>5025</v>
+        <v>5009</v>
       </c>
       <c r="J102" t="s" s="109">
-        <v>5018</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s" s="73">
-        <v>3790</v>
+        <v>4649</v>
       </c>
       <c r="B103" t="s" s="77">
-        <v>5026</v>
+        <v>5010</v>
       </c>
       <c r="C103" t="s" s="81">
-        <v>5027</v>
+        <v>5011</v>
       </c>
       <c r="D103" t="s" s="85">
-        <v>5028</v>
+        <v>5012</v>
       </c>
       <c r="E103" t="s" s="89">
-        <v>5029</v>
+        <v>5013</v>
       </c>
       <c r="F103" t="s" s="93">
-        <v>5030</v>
+        <v>5014</v>
       </c>
       <c r="G103" t="s" s="97">
-        <v>5031</v>
+        <v>5015</v>
       </c>
       <c r="H103" t="s" s="101">
-        <v>5032</v>
+        <v>5016</v>
       </c>
       <c r="I103" t="s" s="105">
-        <v>5033</v>
+        <v>5017</v>
       </c>
       <c r="J103" t="s" s="109">
-        <v>5034</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s" s="73">
-        <v>4665</v>
+        <v>3774</v>
       </c>
       <c r="B104" t="s" s="77">
-        <v>5035</v>
+        <v>5019</v>
       </c>
       <c r="C104" t="s" s="81">
-        <v>5036</v>
+        <v>5020</v>
       </c>
       <c r="D104" t="s" s="85">
-        <v>5037</v>
+        <v>5021</v>
       </c>
       <c r="E104" t="s" s="89">
-        <v>5038</v>
+        <v>5022</v>
       </c>
       <c r="F104" t="s" s="93">
-        <v>5039</v>
+        <v>5023</v>
       </c>
       <c r="G104" t="s" s="97">
-        <v>5040</v>
+        <v>5024</v>
       </c>
       <c r="H104" t="s" s="101">
-        <v>5041</v>
+        <v>5025</v>
       </c>
       <c r="I104" t="s" s="105">
-        <v>5042</v>
+        <v>5026</v>
       </c>
       <c r="J104" t="s" s="109">
-        <v>5034</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="73">
-        <v>3813</v>
+        <v>4025</v>
       </c>
       <c r="B105" t="s" s="77">
-        <v>5043</v>
+        <v>604</v>
       </c>
       <c r="C105" t="s" s="81">
-        <v>5044</v>
+        <v>465</v>
       </c>
       <c r="D105" t="s" s="85">
-        <v>5045</v>
+        <v>5027</v>
       </c>
       <c r="E105" t="s" s="89">
-        <v>5046</v>
+        <v>5028</v>
       </c>
       <c r="F105" t="s" s="93">
-        <v>5047</v>
+        <v>5029</v>
       </c>
       <c r="G105" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H105" t="s" s="101">
-        <v>5048</v>
+        <v>5030</v>
       </c>
       <c r="I105" t="s" s="105">
-        <v>5049</v>
+        <v>5031</v>
       </c>
       <c r="J105" t="s" s="109">
-        <v>4178</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s" s="73">
-        <v>4041</v>
+        <v>3797</v>
       </c>
       <c r="B106" t="s" s="77">
-        <v>604</v>
+        <v>5032</v>
       </c>
       <c r="C106" t="s" s="81">
-        <v>465</v>
+        <v>5033</v>
       </c>
       <c r="D106" t="s" s="85">
-        <v>5050</v>
+        <v>5034</v>
       </c>
       <c r="E106" t="s" s="89">
-        <v>5051</v>
+        <v>5035</v>
       </c>
       <c r="F106" t="s" s="93">
-        <v>5052</v>
+        <v>5036</v>
       </c>
       <c r="G106" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H106" t="s" s="101">
-        <v>5053</v>
+        <v>5037</v>
       </c>
       <c r="I106" t="s" s="105">
-        <v>5054</v>
+        <v>5038</v>
       </c>
       <c r="J106" t="s" s="109">
-        <v>4178</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s" s="73">
-        <v>3342</v>
+        <v>3326</v>
       </c>
       <c r="B107" t="s" s="77">
-        <v>5055</v>
+        <v>5039</v>
       </c>
       <c r="C107" t="s" s="81">
-        <v>5056</v>
+        <v>5040</v>
       </c>
       <c r="D107" t="s" s="85">
-        <v>5057</v>
+        <v>5041</v>
       </c>
       <c r="E107" t="s" s="89">
-        <v>5058</v>
+        <v>5042</v>
       </c>
       <c r="F107" t="s" s="93">
-        <v>5059</v>
+        <v>5043</v>
       </c>
       <c r="G107" t="s" s="97">
-        <v>5060</v>
+        <v>5044</v>
       </c>
       <c r="H107" t="s" s="101">
-        <v>5061</v>
+        <v>5045</v>
       </c>
       <c r="I107" t="s" s="105">
-        <v>5062</v>
+        <v>5046</v>
       </c>
       <c r="J107" t="s" s="109">
-        <v>4178</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B108" t="s" s="77">
-        <v>5063</v>
+        <v>5047</v>
       </c>
       <c r="C108" t="s" s="81">
-        <v>5064</v>
+        <v>5048</v>
       </c>
       <c r="D108" t="s" s="85">
-        <v>5065</v>
+        <v>5049</v>
       </c>
       <c r="E108" t="s" s="89">
-        <v>5066</v>
+        <v>5050</v>
       </c>
       <c r="F108" t="s" s="93">
-        <v>5067</v>
+        <v>5051</v>
       </c>
       <c r="G108" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H108" t="s" s="101">
-        <v>5068</v>
+        <v>5052</v>
       </c>
       <c r="I108" t="s" s="105">
-        <v>5069</v>
+        <v>5053</v>
       </c>
       <c r="J108" t="s" s="109">
-        <v>4186</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s" s="73">
-        <v>4561</v>
+        <v>4545</v>
       </c>
       <c r="B109" t="s" s="77">
         <v>718</v>
       </c>
       <c r="C109" t="s" s="81">
         <v>465</v>
       </c>
       <c r="D109" t="s" s="85">
-        <v>5070</v>
+        <v>5054</v>
       </c>
       <c r="E109" t="s" s="89">
-        <v>5071</v>
+        <v>5055</v>
       </c>
       <c r="F109" t="s" s="93">
-        <v>5072</v>
+        <v>5056</v>
       </c>
       <c r="G109" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H109" t="s" s="101">
-        <v>5073</v>
+        <v>5057</v>
       </c>
       <c r="I109" t="s" s="105">
-        <v>5074</v>
+        <v>5058</v>
       </c>
       <c r="J109" t="s" s="109">
-        <v>4186</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s" s="73">
-        <v>3501</v>
+        <v>2196</v>
       </c>
       <c r="B110" t="s" s="77">
-        <v>5075</v>
+        <v>5059</v>
       </c>
       <c r="C110" t="s" s="81">
-        <v>5076</v>
+        <v>5060</v>
       </c>
       <c r="D110" t="s" s="85">
-        <v>5077</v>
+        <v>5061</v>
       </c>
       <c r="E110" t="s" s="89">
-        <v>5078</v>
+        <v>5062</v>
       </c>
       <c r="F110" t="s" s="93">
-        <v>5079</v>
+        <v>5063</v>
       </c>
       <c r="G110" t="s" s="97">
-        <v>31</v>
+        <v>1021</v>
       </c>
       <c r="H110" t="s" s="101">
-        <v>5080</v>
+        <v>5064</v>
       </c>
       <c r="I110" t="s" s="105">
-        <v>5081</v>
+        <v>5065</v>
       </c>
       <c r="J110" t="s" s="109">
-        <v>5082</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s" s="73">
-        <v>2212</v>
+        <v>3838</v>
       </c>
       <c r="B111" t="s" s="77">
-        <v>5083</v>
+        <v>5067</v>
       </c>
       <c r="C111" t="s" s="81">
-        <v>5084</v>
+        <v>5068</v>
       </c>
       <c r="D111" t="s" s="85">
-        <v>5085</v>
+        <v>5069</v>
       </c>
       <c r="E111" t="s" s="89">
-        <v>5086</v>
+        <v>5070</v>
       </c>
       <c r="F111" t="s" s="93">
-        <v>5087</v>
+        <v>5071</v>
       </c>
       <c r="G111" t="s" s="97">
-        <v>1051</v>
+        <v>5072</v>
       </c>
       <c r="H111" t="s" s="101">
-        <v>5088</v>
+        <v>5073</v>
       </c>
       <c r="I111" t="s" s="105">
-        <v>5089</v>
+        <v>5074</v>
       </c>
       <c r="J111" t="s" s="109">
-        <v>5082</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s" s="73">
-        <v>3854</v>
+        <v>3485</v>
       </c>
       <c r="B112" t="s" s="77">
-        <v>5090</v>
+        <v>5075</v>
       </c>
       <c r="C112" t="s" s="81">
-        <v>5091</v>
+        <v>5076</v>
       </c>
       <c r="D112" t="s" s="85">
-        <v>5092</v>
+        <v>5077</v>
       </c>
       <c r="E112" t="s" s="89">
-        <v>5093</v>
+        <v>5078</v>
       </c>
       <c r="F112" t="s" s="93">
-        <v>5094</v>
+        <v>5079</v>
       </c>
       <c r="G112" t="s" s="97">
-        <v>5095</v>
+        <v>31</v>
       </c>
       <c r="H112" t="s" s="101">
-        <v>5096</v>
+        <v>5080</v>
       </c>
       <c r="I112" t="s" s="105">
-        <v>5097</v>
+        <v>5081</v>
       </c>
       <c r="J112" t="s" s="109">
-        <v>5082</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s" s="73">
-        <v>1582</v>
+        <v>3218</v>
       </c>
       <c r="B113" t="s" s="77">
-        <v>5098</v>
+        <v>5082</v>
       </c>
       <c r="C113" t="s" s="81">
-        <v>5099</v>
+        <v>5083</v>
       </c>
       <c r="D113" t="s" s="85">
-        <v>5100</v>
+        <v>5084</v>
       </c>
       <c r="E113" t="s" s="89">
-        <v>5101</v>
+        <v>5085</v>
       </c>
       <c r="F113" t="s" s="93">
-        <v>5102</v>
+        <v>5086</v>
       </c>
       <c r="G113" t="s" s="97">
-        <v>5103</v>
+        <v>5087</v>
       </c>
       <c r="H113" t="s" s="101">
-        <v>5104</v>
+        <v>5088</v>
       </c>
       <c r="I113" t="s" s="105">
-        <v>5105</v>
+        <v>5089</v>
       </c>
       <c r="J113" t="s" s="109">
-        <v>5106</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="73">
-        <v>2691</v>
+        <v>5091</v>
       </c>
       <c r="B114" t="s" s="77">
-        <v>5107</v>
+        <v>5092</v>
       </c>
       <c r="C114" t="s" s="81">
-        <v>5108</v>
+        <v>5093</v>
       </c>
       <c r="D114" t="s" s="85">
-        <v>5109</v>
+        <v>5094</v>
       </c>
       <c r="E114" t="s" s="89">
-        <v>5110</v>
+        <v>5095</v>
       </c>
       <c r="F114" t="s" s="93">
-        <v>5111</v>
+        <v>5096</v>
       </c>
       <c r="G114" t="s" s="97">
-        <v>31</v>
+        <v>5097</v>
       </c>
       <c r="H114" t="s" s="101">
-        <v>5112</v>
+        <v>5098</v>
       </c>
       <c r="I114" t="s" s="105">
-        <v>5113</v>
+        <v>5099</v>
       </c>
       <c r="J114" t="s" s="109">
-        <v>5106</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s" s="73">
-        <v>3234</v>
+        <v>1566</v>
       </c>
       <c r="B115" t="s" s="77">
-        <v>5114</v>
+        <v>5100</v>
       </c>
       <c r="C115" t="s" s="81">
-        <v>5115</v>
+        <v>5101</v>
       </c>
       <c r="D115" t="s" s="85">
-        <v>5116</v>
+        <v>5102</v>
       </c>
       <c r="E115" t="s" s="89">
-        <v>5117</v>
+        <v>5103</v>
       </c>
       <c r="F115" t="s" s="93">
-        <v>5118</v>
+        <v>5104</v>
       </c>
       <c r="G115" t="s" s="97">
-        <v>5119</v>
+        <v>5105</v>
       </c>
       <c r="H115" t="s" s="101">
-        <v>5120</v>
+        <v>5106</v>
       </c>
       <c r="I115" t="s" s="105">
-        <v>5121</v>
+        <v>5107</v>
       </c>
       <c r="J115" t="s" s="109">
-        <v>5106</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s" s="73">
-        <v>5122</v>
+        <v>2675</v>
       </c>
       <c r="B116" t="s" s="77">
-        <v>5123</v>
+        <v>5108</v>
       </c>
       <c r="C116" t="s" s="81">
-        <v>5124</v>
+        <v>5109</v>
       </c>
       <c r="D116" t="s" s="85">
-        <v>5125</v>
+        <v>5110</v>
       </c>
       <c r="E116" t="s" s="89">
-        <v>5126</v>
+        <v>5111</v>
       </c>
       <c r="F116" t="s" s="93">
-        <v>5127</v>
+        <v>5112</v>
       </c>
       <c r="G116" t="s" s="97">
-        <v>5128</v>
+        <v>31</v>
       </c>
       <c r="H116" t="s" s="101">
-        <v>5129</v>
+        <v>5113</v>
       </c>
       <c r="I116" t="s" s="105">
-        <v>5130</v>
+        <v>5114</v>
       </c>
       <c r="J116" t="s" s="109">
-        <v>5106</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s" s="73">
-        <v>1649</v>
+        <v>1633</v>
       </c>
       <c r="B117" t="s" s="77">
-        <v>5131</v>
+        <v>5115</v>
       </c>
       <c r="C117" t="s" s="81">
-        <v>5132</v>
+        <v>5116</v>
       </c>
       <c r="D117" t="s" s="85">
-        <v>5133</v>
+        <v>5117</v>
       </c>
       <c r="E117" t="s" s="89">
-        <v>5134</v>
+        <v>5118</v>
       </c>
       <c r="F117" t="s" s="93">
-        <v>5135</v>
+        <v>5119</v>
       </c>
       <c r="G117" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H117" t="s" s="101">
-        <v>5136</v>
+        <v>5120</v>
       </c>
       <c r="I117" t="s" s="105">
-        <v>5137</v>
+        <v>5121</v>
       </c>
       <c r="J117" t="s" s="109">
-        <v>5138</v>
+        <v>5122</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s" s="73">
-        <v>1866</v>
+        <v>1850</v>
       </c>
       <c r="B118" t="s" s="77">
-        <v>5139</v>
+        <v>5123</v>
       </c>
       <c r="C118" t="s" s="81">
-        <v>5140</v>
+        <v>5124</v>
       </c>
       <c r="D118" t="s" s="85">
-        <v>5141</v>
+        <v>5125</v>
       </c>
       <c r="E118" t="s" s="89">
-        <v>5142</v>
+        <v>5126</v>
       </c>
       <c r="F118" t="s" s="93">
-        <v>5143</v>
+        <v>5127</v>
       </c>
       <c r="G118" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H118" t="s" s="101">
-        <v>5144</v>
+        <v>5128</v>
       </c>
       <c r="I118" t="s" s="105">
-        <v>5145</v>
+        <v>5129</v>
       </c>
       <c r="J118" t="s" s="109">
-        <v>5146</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s" s="73">
         <v>1015</v>
       </c>
       <c r="B119" t="s" s="77">
-        <v>5147</v>
+        <v>5131</v>
       </c>
       <c r="C119" t="s" s="81">
-        <v>2256</v>
+        <v>2240</v>
       </c>
       <c r="D119" t="s" s="85">
-        <v>5148</v>
+        <v>5132</v>
       </c>
       <c r="E119" t="s" s="89">
-        <v>5149</v>
+        <v>5133</v>
       </c>
       <c r="F119" t="s" s="93">
-        <v>5150</v>
+        <v>5134</v>
       </c>
       <c r="G119" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H119" t="s" s="101">
-        <v>5151</v>
+        <v>5135</v>
       </c>
       <c r="I119" t="s" s="105">
-        <v>5152</v>
+        <v>5136</v>
       </c>
       <c r="J119" t="s" s="109">
-        <v>5146</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s" s="73">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B120" t="s" s="77">
-        <v>5153</v>
+        <v>5137</v>
       </c>
       <c r="C120" t="s" s="81">
-        <v>5154</v>
+        <v>5138</v>
       </c>
       <c r="D120" t="s" s="85">
-        <v>5155</v>
+        <v>5139</v>
       </c>
       <c r="E120" t="s" s="89">
-        <v>5156</v>
+        <v>5140</v>
       </c>
       <c r="F120" t="s" s="93">
-        <v>5157</v>
+        <v>5141</v>
       </c>
       <c r="G120" t="s" s="97">
-        <v>5158</v>
+        <v>5142</v>
       </c>
       <c r="H120" t="s" s="101">
-        <v>4184</v>
+        <v>4168</v>
       </c>
       <c r="I120" t="s" s="105">
-        <v>5159</v>
+        <v>5143</v>
       </c>
       <c r="J120" t="s" s="109">
-        <v>4203</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s" s="73">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="B121" t="s" s="77">
         <v>641</v>
       </c>
       <c r="C121" t="s" s="81">
         <v>642</v>
       </c>
       <c r="D121" t="s" s="85">
-        <v>5160</v>
+        <v>5144</v>
       </c>
       <c r="E121" t="s" s="89">
-        <v>5161</v>
+        <v>5145</v>
       </c>
       <c r="F121" t="s" s="93">
-        <v>5162</v>
+        <v>5146</v>
       </c>
       <c r="G121" t="s" s="97">
-        <v>5163</v>
+        <v>5147</v>
       </c>
       <c r="H121" t="s" s="101">
-        <v>5164</v>
+        <v>5148</v>
       </c>
       <c r="I121" t="s" s="105">
-        <v>5165</v>
+        <v>5149</v>
       </c>
       <c r="J121" t="s" s="109">
-        <v>4212</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s" s="73">
-        <v>3696</v>
+        <v>3680</v>
       </c>
       <c r="B122" t="s" s="77">
-        <v>5166</v>
+        <v>5150</v>
       </c>
       <c r="C122" t="s" s="81">
-        <v>5167</v>
+        <v>5151</v>
       </c>
       <c r="D122" t="s" s="85">
-        <v>5168</v>
+        <v>5152</v>
       </c>
       <c r="E122" t="s" s="89">
-        <v>5169</v>
+        <v>5153</v>
       </c>
       <c r="F122" t="s" s="93">
-        <v>5170</v>
+        <v>5154</v>
       </c>
       <c r="G122" t="s" s="97">
-        <v>5171</v>
+        <v>5155</v>
       </c>
       <c r="H122" t="s" s="101">
-        <v>5172</v>
+        <v>5156</v>
       </c>
       <c r="I122" t="s" s="105">
-        <v>5173</v>
+        <v>5157</v>
       </c>
       <c r="J122" t="s" s="109">
-        <v>5174</v>
+        <v>5158</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="73">
         <v>937</v>
       </c>
       <c r="B123" t="s" s="77">
-        <v>5175</v>
+        <v>5159</v>
       </c>
       <c r="C123" t="s" s="81">
-        <v>5176</v>
+        <v>5160</v>
       </c>
       <c r="D123" t="s" s="85">
-        <v>5177</v>
+        <v>5161</v>
       </c>
       <c r="E123" t="s" s="89">
-        <v>5178</v>
+        <v>5162</v>
       </c>
       <c r="F123" t="s" s="93">
-        <v>5179</v>
+        <v>5163</v>
       </c>
       <c r="G123" t="s" s="97">
-        <v>5180</v>
+        <v>5164</v>
       </c>
       <c r="H123" t="s" s="101">
-        <v>5181</v>
+        <v>5165</v>
       </c>
       <c r="I123" t="s" s="105">
-        <v>5182</v>
+        <v>5166</v>
       </c>
       <c r="J123" t="s" s="109">
-        <v>5174</v>
+        <v>5158</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="73">
-        <v>1428</v>
+        <v>1412</v>
       </c>
       <c r="B124" t="s" s="77">
-        <v>5183</v>
+        <v>5167</v>
       </c>
       <c r="C124" t="s" s="81">
-        <v>5184</v>
+        <v>5168</v>
       </c>
       <c r="D124" t="s" s="85">
-        <v>5185</v>
+        <v>5169</v>
       </c>
       <c r="E124" t="s" s="89">
-        <v>5186</v>
+        <v>5170</v>
       </c>
       <c r="F124" t="s" s="93">
-        <v>5187</v>
+        <v>5171</v>
       </c>
       <c r="G124" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H124" t="s" s="101">
-        <v>5188</v>
+        <v>5172</v>
       </c>
       <c r="I124" t="s" s="105">
-        <v>5189</v>
+        <v>5173</v>
       </c>
       <c r="J124" t="s" s="109">
-        <v>5190</v>
+        <v>5174</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="73">
-        <v>311</v>
+        <v>2846</v>
       </c>
       <c r="B125" t="s" s="77">
-        <v>5191</v>
+        <v>5175</v>
       </c>
       <c r="C125" t="s" s="81">
-        <v>5192</v>
+        <v>5176</v>
       </c>
       <c r="D125" t="s" s="85">
-        <v>5193</v>
+        <v>5177</v>
       </c>
       <c r="E125" t="s" s="89">
-        <v>5194</v>
+        <v>5178</v>
       </c>
       <c r="F125" t="s" s="93">
-        <v>5195</v>
+        <v>4670</v>
       </c>
       <c r="G125" t="s" s="97">
-        <v>5196</v>
+        <v>31</v>
       </c>
       <c r="H125" t="s" s="101">
-        <v>5197</v>
+        <v>5179</v>
       </c>
       <c r="I125" t="s" s="105">
-        <v>5198</v>
+        <v>5180</v>
       </c>
       <c r="J125" t="s" s="109">
-        <v>4228</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="73">
-        <v>2862</v>
+        <v>311</v>
       </c>
       <c r="B126" t="s" s="77">
-        <v>5199</v>
+        <v>5181</v>
       </c>
       <c r="C126" t="s" s="81">
-        <v>5200</v>
+        <v>5182</v>
       </c>
       <c r="D126" t="s" s="85">
-        <v>5201</v>
+        <v>5183</v>
       </c>
       <c r="E126" t="s" s="89">
-        <v>5202</v>
+        <v>5184</v>
       </c>
       <c r="F126" t="s" s="93">
-        <v>4686</v>
+        <v>5185</v>
       </c>
       <c r="G126" t="s" s="97">
-        <v>31</v>
+        <v>5186</v>
       </c>
       <c r="H126" t="s" s="101">
-        <v>5203</v>
+        <v>5187</v>
       </c>
       <c r="I126" t="s" s="105">
-        <v>5204</v>
+        <v>5188</v>
       </c>
       <c r="J126" t="s" s="109">
-        <v>4228</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s" s="73">
-        <v>1391</v>
+        <v>3326</v>
       </c>
       <c r="B127" t="s" s="77">
-        <v>5205</v>
+        <v>5189</v>
       </c>
       <c r="C127" t="s" s="81">
-        <v>5206</v>
+        <v>5190</v>
       </c>
       <c r="D127" t="s" s="85">
-        <v>5207</v>
+        <v>5191</v>
       </c>
       <c r="E127" t="s" s="89">
-        <v>5208</v>
+        <v>5192</v>
       </c>
       <c r="F127" t="s" s="93">
-        <v>5209</v>
+        <v>5193</v>
       </c>
       <c r="G127" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H127" t="s" s="101">
-        <v>5210</v>
+        <v>5194</v>
       </c>
       <c r="I127" t="s" s="105">
-        <v>5211</v>
+        <v>5195</v>
       </c>
       <c r="J127" t="s" s="109">
-        <v>5212</v>
+        <v>5196</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s" s="73">
-        <v>3342</v>
+        <v>1375</v>
       </c>
       <c r="B128" t="s" s="77">
-        <v>5213</v>
+        <v>5197</v>
       </c>
       <c r="C128" t="s" s="81">
-        <v>5214</v>
+        <v>5198</v>
       </c>
       <c r="D128" t="s" s="85">
-        <v>5215</v>
+        <v>5199</v>
       </c>
       <c r="E128" t="s" s="89">
-        <v>5216</v>
+        <v>5200</v>
       </c>
       <c r="F128" t="s" s="93">
-        <v>5217</v>
+        <v>5201</v>
       </c>
       <c r="G128" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H128" t="s" s="101">
-        <v>5218</v>
+        <v>5202</v>
       </c>
       <c r="I128" t="s" s="105">
-        <v>5219</v>
+        <v>5203</v>
       </c>
       <c r="J128" t="s" s="109">
-        <v>5212</v>
+        <v>5196</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="73">
-        <v>146</v>
+        <v>2992</v>
       </c>
       <c r="B129" t="s" s="77">
-        <v>5220</v>
+        <v>5204</v>
       </c>
       <c r="C129" t="s" s="81">
-        <v>5221</v>
+        <v>5205</v>
       </c>
       <c r="D129" t="s" s="85">
-        <v>5222</v>
+        <v>5206</v>
       </c>
       <c r="E129" t="s" s="89">
-        <v>5223</v>
+        <v>5207</v>
       </c>
       <c r="F129" t="s" s="93">
-        <v>5224</v>
+        <v>5208</v>
       </c>
       <c r="G129" t="s" s="97">
-        <v>5225</v>
+        <v>5209</v>
       </c>
       <c r="H129" t="s" s="101">
-        <v>5226</v>
+        <v>5210</v>
       </c>
       <c r="I129" t="s" s="105">
-        <v>5227</v>
+        <v>5211</v>
       </c>
       <c r="J129" t="s" s="109">
-        <v>5228</v>
+        <v>5212</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="73">
-        <v>3008</v>
+        <v>146</v>
       </c>
       <c r="B130" t="s" s="77">
-        <v>5229</v>
+        <v>5213</v>
       </c>
       <c r="C130" t="s" s="81">
-        <v>5230</v>
+        <v>5214</v>
       </c>
       <c r="D130" t="s" s="85">
-        <v>5231</v>
+        <v>5215</v>
       </c>
       <c r="E130" t="s" s="89">
-        <v>5232</v>
+        <v>5216</v>
       </c>
       <c r="F130" t="s" s="93">
-        <v>5233</v>
+        <v>5217</v>
       </c>
       <c r="G130" t="s" s="97">
-        <v>5234</v>
+        <v>5218</v>
       </c>
       <c r="H130" t="s" s="101">
-        <v>5235</v>
+        <v>5219</v>
       </c>
       <c r="I130" t="s" s="105">
-        <v>5236</v>
+        <v>5220</v>
       </c>
       <c r="J130" t="s" s="109">
-        <v>5228</v>
+        <v>5212</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="73">
         <v>912</v>
       </c>
       <c r="B131" t="s" s="77">
-        <v>5237</v>
+        <v>5221</v>
       </c>
       <c r="C131" t="s" s="81">
         <v>163</v>
       </c>
       <c r="D131" t="s" s="85">
-        <v>5238</v>
+        <v>5222</v>
       </c>
       <c r="E131" t="s" s="89">
-        <v>5239</v>
+        <v>5223</v>
       </c>
       <c r="F131" t="s" s="93">
-        <v>5240</v>
+        <v>5224</v>
       </c>
       <c r="G131" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H131" t="s" s="101">
-        <v>5241</v>
+        <v>5225</v>
       </c>
       <c r="I131" t="s" s="105">
-        <v>5242</v>
+        <v>5226</v>
       </c>
       <c r="J131" t="s" s="109">
-        <v>5243</v>
+        <v>5227</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="73">
-        <v>2403</v>
+        <v>2387</v>
       </c>
       <c r="B132" t="s" s="77">
-        <v>5244</v>
+        <v>5228</v>
       </c>
       <c r="C132" t="s" s="81">
-        <v>5245</v>
+        <v>5229</v>
       </c>
       <c r="D132" t="s" s="85">
-        <v>5246</v>
+        <v>5230</v>
       </c>
       <c r="E132" t="s" s="89">
-        <v>5247</v>
+        <v>5231</v>
       </c>
       <c r="F132" t="s" s="93">
-        <v>5248</v>
+        <v>5232</v>
       </c>
       <c r="G132" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H132" t="s" s="101">
-        <v>5249</v>
+        <v>5233</v>
       </c>
       <c r="I132" t="s" s="105">
-        <v>5250</v>
+        <v>5234</v>
       </c>
       <c r="J132" t="s" s="109">
-        <v>5243</v>
+        <v>5227</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="73">
-        <v>1450</v>
+        <v>1434</v>
       </c>
       <c r="B133" t="s" s="77">
         <v>124</v>
       </c>
       <c r="C133" t="s" s="81">
         <v>125</v>
       </c>
       <c r="D133" t="s" s="85">
-        <v>5251</v>
+        <v>5235</v>
       </c>
       <c r="E133" t="s" s="89">
-        <v>5252</v>
+        <v>5236</v>
       </c>
       <c r="F133" t="s" s="93">
-        <v>5253</v>
+        <v>5237</v>
       </c>
       <c r="G133" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H133" t="s" s="101">
-        <v>5254</v>
+        <v>5238</v>
       </c>
       <c r="I133" t="s" s="105">
-        <v>5255</v>
+        <v>5239</v>
       </c>
       <c r="J133" t="s" s="109">
-        <v>5256</v>
+        <v>5240</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="73">
-        <v>1450</v>
+        <v>1992</v>
       </c>
       <c r="B134" t="s" s="77">
-        <v>5257</v>
+        <v>5241</v>
       </c>
       <c r="C134" t="s" s="81">
-        <v>5258</v>
+        <v>5242</v>
       </c>
       <c r="D134" t="s" s="85">
-        <v>5259</v>
+        <v>5243</v>
       </c>
       <c r="E134" t="s" s="89">
-        <v>5260</v>
+        <v>5244</v>
       </c>
       <c r="F134" t="s" s="93">
-        <v>5261</v>
+        <v>5245</v>
       </c>
       <c r="G134" t="s" s="97">
-        <v>5262</v>
+        <v>31</v>
       </c>
       <c r="H134" t="s" s="101">
-        <v>5263</v>
+        <v>5246</v>
       </c>
       <c r="I134" t="s" s="105">
-        <v>5264</v>
+        <v>5247</v>
       </c>
       <c r="J134" t="s" s="109">
-        <v>5265</v>
+        <v>5248</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s" s="73">
-        <v>2008</v>
+        <v>1434</v>
       </c>
       <c r="B135" t="s" s="77">
-        <v>5266</v>
+        <v>5249</v>
       </c>
       <c r="C135" t="s" s="81">
-        <v>5267</v>
+        <v>5250</v>
       </c>
       <c r="D135" t="s" s="85">
-        <v>5268</v>
+        <v>5251</v>
       </c>
       <c r="E135" t="s" s="89">
-        <v>5269</v>
+        <v>5252</v>
       </c>
       <c r="F135" t="s" s="93">
-        <v>5270</v>
+        <v>5253</v>
       </c>
       <c r="G135" t="s" s="97">
-        <v>31</v>
+        <v>5254</v>
       </c>
       <c r="H135" t="s" s="101">
-        <v>5271</v>
+        <v>5255</v>
       </c>
       <c r="I135" t="s" s="105">
-        <v>5272</v>
+        <v>5256</v>
       </c>
       <c r="J135" t="s" s="109">
-        <v>5265</v>
+        <v>5248</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s" s="73">
-        <v>3405</v>
+        <v>3389</v>
       </c>
       <c r="B136" t="s" s="77">
-        <v>5273</v>
+        <v>5257</v>
       </c>
       <c r="C136" t="s" s="81">
-        <v>5274</v>
+        <v>5258</v>
       </c>
       <c r="D136" t="s" s="85">
-        <v>5275</v>
+        <v>5259</v>
       </c>
       <c r="E136" t="s" s="89">
-        <v>5276</v>
+        <v>5260</v>
       </c>
       <c r="F136" t="s" s="93">
-        <v>5277</v>
+        <v>5261</v>
       </c>
       <c r="G136" t="s" s="97">
-        <v>5278</v>
+        <v>5262</v>
       </c>
       <c r="H136" t="s" s="101">
-        <v>5279</v>
+        <v>5263</v>
       </c>
       <c r="I136" t="s" s="105">
         <v>31</v>
       </c>
       <c r="J136" t="s" s="109">
-        <v>5280</v>
+        <v>5264</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s" s="73">
-        <v>1582</v>
+        <v>5265</v>
       </c>
       <c r="B137" t="s" s="77">
-        <v>5281</v>
+        <v>5266</v>
       </c>
       <c r="C137" t="s" s="81">
-        <v>5282</v>
+        <v>5267</v>
       </c>
       <c r="D137" t="s" s="85">
-        <v>5283</v>
+        <v>5268</v>
       </c>
       <c r="E137" t="s" s="89">
-        <v>5284</v>
+        <v>5269</v>
       </c>
       <c r="F137" t="s" s="93">
-        <v>5285</v>
+        <v>5270</v>
       </c>
       <c r="G137" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H137" t="s" s="101">
-        <v>5286</v>
+        <v>5271</v>
       </c>
       <c r="I137" t="s" s="105">
-        <v>5287</v>
+        <v>5272</v>
       </c>
       <c r="J137" t="s" s="109">
-        <v>5288</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s" s="73">
-        <v>5289</v>
+        <v>1850</v>
       </c>
       <c r="B138" t="s" s="77">
-        <v>5290</v>
+        <v>5274</v>
       </c>
       <c r="C138" t="s" s="81">
-        <v>5291</v>
+        <v>5275</v>
       </c>
       <c r="D138" t="s" s="85">
-        <v>5292</v>
+        <v>5276</v>
       </c>
       <c r="E138" t="s" s="89">
-        <v>5293</v>
+        <v>5277</v>
       </c>
       <c r="F138" t="s" s="93">
-        <v>5294</v>
+        <v>5278</v>
       </c>
       <c r="G138" t="s" s="97">
-        <v>31</v>
+        <v>5279</v>
       </c>
       <c r="H138" t="s" s="101">
-        <v>5295</v>
+        <v>5280</v>
       </c>
       <c r="I138" t="s" s="105">
-        <v>5296</v>
+        <v>5281</v>
       </c>
       <c r="J138" t="s" s="109">
-        <v>5288</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s" s="73">
-        <v>5297</v>
+        <v>1566</v>
       </c>
       <c r="B139" t="s" s="77">
-        <v>5298</v>
+        <v>5282</v>
       </c>
       <c r="C139" t="s" s="81">
-        <v>5299</v>
+        <v>5283</v>
       </c>
       <c r="D139" t="s" s="85">
-        <v>5300</v>
+        <v>5284</v>
       </c>
       <c r="E139" t="s" s="89">
-        <v>5301</v>
+        <v>5285</v>
       </c>
       <c r="F139" t="s" s="93">
-        <v>5302</v>
+        <v>5286</v>
       </c>
       <c r="G139" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H139" t="s" s="101">
-        <v>5303</v>
+        <v>5287</v>
       </c>
       <c r="I139" t="s" s="105">
-        <v>5304</v>
+        <v>5288</v>
       </c>
       <c r="J139" t="s" s="109">
-        <v>5288</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s" s="73">
-        <v>1866</v>
+        <v>5289</v>
       </c>
       <c r="B140" t="s" s="77">
-        <v>5305</v>
+        <v>5290</v>
       </c>
       <c r="C140" t="s" s="81">
-        <v>5306</v>
+        <v>5291</v>
       </c>
       <c r="D140" t="s" s="85">
-        <v>5307</v>
+        <v>5292</v>
       </c>
       <c r="E140" t="s" s="89">
-        <v>5308</v>
+        <v>5293</v>
       </c>
       <c r="F140" t="s" s="93">
-        <v>5309</v>
+        <v>5294</v>
       </c>
       <c r="G140" t="s" s="97">
-        <v>5310</v>
+        <v>31</v>
       </c>
       <c r="H140" t="s" s="101">
-        <v>5311</v>
+        <v>5295</v>
       </c>
       <c r="I140" t="s" s="105">
-        <v>5312</v>
+        <v>5296</v>
       </c>
       <c r="J140" t="s" s="109">
-        <v>5288</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s" s="73">
-        <v>3790</v>
+        <v>3774</v>
       </c>
       <c r="B141" t="s" s="77">
-        <v>5313</v>
+        <v>5297</v>
       </c>
       <c r="C141" t="s" s="81">
-        <v>5314</v>
+        <v>5298</v>
       </c>
       <c r="D141" t="s" s="85">
-        <v>5315</v>
+        <v>5299</v>
       </c>
       <c r="E141" t="s" s="89">
-        <v>5316</v>
+        <v>5300</v>
       </c>
       <c r="F141" t="s" s="93">
-        <v>5317</v>
+        <v>5301</v>
       </c>
       <c r="G141" t="s" s="97">
-        <v>5318</v>
+        <v>5302</v>
       </c>
       <c r="H141" t="s" s="101">
-        <v>5319</v>
+        <v>5303</v>
       </c>
       <c r="I141" t="s" s="105">
-        <v>5320</v>
+        <v>5304</v>
       </c>
       <c r="J141" t="s" s="109">
-        <v>5321</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s" s="73">
-        <v>2626</v>
+        <v>2610</v>
       </c>
       <c r="B142" t="s" s="77">
-        <v>5322</v>
+        <v>5306</v>
       </c>
       <c r="C142" t="s" s="81">
-        <v>5323</v>
+        <v>5307</v>
       </c>
       <c r="D142" t="s" s="85">
-        <v>5324</v>
+        <v>5308</v>
       </c>
       <c r="E142" t="s" s="89">
-        <v>5325</v>
+        <v>5309</v>
       </c>
       <c r="F142" t="s" s="93">
-        <v>5326</v>
+        <v>5310</v>
       </c>
       <c r="G142" t="s" s="97">
-        <v>5327</v>
+        <v>5311</v>
       </c>
       <c r="H142" t="s" s="101">
-        <v>5328</v>
+        <v>5312</v>
       </c>
       <c r="I142" t="s" s="105">
-        <v>5329</v>
+        <v>5313</v>
       </c>
       <c r="J142" t="s" s="109">
-        <v>5321</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s" s="73">
-        <v>3923</v>
+        <v>3907</v>
       </c>
       <c r="B143" t="s" s="77">
-        <v>5330</v>
+        <v>5314</v>
       </c>
       <c r="C143" t="s" s="81">
-        <v>5331</v>
+        <v>5315</v>
       </c>
       <c r="D143" t="s" s="85">
-        <v>5332</v>
+        <v>5316</v>
       </c>
       <c r="E143" t="s" s="89">
-        <v>5333</v>
+        <v>5317</v>
       </c>
       <c r="F143" t="s" s="93">
-        <v>5334</v>
+        <v>5318</v>
       </c>
       <c r="G143" t="s" s="97">
-        <v>5335</v>
+        <v>5319</v>
       </c>
       <c r="H143" t="s" s="101">
-        <v>5336</v>
+        <v>5320</v>
       </c>
       <c r="I143" t="s" s="105">
-        <v>5337</v>
+        <v>5321</v>
       </c>
       <c r="J143" t="s" s="109">
-        <v>5321</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s" s="73">
-        <v>1391</v>
+        <v>3882</v>
       </c>
       <c r="B144" t="s" s="77">
-        <v>5338</v>
+        <v>5322</v>
       </c>
       <c r="C144" t="s" s="81">
-        <v>5339</v>
+        <v>5323</v>
       </c>
       <c r="D144" t="s" s="85">
-        <v>5340</v>
+        <v>5324</v>
       </c>
       <c r="E144" t="s" s="89">
-        <v>5341</v>
+        <v>5325</v>
       </c>
       <c r="F144" t="s" s="93">
-        <v>5342</v>
+        <v>5326</v>
       </c>
       <c r="G144" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H144" t="s" s="101">
-        <v>5343</v>
+        <v>5327</v>
       </c>
       <c r="I144" t="s" s="105">
-        <v>5344</v>
+        <v>5328</v>
       </c>
       <c r="J144" t="s" s="109">
-        <v>4244</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s" s="73">
-        <v>3898</v>
+        <v>1375</v>
       </c>
       <c r="B145" t="s" s="77">
-        <v>5345</v>
+        <v>5329</v>
       </c>
       <c r="C145" t="s" s="81">
-        <v>5346</v>
+        <v>5330</v>
       </c>
       <c r="D145" t="s" s="85">
-        <v>5347</v>
+        <v>5331</v>
       </c>
       <c r="E145" t="s" s="89">
-        <v>5348</v>
+        <v>5332</v>
       </c>
       <c r="F145" t="s" s="93">
-        <v>5349</v>
+        <v>5333</v>
       </c>
       <c r="G145" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H145" t="s" s="101">
-        <v>5350</v>
+        <v>5334</v>
       </c>
       <c r="I145" t="s" s="105">
-        <v>5351</v>
+        <v>5335</v>
       </c>
       <c r="J145" t="s" s="109">
-        <v>4244</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B146" t="s" s="77">
-        <v>5352</v>
+        <v>5336</v>
       </c>
       <c r="C146" t="s" s="81">
-        <v>5353</v>
+        <v>5337</v>
       </c>
       <c r="D146" t="s" s="85">
-        <v>5354</v>
+        <v>5338</v>
       </c>
       <c r="E146" t="s" s="89">
-        <v>5355</v>
+        <v>5339</v>
       </c>
       <c r="F146" t="s" s="93">
-        <v>5356</v>
+        <v>5340</v>
       </c>
       <c r="G146" t="s" s="97">
-        <v>5357</v>
+        <v>5341</v>
       </c>
       <c r="H146" t="s" s="101">
-        <v>5358</v>
+        <v>5342</v>
       </c>
       <c r="I146" t="s" s="105">
-        <v>5359</v>
+        <v>5343</v>
       </c>
       <c r="J146" t="s" s="109">
-        <v>5360</v>
+        <v>5344</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s" s="73">
-        <v>5361</v>
+        <v>3040</v>
       </c>
       <c r="B147" t="s" s="77">
-        <v>5362</v>
+        <v>5345</v>
       </c>
       <c r="C147" t="s" s="81">
-        <v>5363</v>
+        <v>5346</v>
       </c>
       <c r="D147" t="s" s="85">
-        <v>5364</v>
+        <v>5347</v>
       </c>
       <c r="E147" t="s" s="89">
-        <v>5365</v>
+        <v>5348</v>
       </c>
       <c r="F147" t="s" s="93">
-        <v>5366</v>
+        <v>5349</v>
       </c>
       <c r="G147" t="s" s="97">
-        <v>5367</v>
+        <v>5350</v>
       </c>
       <c r="H147" t="s" s="101">
-        <v>5368</v>
+        <v>5351</v>
       </c>
       <c r="I147" t="s" s="105">
-        <v>5369</v>
+        <v>5352</v>
       </c>
       <c r="J147" t="s" s="109">
-        <v>5370</v>
+        <v>5353</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s" s="73">
-        <v>3056</v>
+        <v>76</v>
       </c>
       <c r="B148" t="s" s="77">
-        <v>5371</v>
+        <v>5354</v>
       </c>
       <c r="C148" t="s" s="81">
-        <v>5372</v>
+        <v>575</v>
       </c>
       <c r="D148" t="s" s="85">
-        <v>5373</v>
+        <v>5355</v>
       </c>
       <c r="E148" t="s" s="89">
-        <v>5374</v>
+        <v>5356</v>
       </c>
       <c r="F148" t="s" s="93">
-        <v>5375</v>
+        <v>5357</v>
       </c>
       <c r="G148" t="s" s="97">
-        <v>5376</v>
+        <v>31</v>
       </c>
       <c r="H148" t="s" s="101">
-        <v>5377</v>
+        <v>5358</v>
       </c>
       <c r="I148" t="s" s="105">
-        <v>5378</v>
+        <v>5359</v>
       </c>
       <c r="J148" t="s" s="109">
-        <v>5370</v>
+        <v>5353</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s" s="73">
-        <v>76</v>
+        <v>5360</v>
       </c>
       <c r="B149" t="s" s="77">
-        <v>5379</v>
+        <v>5361</v>
       </c>
       <c r="C149" t="s" s="81">
-        <v>575</v>
+        <v>5362</v>
       </c>
       <c r="D149" t="s" s="85">
-        <v>5380</v>
+        <v>5363</v>
       </c>
       <c r="E149" t="s" s="89">
-        <v>5381</v>
+        <v>5364</v>
       </c>
       <c r="F149" t="s" s="93">
-        <v>5382</v>
+        <v>5365</v>
       </c>
       <c r="G149" t="s" s="97">
-        <v>31</v>
+        <v>5366</v>
       </c>
       <c r="H149" t="s" s="101">
-        <v>5383</v>
+        <v>5367</v>
       </c>
       <c r="I149" t="s" s="105">
-        <v>5384</v>
+        <v>5368</v>
       </c>
       <c r="J149" t="s" s="109">
-        <v>5370</v>
+        <v>5353</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s" s="73">
         <v>590</v>
       </c>
       <c r="B150" t="s" s="77">
-        <v>5385</v>
+        <v>5369</v>
       </c>
       <c r="C150" t="s" s="81">
-        <v>1009</v>
+        <v>978</v>
       </c>
       <c r="D150" t="s" s="85">
-        <v>5386</v>
+        <v>5370</v>
       </c>
       <c r="E150" t="s" s="89">
-        <v>5387</v>
+        <v>5371</v>
       </c>
       <c r="F150" t="s" s="93">
-        <v>5388</v>
+        <v>5372</v>
       </c>
       <c r="G150" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H150" t="s" s="101">
-        <v>5389</v>
+        <v>5373</v>
       </c>
       <c r="I150" t="s" s="105">
-        <v>5390</v>
+        <v>5374</v>
       </c>
       <c r="J150" t="s" s="109">
-        <v>5391</v>
+        <v>5375</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s" s="73">
-        <v>1649</v>
+        <v>2196</v>
       </c>
       <c r="B151" t="s" s="77">
-        <v>5392</v>
+        <v>5376</v>
       </c>
       <c r="C151" t="s" s="81">
-        <v>5393</v>
+        <v>5377</v>
       </c>
       <c r="D151" t="s" s="85">
-        <v>5394</v>
+        <v>5378</v>
       </c>
       <c r="E151" t="s" s="89">
-        <v>5395</v>
+        <v>5379</v>
       </c>
       <c r="F151" t="s" s="93">
-        <v>5396</v>
+        <v>5380</v>
       </c>
       <c r="G151" t="s" s="97">
-        <v>31</v>
+        <v>5381</v>
       </c>
       <c r="H151" t="s" s="101">
-        <v>5397</v>
+        <v>5382</v>
       </c>
       <c r="I151" t="s" s="105">
-        <v>5398</v>
+        <v>5383</v>
       </c>
       <c r="J151" t="s" s="109">
-        <v>5399</v>
+        <v>5384</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s" s="73">
         <v>5289</v>
       </c>
       <c r="B152" t="s" s="77">
-        <v>5400</v>
+        <v>5385</v>
       </c>
       <c r="C152" t="s" s="81">
-        <v>5401</v>
+        <v>5386</v>
       </c>
       <c r="D152" t="s" s="85">
-        <v>5402</v>
+        <v>5387</v>
       </c>
       <c r="E152" t="s" s="89">
-        <v>5403</v>
+        <v>5388</v>
       </c>
       <c r="F152" t="s" s="93">
-        <v>5404</v>
+        <v>5389</v>
       </c>
       <c r="G152" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H152" t="s" s="101">
-        <v>5405</v>
+        <v>5390</v>
       </c>
       <c r="I152" t="s" s="105">
-        <v>5406</v>
+        <v>5391</v>
       </c>
       <c r="J152" t="s" s="109">
-        <v>5399</v>
+        <v>5384</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s" s="73">
-        <v>2212</v>
+        <v>1633</v>
       </c>
       <c r="B153" t="s" s="77">
-        <v>5407</v>
+        <v>5392</v>
       </c>
       <c r="C153" t="s" s="81">
-        <v>5408</v>
+        <v>5393</v>
       </c>
       <c r="D153" t="s" s="85">
-        <v>5409</v>
+        <v>5394</v>
       </c>
       <c r="E153" t="s" s="89">
-        <v>5410</v>
+        <v>5395</v>
       </c>
       <c r="F153" t="s" s="93">
-        <v>5411</v>
+        <v>5396</v>
       </c>
       <c r="G153" t="s" s="97">
-        <v>5412</v>
+        <v>31</v>
       </c>
       <c r="H153" t="s" s="101">
-        <v>5413</v>
+        <v>5397</v>
       </c>
       <c r="I153" t="s" s="105">
-        <v>5414</v>
+        <v>5398</v>
       </c>
       <c r="J153" t="s" s="109">
-        <v>5399</v>
+        <v>5384</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s" s="73">
-        <v>2654</v>
+        <v>3625</v>
       </c>
       <c r="B154" t="s" s="77">
-        <v>5415</v>
+        <v>5399</v>
       </c>
       <c r="C154" t="s" s="81">
-        <v>5416</v>
+        <v>5400</v>
       </c>
       <c r="D154" t="s" s="85">
-        <v>5417</v>
+        <v>5401</v>
       </c>
       <c r="E154" t="s" s="89">
-        <v>5418</v>
+        <v>5402</v>
       </c>
       <c r="F154" t="s" s="93">
-        <v>5419</v>
+        <v>5403</v>
       </c>
       <c r="G154" t="s" s="97">
-        <v>31</v>
+        <v>5404</v>
       </c>
       <c r="H154" t="s" s="101">
-        <v>5420</v>
+        <v>5405</v>
       </c>
       <c r="I154" t="s" s="105">
-        <v>5421</v>
+        <v>5406</v>
       </c>
       <c r="J154" t="s" s="109">
-        <v>5422</v>
+        <v>5407</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s" s="73">
-        <v>3641</v>
+        <v>2638</v>
       </c>
       <c r="B155" t="s" s="77">
-        <v>5423</v>
+        <v>5408</v>
       </c>
       <c r="C155" t="s" s="81">
-        <v>5424</v>
+        <v>5409</v>
       </c>
       <c r="D155" t="s" s="85">
-        <v>5425</v>
+        <v>5410</v>
       </c>
       <c r="E155" t="s" s="89">
-        <v>5426</v>
+        <v>5411</v>
       </c>
       <c r="F155" t="s" s="93">
-        <v>5427</v>
+        <v>5412</v>
       </c>
       <c r="G155" t="s" s="97">
-        <v>5428</v>
+        <v>31</v>
       </c>
       <c r="H155" t="s" s="101">
-        <v>5429</v>
+        <v>5413</v>
       </c>
       <c r="I155" t="s" s="105">
-        <v>5430</v>
+        <v>5414</v>
       </c>
       <c r="J155" t="s" s="109">
-        <v>5422</v>
+        <v>5407</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s" s="73">
-        <v>3973</v>
+        <v>3957</v>
       </c>
       <c r="B156" t="s" s="77">
-        <v>5431</v>
+        <v>5415</v>
       </c>
       <c r="C156" t="s" s="81">
-        <v>5432</v>
+        <v>5416</v>
       </c>
       <c r="D156" t="s" s="85">
-        <v>5433</v>
+        <v>5417</v>
       </c>
       <c r="E156" t="s" s="89">
-        <v>5434</v>
+        <v>5418</v>
       </c>
       <c r="F156" t="s" s="93">
-        <v>5435</v>
+        <v>5419</v>
       </c>
       <c r="G156" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H156" t="s" s="101">
-        <v>5436</v>
+        <v>5420</v>
       </c>
       <c r="I156" t="s" s="105">
-        <v>5437</v>
+        <v>5421</v>
       </c>
       <c r="J156" t="s" s="109">
-        <v>5438</v>
+        <v>5422</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s" s="73">
-        <v>3405</v>
+        <v>3389</v>
       </c>
       <c r="B157" t="s" s="77">
-        <v>1451</v>
+        <v>1435</v>
       </c>
       <c r="C157" t="s" s="81">
-        <v>1193</v>
+        <v>1177</v>
       </c>
       <c r="D157" t="s" s="85">
-        <v>5439</v>
+        <v>5423</v>
       </c>
       <c r="E157" t="s" s="89">
-        <v>5440</v>
+        <v>5424</v>
       </c>
       <c r="F157" t="s" s="93">
-        <v>5441</v>
+        <v>5425</v>
       </c>
       <c r="G157" t="s" s="97">
-        <v>5442</v>
+        <v>5426</v>
       </c>
       <c r="H157" t="s" s="101">
-        <v>5443</v>
+        <v>5427</v>
       </c>
       <c r="I157" t="s" s="105">
-        <v>5444</v>
+        <v>5428</v>
       </c>
       <c r="J157" t="s" s="109">
-        <v>5445</v>
+        <v>5429</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s" s="73">
-        <v>2008</v>
+        <v>3680</v>
       </c>
       <c r="B158" t="s" s="77">
-        <v>5446</v>
+        <v>5430</v>
       </c>
       <c r="C158" t="s" s="81">
-        <v>5447</v>
+        <v>5431</v>
       </c>
       <c r="D158" t="s" s="85">
-        <v>5448</v>
+        <v>5432</v>
       </c>
       <c r="E158" t="s" s="89">
-        <v>5449</v>
+        <v>5433</v>
       </c>
       <c r="F158" t="s" s="93">
-        <v>5450</v>
+        <v>5434</v>
       </c>
       <c r="G158" t="s" s="97">
-        <v>31</v>
+        <v>5435</v>
       </c>
       <c r="H158" t="s" s="101">
-        <v>5451</v>
+        <v>5436</v>
       </c>
       <c r="I158" t="s" s="105">
-        <v>5452</v>
+        <v>5437</v>
       </c>
       <c r="J158" t="s" s="109">
-        <v>5453</v>
+        <v>5438</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s" s="73">
-        <v>3696</v>
+        <v>1992</v>
       </c>
       <c r="B159" t="s" s="77">
-        <v>5454</v>
+        <v>5439</v>
       </c>
       <c r="C159" t="s" s="81">
-        <v>5455</v>
+        <v>5440</v>
       </c>
       <c r="D159" t="s" s="85">
-        <v>5456</v>
+        <v>5441</v>
       </c>
       <c r="E159" t="s" s="89">
-        <v>5457</v>
+        <v>5442</v>
       </c>
       <c r="F159" t="s" s="93">
-        <v>5458</v>
+        <v>5443</v>
       </c>
       <c r="G159" t="s" s="97">
-        <v>5459</v>
+        <v>31</v>
       </c>
       <c r="H159" t="s" s="101">
-        <v>5460</v>
+        <v>5444</v>
       </c>
       <c r="I159" t="s" s="105">
-        <v>5461</v>
+        <v>5445</v>
       </c>
       <c r="J159" t="s" s="109">
-        <v>5453</v>
+        <v>5438</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s" s="73">
         <v>610</v>
       </c>
       <c r="B160" t="s" s="77">
-        <v>4345</v>
+        <v>4329</v>
       </c>
       <c r="C160" t="s" s="81">
-        <v>4346</v>
+        <v>4330</v>
       </c>
       <c r="D160" t="s" s="85">
-        <v>5462</v>
+        <v>5446</v>
       </c>
       <c r="E160" t="s" s="89">
-        <v>5463</v>
+        <v>5447</v>
       </c>
       <c r="F160" t="s" s="93">
-        <v>5464</v>
+        <v>5448</v>
       </c>
       <c r="G160" t="s" s="97">
-        <v>5465</v>
+        <v>5449</v>
       </c>
       <c r="H160" t="s" s="101">
-        <v>5466</v>
+        <v>5450</v>
       </c>
       <c r="I160" t="s" s="105">
-        <v>5467</v>
+        <v>5451</v>
       </c>
       <c r="J160" t="s" s="109">
-        <v>5453</v>
+        <v>5438</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s" s="73">
-        <v>2802</v>
+        <v>2786</v>
       </c>
       <c r="B161" t="s" s="77">
-        <v>5468</v>
+        <v>5452</v>
       </c>
       <c r="C161" t="s" s="81">
         <v>31</v>
       </c>
       <c r="D161" t="s" s="85">
-        <v>5469</v>
+        <v>5453</v>
       </c>
       <c r="E161" t="s" s="89">
-        <v>5470</v>
+        <v>5454</v>
       </c>
       <c r="F161" t="s" s="93">
-        <v>5471</v>
+        <v>5455</v>
       </c>
       <c r="G161" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H161" t="s" s="101">
-        <v>5472</v>
+        <v>5456</v>
       </c>
       <c r="I161" t="s" s="105">
-        <v>5473</v>
+        <v>5457</v>
       </c>
       <c r="J161" t="s" s="109">
-        <v>5474</v>
+        <v>5458</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s" s="73">
-        <v>367</v>
+        <v>1992</v>
       </c>
       <c r="B162" t="s" s="77">
-        <v>5475</v>
+        <v>5459</v>
       </c>
       <c r="C162" t="s" s="81">
-        <v>5476</v>
+        <v>5460</v>
       </c>
       <c r="D162" t="s" s="85">
-        <v>5477</v>
+        <v>5461</v>
       </c>
       <c r="E162" t="s" s="89">
-        <v>5478</v>
+        <v>5462</v>
       </c>
       <c r="F162" t="s" s="93">
-        <v>5479</v>
+        <v>5463</v>
       </c>
       <c r="G162" t="s" s="97">
-        <v>31</v>
+        <v>5464</v>
       </c>
       <c r="H162" t="s" s="101">
-        <v>5480</v>
+        <v>5465</v>
       </c>
       <c r="I162" t="s" s="105">
-        <v>5481</v>
+        <v>5466</v>
       </c>
       <c r="J162" t="s" s="109">
-        <v>5474</v>
+        <v>5458</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s" s="73">
-        <v>2008</v>
+        <v>367</v>
       </c>
       <c r="B163" t="s" s="77">
-        <v>5482</v>
+        <v>5467</v>
       </c>
       <c r="C163" t="s" s="81">
-        <v>5483</v>
+        <v>5468</v>
       </c>
       <c r="D163" t="s" s="85">
-        <v>5484</v>
+        <v>5469</v>
       </c>
       <c r="E163" t="s" s="89">
-        <v>5485</v>
+        <v>5470</v>
       </c>
       <c r="F163" t="s" s="93">
-        <v>5486</v>
+        <v>5471</v>
       </c>
       <c r="G163" t="s" s="97">
-        <v>5487</v>
+        <v>31</v>
       </c>
       <c r="H163" t="s" s="101">
-        <v>5488</v>
+        <v>5472</v>
       </c>
       <c r="I163" t="s" s="105">
-        <v>5489</v>
+        <v>5473</v>
       </c>
       <c r="J163" t="s" s="109">
-        <v>5474</v>
+        <v>5458</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s" s="73">
-        <v>2212</v>
+        <v>2196</v>
       </c>
       <c r="B164" t="s" s="77">
-        <v>5490</v>
+        <v>5474</v>
       </c>
       <c r="C164" t="s" s="81">
-        <v>5491</v>
+        <v>5475</v>
       </c>
       <c r="D164" t="s" s="85">
-        <v>5492</v>
+        <v>5476</v>
       </c>
       <c r="E164" t="s" s="89">
-        <v>5493</v>
+        <v>5477</v>
       </c>
       <c r="F164" t="s" s="93">
-        <v>5494</v>
+        <v>5478</v>
       </c>
       <c r="G164" t="s" s="97">
-        <v>5495</v>
+        <v>5479</v>
       </c>
       <c r="H164" t="s" s="101">
-        <v>3153</v>
+        <v>3137</v>
       </c>
       <c r="I164" t="s" s="105">
-        <v>5496</v>
+        <v>5480</v>
       </c>
       <c r="J164" t="s" s="109">
-        <v>4276</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s" s="73">
-        <v>3056</v>
+        <v>3434</v>
       </c>
       <c r="B165" t="s" s="77">
-        <v>5497</v>
+        <v>5481</v>
       </c>
       <c r="C165" t="s" s="81">
-        <v>5498</v>
+        <v>5482</v>
       </c>
       <c r="D165" t="s" s="85">
-        <v>5499</v>
+        <v>5483</v>
       </c>
       <c r="E165" t="s" s="89">
-        <v>5500</v>
+        <v>5484</v>
       </c>
       <c r="F165" t="s" s="93">
-        <v>5501</v>
+        <v>5485</v>
       </c>
       <c r="G165" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H165" t="s" s="101">
-        <v>5502</v>
+        <v>5486</v>
       </c>
       <c r="I165" t="s" s="105">
-        <v>5503</v>
+        <v>5487</v>
       </c>
       <c r="J165" t="s" s="109">
-        <v>4285</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s" s="73">
-        <v>3450</v>
+        <v>3040</v>
       </c>
       <c r="B166" t="s" s="77">
-        <v>5504</v>
+        <v>5488</v>
       </c>
       <c r="C166" t="s" s="81">
-        <v>5505</v>
+        <v>5489</v>
       </c>
       <c r="D166" t="s" s="85">
-        <v>5506</v>
+        <v>5490</v>
       </c>
       <c r="E166" t="s" s="89">
-        <v>5507</v>
+        <v>5491</v>
       </c>
       <c r="F166" t="s" s="93">
-        <v>5508</v>
+        <v>5492</v>
       </c>
       <c r="G166" t="s" s="97">
         <v>31</v>
       </c>
       <c r="H166" t="s" s="101">
-        <v>5509</v>
+        <v>5493</v>
       </c>
       <c r="I166" t="s" s="105">
-        <v>5510</v>
+        <v>5494</v>
       </c>
       <c r="J166" t="s" s="109">
-        <v>4285</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s" s="73">
-        <v>2212</v>
+        <v>1129</v>
       </c>
       <c r="B167" t="s" s="77">
+        <v>5495</v>
+      </c>
+      <c r="C167" t="s" s="81">
+        <v>5496</v>
+      </c>
+      <c r="D167" t="s" s="85">
+        <v>5497</v>
+      </c>
+      <c r="E167" t="s" s="89">
+        <v>5498</v>
+      </c>
+      <c r="F167" t="s" s="93">
+        <v>5499</v>
+      </c>
+      <c r="G167" t="s" s="97">
+        <v>5500</v>
+      </c>
+      <c r="H167" t="s" s="101">
+        <v>5501</v>
+      </c>
+      <c r="I167" t="s" s="105">
+        <v>5502</v>
+      </c>
+      <c r="J167" t="s" s="109">
+        <v>4269</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s" s="73">
+        <v>1501</v>
+      </c>
+      <c r="B168" t="s" s="77">
+        <v>5503</v>
+      </c>
+      <c r="C168" t="s" s="81">
+        <v>5504</v>
+      </c>
+      <c r="D168" t="s" s="85">
+        <v>5505</v>
+      </c>
+      <c r="E168" t="s" s="89">
+        <v>5506</v>
+      </c>
+      <c r="F168" t="s" s="93">
+        <v>5507</v>
+      </c>
+      <c r="G168" t="s" s="97">
+        <v>31</v>
+      </c>
+      <c r="H168" t="s" s="101">
+        <v>5508</v>
+      </c>
+      <c r="I168" t="s" s="105">
+        <v>5509</v>
+      </c>
+      <c r="J168" t="s" s="109">
+        <v>5510</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s" s="73">
+        <v>2196</v>
+      </c>
+      <c r="B169" t="s" s="77">
         <v>5511</v>
       </c>
-      <c r="C167" t="s" s="81">
+      <c r="C169" t="s" s="81">
         <v>5512</v>
       </c>
-      <c r="D167" t="s" s="85">
+      <c r="D169" t="s" s="85">
         <v>5513</v>
       </c>
-      <c r="E167" t="s" s="89">
+      <c r="E169" t="s" s="89">
         <v>5514</v>
       </c>
-      <c r="F167" t="s" s="93">
+      <c r="F169" t="s" s="93">
         <v>5515</v>
       </c>
-      <c r="G167" t="s" s="97">
-[...2 lines deleted...]
-      <c r="H167" t="s" s="101">
+      <c r="G169" t="s" s="97">
+        <v>31</v>
+      </c>
+      <c r="H169" t="s" s="101">
         <v>5516</v>
       </c>
-      <c r="I167" t="s" s="105">
+      <c r="I169" t="s" s="105">
         <v>5517</v>
       </c>
-      <c r="J167" t="s" s="109">
+      <c r="J169" t="s" s="109">
+        <v>5510</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s" s="75">
+        <v>1129</v>
+      </c>
+      <c r="B170" t="s" s="79">
         <v>5518</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B168" t="s" s="79">
+      <c r="C170" t="s" s="83">
         <v>5519</v>
       </c>
-      <c r="C168" t="s" s="83">
+      <c r="D170" t="s" s="87">
         <v>5520</v>
       </c>
-      <c r="D168" t="s" s="87">
+      <c r="E170" t="s" s="91">
         <v>5521</v>
       </c>
-      <c r="E168" t="s" s="91">
+      <c r="F170" t="s" s="95">
         <v>5522</v>
       </c>
-      <c r="F168" t="s" s="95">
+      <c r="G170" t="s" s="99">
         <v>5523</v>
       </c>
-      <c r="G168" t="s" s="99">
-[...2 lines deleted...]
-      <c r="H168" t="s" s="103">
+      <c r="H170" t="s" s="103">
         <v>5524</v>
       </c>
-      <c r="I168" t="s" s="107">
+      <c r="I170" t="s" s="107">
         <v>5525</v>
       </c>
-      <c r="J168" t="s" s="111">
-        <v>5518</v>
+      <c r="J170" t="s" s="111">
+        <v>5526</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A5:J5"/>
     <mergeCell ref="A4:J4"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>