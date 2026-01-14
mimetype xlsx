--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\volodinvo\Downloads\20251222\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\KomarovSG\Downloads\Новая папка\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="480" yWindow="270" windowWidth="10395" windowHeight="5400"/>
   </bookViews>
   <sheets>
     <sheet name="Операторы тов. пост." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="80000"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
     <t>ИНН</t>
   </si>
   <si>
     <t>ОГРН</t>
   </si>
   <si>
     <t>Наименование организации</t>
   </si>
   <si>
     <t xml:space="preserve">Адрес, указанный в ЕГРЮЛ
@@ -210,57 +210,57 @@
   <si>
     <t>Общество с ограниченной ответственностью "Центр поставок и хранения"</t>
   </si>
   <si>
     <t>125047, город Москва, вн. тер. г. муниципальный округ Тверской, ул. 2-я Тверская-Ямская, д. 2, помещ. 1/2</t>
   </si>
   <si>
     <t>26.06.2025</t>
   </si>
   <si>
     <t>9710134252</t>
   </si>
   <si>
     <t>1247700437445</t>
   </si>
   <si>
     <t>8(495)280 80 30; 8(903)150 30 80</t>
   </si>
   <si>
     <t>htts://depo-gold.ru</t>
   </si>
   <si>
     <t>info@depo-gold.ru</t>
   </si>
   <si>
-    <t>по состоянию на 22.12.2025</t>
+    <t>по состоянию на 13.01.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
@@ -920,51 +920,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Лист1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" customWidth="1"/>
     <col min="3" max="3" width="32" customWidth="1"/>
     <col min="4" max="4" width="19.85546875" customWidth="1"/>
     <col min="5" max="5" width="22.7109375" customWidth="1"/>
     <col min="6" max="6" width="22.5703125" customWidth="1"/>
     <col min="7" max="7" width="21.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="18.5703125" style="2" customWidth="1"/>
     <col min="9" max="9" width="31.7109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3"/>
       <c r="B1" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="3"/>