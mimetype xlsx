--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -74,51 +74,51 @@
 «Интернет»</t>
   </si>
   <si>
     <t>Номер контактного телефона</t>
   </si>
   <si>
     <t>Сокращенное наименование филиала (представительства)
 (при наличии)</t>
   </si>
   <si>
     <t>Дата исключения сведений из реестра</t>
   </si>
   <si>
     <t>(действующие кредитные рейтинговые агентства)</t>
   </si>
   <si>
     <t>(недействующие кредитные рейтинговые агентства)</t>
   </si>
   <si>
     <t>(информация актуальна на дату исключения сведений о кредитном рейтинговом агентстве из реестра кредитных рейтинговых агентств)</t>
   </si>
   <si>
     <t>Реестр кредитных рейтинговых агентств по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Реестр кредитных рейтинговых агентств по состоянию на 09.01.2026</t>
+    <t>Реестр кредитных рейтинговых агентств по состоянию на 10.01.2026</t>
   </si>
   <si>
     <t>25.08.2016</t>
   </si>
   <si>
     <t>Аналитическое Кредитное Рейтинговое Агентство (Акционерное общество)</t>
   </si>
   <si>
     <t>АКРА (АО)</t>
   </si>
   <si>
     <t>5157746145167</t>
   </si>
   <si>
     <t>9705055855</t>
   </si>
   <si>
     <t>125375, город Москва, вн.тер.г. Муниципальный округ Пресненский, пер. Большой Гнездниковский, д.1, стр. 2</t>
   </si>
   <si>
     <t>www.acra-ratings.ru</t>
   </si>
   <si>
     <t>8(495)139 04 80</t>
   </si>