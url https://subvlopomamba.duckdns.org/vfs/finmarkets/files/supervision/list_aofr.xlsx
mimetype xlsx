--- v0 (2026-01-11)
+++ v1 (2026-01-14)
@@ -70,51 +70,51 @@
   <si>
     <t>(недействующие аудиторские организации)</t>
   </si>
   <si>
     <t>* Информация, содержащаяся в указанном столбце, актуальна на дату исключения сведений о юридическом лице из реестра</t>
   </si>
   <si>
     <t>Дата исключения Банком России сведений об аудиторской организации из реестра аудиторских организаций на финансовом рынке</t>
   </si>
   <si>
     <t>Адрес сайта в информационно-телекоммуникационной сети «Интернет», владельцем которого является аудиторская организация на финансовом рынке*</t>
   </si>
   <si>
     <t>Номер телефона*</t>
   </si>
   <si>
     <t>Адрес электронной почты*</t>
   </si>
   <si>
     <t>Сокращенное фирменное (при наличии) наименование аудиторской организации на финансовом рынке на русском языке</t>
   </si>
   <si>
     <t>Реестр аудиторских организаций, оказывающих аудиторские услуги общественно значимым организациям на финансовом рынке, по состоянию на dd.mm.yyyy</t>
   </si>
   <si>
-    <t>Реестр аудиторских организаций, оказывающих аудиторские услуги общественно значимым организациям на финансовом рынке, по состоянию на 10.01.2026</t>
+    <t>Реестр аудиторских организаций, оказывающих аудиторские услуги общественно значимым организациям на финансовом рынке, по состоянию на 13.01.2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>06.12.2022</t>
   </si>
   <si>
     <t>Общество с ограниченной ответственностью "Коллегия Налоговых Консультантов"</t>
   </si>
   <si>
     <t>ООО "КНК"</t>
   </si>
   <si>
     <t>1025005242140</t>
   </si>
   <si>
     <t>5041021111</t>
   </si>
   <si>
     <t>10206018011</t>
   </si>
   <si>
     <t>123007, город Москва, ул. Полины Осипенко, д. 18, к. 2, кв. 354</t>
   </si>